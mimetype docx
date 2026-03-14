--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7d4b434" w14:textId="7d4b434">
+    <w:p w14:paraId="f306ce6" w14:textId="f306ce6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,133 +94,205 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Халық санының және құрылымының көрсеткіштерін есептеу әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті Төрағасының 2017 жылғы 21 қыркүйектегі № 134 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 6 қазанда № 15860 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті Төрағасының 2017 жылғы 21 қыркүйектегі № 134 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 6 қазанда № 15860 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңының 12-бабының </w:t>
+      "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2014 жылғы 24 қыркүйектегі № 1011 қаулысымен бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы ереженің 17-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>258) тармақшасына</w:t>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Халық санының және құрылымының көрсеткіштерін есептеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -381,153 +453,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрлігі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Статистика комитетінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -729,115 +821,219 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Халық санының және құрылымының көрсеткіштерін есептеу әдістемесі 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
+        <w:t>
+      1. Халық санының және құрылымының көрсеткіштерін есептеу әдістемесі (бұдан әрі – Әдістеме) халықаралық стандарттарға сәйкес қалыптастырылатын және "Мемлекеттік статистика туралы" Қазақстан Республикасының Заңына сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Әдістеме әкімшілік деректер мен ұлттық санақтарды өткізу қорытындылары бойынша алынған деректерді пайдалануға негізделген халық саны мен құрылымының көрсеткіштерін есептеудің негізгі аспектілері мен қағидаттарын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Әдістемені халық санының және құрылымының көрсеткіштерін қалыптастыру кезінде Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің (бұдан әрі – Комитет) және оның аумақтық органдарының қызметкерлері қолданады.</w:t>
+      3. Осы Әдістемені Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы және оның аумақтық бөлімшелерінің қызметкерлері халық санының және құрылымының көрсеткіштерін есептеу кезінде қолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Халық санының және құрылымының көрсеткіштерін есептеудің мақсаты тиімді әлеуметтік және экономикалық саясат жүргізу, елдің және өңірлердің даму бағдарламаларын әзірлеу үшін қажет халықтың саны және құрылымы туралы толық және анық ақпарат алу болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1021,51 +1217,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Есепті жылдың 1 қаңтарына халық саны табиғи және көші-қон өсімдерін (кемуін), сондай-ақ өткен жыл ішінде болған әкімшілік-аумақтық қайта құрулар нәтижесінде халық санының өзгеруін есепке ала отырып, өткен жылдың 1 қаңтарындағы деректерге сүйене отырып анықталады. Есептеу мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        P(t+1) = P(t) + B(t) – D(t) + А(t) – V(t) + T(t),</w:t>
+                        P(t+1) = P(t) + B(t) – D(t) + А(t) – V(t) + T(t),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1241,51 +1437,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Халықтың табиғи өсімі (кемуі) келесі формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                    S</w:t>
+                                    S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = B – D,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1429,51 +1625,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықтың көші-қоны өсімі (кемуі) келесі формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                    S</w:t>
+                                    S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1662,51 +1858,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықтың жалпы өсімі (кемуі) келесі формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                    S</w:t>
+                                    S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> =</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3207,108 +3403,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – халықтың жалпы саны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      19. Демографиялық жүктеме коэффициенттері 16 жастан бастап 63 жасқа дейінгі (ерлер), 16 жастан бастап 58 жасқа дейінгі (әйелдер) халықтың 1000 адамына шаққандағы балалар мен зейнеткерлік жастағы адамдардың санын анықтайды. 2017 жыл үшін демографиялық жүктеме коэффициенттері келесі формула бойынша есептеледі:</w:t>
+        <w:t xml:space="preserve">
+      19. Демографиялық жүктеме коэффициенттері 16-63 жас аралығындағы ер адамдар мен 16 жастан бастап Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген зейнеткерлік жасқа дейін әйелдер жастағы 1000 адамына шаққандағы балалар мен зейнеткерлік жастағы адамдар санының қатынасын сипаттайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Демографиялық жүктеме коэффициенттері келесі формулалар бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2133600" cy="736600"/>
+            <wp:extent cx="4203700" cy="4368800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2133600" cy="736600"/>
+                      <a:ext cx="4203700" cy="4368800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3320,556 +3554,722 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...112 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2120900" cy="723900"/>
+            <wp:extent cx="279400" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2120900" cy="723900"/>
+                      <a:ext cx="279400" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – балалар демографиялық жүктеме коэффициенті;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...148 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2552700" cy="736600"/>
+            <wp:extent cx="279400" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2552700" cy="736600"/>
+                      <a:ext cx="279400" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – зейнеткерлік жастағы адамдардың демографиялық жүктеме коэффициенті;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="241300" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="241300" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – демографиялық жүктеменің жалпы коэффициенті;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="622300" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="622300" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0 жастан 16 жасқа дейінгі халықтың жалпы саны;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мұнда: </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">– демографиялық жүктеменің жалпы коэффициенті. </w:t>
+      а – Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әйелдердің зейнетке шығуының жалпыға бірдей белгіленген жасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1346200" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1346200" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16-62 (а-1) – 16 жастан 63 жасқа дейінгі ерлер мен 16 жастан а-1 жасқа дейінгі әйелдер саны;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Келесі жылдары демографиялық жүктеме коэффициенттерін есептеу кезінде әйелдердің зейнеткерлік жасы "Қазақстан Республикасында зейнетақымен қамсыздандару туралы" Қазақстан Республикасының 2013 жылғы 21 маусымдағы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ескеріледі.</w:t>
+      а-1 – Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленген әйелдердің зейнеткерлік жасынан бір жасқа кем әйелдердің жасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="673100" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="673100" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>– 63 және одан жоғары жастағы ер адамдар, а және одан жоғары жастағы әйелдер саны.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келесі жылдары демографиялық жүктеме коэффициенттерін есептеу кезінде әйелдердің зейнеткерлік жасы Қазақстан Республикасының Әлеуметтік кодексіне сәйкес алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Халықтың қартаю деңгейін сипаттау үшін халықтың қартаю индексі және Биллетер индексі есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
@@ -4327,35 +4727,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>