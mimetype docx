--- v0 (2025-11-26)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c315959" w14:textId="c315959">
+    <w:p w14:paraId="60748d8" w14:textId="60748d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,288 +103,246 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының 2017 жылғы 8 қыркүйектегі № 125 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 5 қазанда № 15848 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34) тармақшасына және Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...128 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Заңсыз қызмет көлемдерін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемеcі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Ұлттық шоттар басқармасы Заң басқармасымен бірлесіп заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -413,90 +371,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесінің мерзімді баспасөз басылымдарына ресми жариялауға жіберілуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының орынбасарына (Г.М. Керімханова) жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -881,5051 +839,9640 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрлігі</w:t>
             </w:r>
-            <w:r>
-[...40 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Статистика комитеті төрағасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 жылғы 8 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 125 бұйрығымен бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңсыз қызмет көлемдерін бағалау әдістемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Әдістеме жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 29.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z30" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Заңсыз қызмет көлемдерін бағалау әдістемесі (бұдан әрі – Әдістеме) халықаралық стандарттарға сәйкес қалыптастырылатын және "Мемлекеттік статистика туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...21 lines deleted...]
-    </w:p>
+      2. Осы ӘдістеменіҚазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы (бұдан әрі – Бюро)халықаралық стандарттарға сәйкес заңсыз қызмет көлемдерін бағалауда және Ұлттық шоттар жүйесінің (бұдан әрі – ҰШЖ) мақсаттарыүшін қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z32" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+      3. Осы Әдістеменің мақсаты заңсыз қызмет түрлерінің экономика салаларына әсерін бағалау, яғни олардың Жалпы ішкі өнімді қалыптастыруға қосқан үлесін анықтау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z33" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Әдістемені Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті (бұдан әрі – Комитет) халықаралық стандарттарға сәйкес заңсыз қызмет көлемдерін бағалауда және Ұлттық шоттар жүйесінің (бұдан әрі – ҰШЖ) мақсаттары үшін қолданады.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+      4. Әдіснамалық негіз ретінде Халықаралық Валюта Қоры, Экономикалық ынтымақтастық және даму ұйымы, Еуропалық қоғамдастықтардың Статистикалық бюросы, Біріккен Ұлттар Ұйымы және Дүниежүзілік Банк дайындаған 2008 жылғы ҰШЖпайдаланылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z34" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы Әдістемеде келесі анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z35" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аралық тұтыну – есепті кезеңде өндіріс процесінде толық тұтынылатын немесе өзгеретін тауарлар мен көрсетілетін қызметтер құны;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) аралық тұтыну– есепті кезеңде өндіріс процесінде толық тұтынылатын немесе өзгеретін тауарлар мен көрсетілетін қызметтер құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z36" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жалпы қосылған құн (бұдан әрі – ЖҚҚ) – өндірістік қызметтің соңғы нәтижесін сипаттайды және берілген өндірістік процестегі өңдеумен қосылған құндылықты білдіреді. Салалар деңгейінде өнімнің шығарылымы және аралық тұтыну арасындағы айырма ретінде есептеп шығарылады, өндіріс процесінде тұтынылатын негізгі капиталдың құнын қамтиды;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) жалпы қосылған құн (бұдан әрі – ЖҚҚ) – өндірістік қызметтің соңғы нәтижесін сипаттайды және берілген өндірістік процестегі өңдеумен қосылған құндылықты білдіреді. Салалар деңгейінде өнімніңшығарылымы және аралық тұтыну арасындағы айырма ретінде есептеп шығарылады, өндіріс процесінде тұтынылатын негізгі капиталдың құнын қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z37" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жалпы ішкі өнім (бұдан әрі – ЖІӨ) – елдің экономикалық қызметінің соңғы нәтижесін сипаттайтын ұлттық шоттар жүйесінің маңызды көрсеткіштерінің бірі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z38" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) институционалды бірлік – өз атынан активтерді иеленуге, міндеттемелерді қабылдауға, экономикалық қызметке қатысуға және басқа бірліктермен операцияларға кіруге әрекет ете алатын экономикалық бірлік;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z39" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ҰШЖ – елдің экономикалық қызмет нәтижелерін сипаттайтын шоттар мен кестелердің айқындалған жинағы түрінде құрылған статистикалық көрсеткіштердің жүйесін білдіреді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+      5) ҰШЖ –елдің экономикалық қызмет нәтижелерін сипаттайтын шоттар мен кестелердің айқындалған жинағы түрінде құрылған статистикалық көрсеткіштердің жүйесін білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z40" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Заңсыз қызмет көлемдерін бағалау кезіндегі ақпараттық қор: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z41" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ресми статистикалық ақпарат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z42" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әкімшілік дереккөздердің әкімшілік деректері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z43" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. 2008 жылғы ұлттық шоттар жүйесіне сәйкес заңсыз қызмет көлемдерін бағалауға арналған әдіснамалық тәсіл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z44" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Бақыланбайтын қызмет түрлері Ұлттық шоттарды құру кезінде пайдаланылатын негізгі дереккөздерден ақпаратты жинау кезінде қамтылмайтын өндірістік қызмет түрлерін қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z45" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақыланбайтын қызмет түрлері мынадай топтарға бөлінеді: жасырын (көлеңкелі), заңсыз, формальды емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z46" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Тиісті лицензиясы (рұқсаты) жоқ өндірушілердің заңмен тыйым салынған немесе заңсыз болып табылатын тауарлар мен көрсетілетін қызметтерді өндіруі және жүзеге асыруы заңсыз қызметке жатады.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      9. Қазақстан Республикасының заңнамасында тыйым салынған тауарлар мен көрсетілетін қызметтер өндірісі не өндірушілер тиісті лицензиялардың болуы Қазақстан Республикасының заңнамасына сәйкес міндетті болып табылатын жағдайларда мұндай лицензиясыз (рұқсатсыз) жүзеге асыруы заңсыз қызметке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z47" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызмет түрінің ҰШЖ өндіріс саласының шекараларымен қамтылуы:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      10. Қызмет түрлерін заңсыз қызметке жатқызу өлшемшарттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z48" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тауарлар мен көрсетілетін қызметтер өндірісі процесінде пайдаланылатын тауарлар мен көрсетілетін қызметтер өндірісін қоса алғанда өндіруші болып табылмайтын институционалдық бірліктерге ұсынылатын немесе ұсынуға арналған жеке немесе ұжымдық тауарлар мен көрсетілетін қызметтер өндірісі;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) ҰШЖ шекаралары қамтитын өндірістік қызмет белгілеріне сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z49" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өзінің түпкілікті тұтынуы немесе капиталдың жалпы қорлануы үшін өндірушілері ұстап қалатын тауарларды өзінің түпкілікті пайдалануына өндіру;</w:t>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+      2) Қазақстан Республикасының заңнамасын бұза отырып, қызмет түрін жүзеге асыру фактісі (оның ішінде лицензияның болмауы, белгіленген тәртіптен тыс тіркеу немесе осы қызмет түрін жүзеге асыруға тікелей тыйым салу) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z50" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Заңсыз әрекет мынадай екі санат бойынша жіктеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z51" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сатылуы немесе иелік етуі Қазақстан Республикасы заңнамасында тыйым салынған тауарлар мен көрсетілетін қызметтер өндірісі;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) сатылуы немесе иелік етуі Қазақстан Республикасы заңнамасында тыйым салынған тауарлар мен қызметтерді өндіру, өткізу немесе жылжыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z52" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Тиісті лицензиясы (рұқсаты) жоқ немесе Қазақстан Республикасы заңнамасында белгіленген тәртіпте тіркелмеген өндірушілердің тауарлар мен қызмет көрсету өндірісі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+      2) Тиісті лицензиясы(рұқсаты) жоқ немесе Қазақстан Республикасы заңнамасында белгіленген тәртіпте тіркелмеген өндірушілердің тауарлар мен қызметтерді өндіру, өткізу немесе жылжыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z53" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Заңсыз қызмет көлемдерін бағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z54" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-параграф. Сатылуына немесе иелік етуіне Қазақстан Республикасы заңнамасында тыйым салынған тауарларды өндіру мен тарату көрсеткіштерін есептеу</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+        <w:t xml:space="preserve"> 1-параграф.Сатылуына немесе иелік етуіне Қазақстан Республикасы заңнамасында тыйым салынған тауарларды өндіру мен тарату көрсеткіштерін есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z55" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Осы Әдістемеде Қазақстан Республикасының заңнамасында сатылуына немесе иелік етуіне тыйым салынған тауарларды және көрсетілетін қызметтерді өндірудің келесі түрлері қарастырылған: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z56" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Осы әдістемеде сатылуына немесе иелік етуіне Қазақстан Республикасының заңнамасында тыйым салынған тауарларды және көрсетілетін қызметтерді өндірудің келесі түрлері қарастырылған:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      есірткі бизнесі (героинді, каннабиноидтерді апиынды, синтетикалық есірткілерді өндіру және тарату);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z57" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      есірткі бизнесі (героинді, каннабиноидтерді апиынды өндіру және тарату);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      бағалы металдардың заңсыз айналымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z58" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жезөкшелік.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+      қаруды жасау, сатып алу, беру, өткізу, сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z59" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жезөкшелік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z60" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз ойын бизнесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z61" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Есірткімен байланысты заңсыз қызмет ел ішінде есірткіні өндіруді, экспорт пен импортты, сондай-ақ оларды тұтынушыларға жеткізу мен сату бойынша қызметті қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z62" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Героинді тұтыну көлемін есептеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...128 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z63" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1181100" cy="660400"/>
+            <wp:extent cx="1841500" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1181100" cy="660400"/>
+                      <a:ext cx="1841500" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                                    (2)</w:t>
+        <w:t>, (1)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z64" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z65" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      I – импорт (грамм);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      C – героиннің жалпы көлемі (тәркіленген және тұтынылған) (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z66" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      C – героинді тұтыну (грамм);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      A – бір жыл ішінде тәркіленген есірткі құралдары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z67" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P</w:t>
-[...21 lines deleted...]
-    </w:p>
+      N – есірткіге тәуелділер саны (адам);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z68" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P</w:t>
-[...21 lines deleted...]
-    </w:p>
+      D – есірткіге тәуелді бір адамның бір жылда орташа тұтынатын есірткі саны(грамм).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z69" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖҚҚ ЖІӨ-мен салыстырылатын, негізгі нәтиже беретін көрсеткіш болып табылады:</w:t>
-[...148 lines deleted...]
-    </w:p>
+      Бұдан әрі елдегі импорт көлемі бағаланады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z70" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1917700" cy="381000"/>
+            <wp:extent cx="1562100" cy="850900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1917700" cy="381000"/>
+                      <a:ext cx="1562100" cy="850900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        (4)</w:t>
+        <w:t xml:space="preserve"> , (2)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z71" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z72" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТМ – сауда үстеме бағасы (теңге);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      I – импорт (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z73" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      С – тұтыну (грамм);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      C – героиннің жалпы көлемі(грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z74" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      I – героин импорты (грамм);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Prg – героиннің көшедегі құнарлылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z75" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P</w:t>
-[...21 lines deleted...]
-    </w:p>
+      Pwg – героиннің көтерме саудадағы құнарлылығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z76" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P</w:t>
-[...62 lines deleted...]
-    </w:p>
+      ЖІӨ-мен салыстырылатын, негізгі нәтиже беретін көрсеткіш ЖҚҚ болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z77" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1638300" cy="381000"/>
+            <wp:extent cx="2959100" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1638300" cy="381000"/>
+                      <a:ext cx="2959100" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                              (5)</w:t>
+        <w:t>, (3)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z78" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...131 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z79" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2489200" cy="419100"/>
+            <wp:extent cx="685800" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2489200" cy="419100"/>
+                      <a:ext cx="685800" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        (6)</w:t>
+        <w:t xml:space="preserve"> – ЖҚҚ (миллионтеңге);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...129 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1930400" cy="419100"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1930400" cy="419100"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        (7)</w:t>
+        <w:t xml:space="preserve"> – ішкі өндіріс (миллион теңге);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...169 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1498600" cy="393700"/>
+            <wp:extent cx="533400" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1498600" cy="393700"/>
+                      <a:ext cx="533400" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                              (8)</w:t>
+        <w:t xml:space="preserve"> – сауда үстеме бағасы (миллионтеңге);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...198 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       IC – аралық тұтыну (миллион теңге).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z83" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...4 lines deleted...]
-    </w:p>
+      Есірткі саудасында аралық тұтыну көп емес және сауда үстеме бағасынан 10% болып бағаланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z84" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда үстеме бағасын анықтау үшін есірткіні тұтыну мен импортын құндық мәнде қайта есептеу жүргізіледі. Есірткі импорты көтерме бағамен, тұтыну бөлшек бағамен бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z85" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1816100" cy="406400"/>
+            <wp:extent cx="2159000" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1816100" cy="406400"/>
+                      <a:ext cx="2159000" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        (10)</w:t>
+        <w:t xml:space="preserve"> , (4)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z86" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z87" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      TM – сауда үстеме бағасы (миллион теңге);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      ТМ – сауда үстеме бағасы (теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z88" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      I – импорт (грамм);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      С – тұтыну (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z89" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P</w:t>
-[...21 lines deleted...]
-    </w:p>
+      Pr– бөлшек баға теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z90" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P</w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+      Pw – көтерме баға теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z91" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Жезөкшелікпен байланысты заңсыз қызмет: жалпы шығарылым, аралық тұтыну, ЖҚҚ көрсеткіштерінің негізінде есептелінеді.</w:t>
-[...77 lines deleted...]
-    </w:p>
+      15. Каннабиноидтердің шығарылымының есеп-қисабы каннабиноидтерді ішкі тұтыну ішкі өндіріс есебінен қанағаттандырылады деген шартпен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z92" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2400300" cy="419100"/>
+            <wp:extent cx="2870200" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2400300" cy="419100"/>
+                      <a:ext cx="2870200" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        (11)</w:t>
+        <w:t>, (5)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z93" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...150 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z94" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Есептеулерде тіркелген және есепте тұрған жұмыскерлері туралы ресми деректер және осы қызмет түрінде анағұрлым ықтималдықпен айналысатын адамдардың саны бойынша жете есептеулер пайдаланылады. </w:t>
-[...376 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1270000" cy="393700"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1270000" cy="393700"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                        (12)</w:t>
+        <w:t xml:space="preserve"> – марихуана менанашаның ішкі өндірісі (теңге);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z95" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұндағы:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      A – бір жыл ішінде тәркіленген есірткі құралдары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z96" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      O – шығарылым (теңге);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      N – есірткіге тәуелділер саны (адам);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z97" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Q</w:t>
-[...210 lines deleted...]
-    </w:p>
+      D – есірткіге тәуелді бір адамның бір жылда орташа тұтынатын есірткісаны (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z98" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2184400" cy="419100"/>
+            <wp:extent cx="368300" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2184400" cy="419100"/>
+                      <a:ext cx="368300" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                              (13)</w:t>
+        <w:t>– марихуана мен анашаның көтерме бағасы (граммға теңге).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...185 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1689100" cy="419100"/>
+            <wp:extent cx="2997200" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1689100" cy="419100"/>
+                      <a:ext cx="2997200" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                                    (14)</w:t>
+        <w:t xml:space="preserve"> , (6)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z100" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...223 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z101" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1727200" cy="419100"/>
+            <wp:extent cx="685800" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1727200" cy="419100"/>
+                      <a:ext cx="685800" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                              (15)</w:t>
+        <w:t xml:space="preserve"> – ЖҚҚ (миллионтеңге);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...149 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1689100" cy="419100"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1689100" cy="419100"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>                              (16)</w:t>
+        <w:t xml:space="preserve"> – ішкі өндіріс (миллионтеңге);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z103" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="533400" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="533400" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сауда үстеме бағасы (миллионтеңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="381000" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="381000" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – аралық тұтыну (миллионтеңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2476500" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2476500" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (7)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...4 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="533400" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="533400" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сауда үстеме бағасы(теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      IL</w:t>
-[...10 lines deleted...]
-      </w:r>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C – тұтыну (граммға теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="304800" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="304800" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бөлшек баға (граммға теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – көтерме баға (граммға теңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Апиынның шығарылымының есеп-қисабы тұтынылатын есірткі көлемі толықтай импортталады деген шартпен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2374900" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2374900" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (8)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – апиын импорты (теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A – бір жыл ішінде тәркіленген есірткі құралдары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – есірткігетәуелділер саны (адам);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D – есірткіге тәуелді бір адамның бір жылда орташа тұтынатын есірткі саны (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – көтерме баға (граммға теңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖҚҚ мен сауда үстеме бағасын анықтау тәсілі ұқсас, есірткінің басқа түрлеріндегідей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2286000" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2286000" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (9)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="685800" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="685800" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ЖҚҚ (миллионтеңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="533400" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="533400" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сауда үстеме бағасы (миллионтеңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="381000" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="381000" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – аралық тұтыну(миллионтеңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2159000" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2159000" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (10)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="533400" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId30"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="533400" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сауда үстеме бағасы (миллионтеңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – импорт (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="304800" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId31"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="304800" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бөлшек баға (граммға теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId32"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – көтерме баға (граммға теңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Синтетикалық есірткінің шығарылымының есеп-қисабы синтетикалық есірткіні барлық ішкі тұтыну ішкі өндіріс есебінен қанағаттандырылады деген шартпен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2857500" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId33"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2857500" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , (11)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="393700" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId34"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="393700" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – синтетикалық есірткінің ішкі өндірісі(теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – бір жыл ішінде тәркіленген есірткі құралдары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z136" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – есірткіге тәуелділер саны (адам);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z137" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D – есірткіге тәуелді бір адамның бір жылда орташа тұтынатын есірткі саны (грамм);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z138" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId35"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – синтетикалық есірткінің орташа бағасы (граммға теңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1752600" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId36"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1752600" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , (12)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z141" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="685800" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId37"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="685800" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ЖҚҚ (миллион теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="393700" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId38"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="393700" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ішкі өндіріс (миллион теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="381000" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId39"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="381000" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – аралық тұтыну (миллион теңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Барлық есірткі тауарларын өндіруді есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z145" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағалы металдар мен асыл тастардың, құрамында бағалы металдар бар шикізат тауарларының заңсыз айналымы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z146" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шығарылым ретінде Қазақстан Республикасы Қылмыстық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>295-1-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - ҚР ҚК) "Бағалы металдар мен асыл тастардың, құрамында бағалы металдар бар шикізат тауарларының заңсыз айналымы" бойынша қалыптастырылатын келтірілген залал сомасы бойынша деректер пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z147" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аралық тұтынуды есептеу кезінде "Негізгі асыл және түсті металдарды өндіру" қызметінің түрі бойынша аралық тұтынудың үлесі пайдаланылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырмашылық ретінде анықталады. Бағалы металдар мен асыл тастардың, құрамында бағалы металдар бар шикізат тауарларының заңсыз айналымын есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z148" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қаруды заңсыз жасау, сатып алу, беру, өткізу, сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z149" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шығарылым ретінде ҚР ҚК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>287-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Қаруды, оқ-дәрiлердi, жарылғыш заттарды және жарылыс құрылғыларын заңсыз иемдену, беру, өткiзу, сақтау, тасымалдау немесе алып жүру" және 288-бабы "Қаруды заңсыз жасау" бойынша қалыптастырылатын келтірілген залал сомасы бойынша деректер пайдаланылады. Аралық тұтынуды есептеу кезінде "Машиналар мен жабдықтардан басқа дайын металл бұйымдарын өндіру" қызмет түрі бойынша аралық тұтыну үлесі пайдаланылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады. Қаруды заңсыз жасауды, иемденуді, беруді, өткізуді, сақтауды есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z150" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Жезөкшелікпен байланысты заңсыз қызмет: жалпы шығарылым, аралық тұтыну, ЖҚҚ көрсеткіштері негізінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z151" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әр түрлі өңірлер арасындағы осы қызмет түріне бағалардың айырмашылығына байланысты есептеулер әр өңір үшін жеке жүргізіледі және жалпы республика бойынша жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z152" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жезөкшелік қызметтерінің шығарылымын айқындаудың негізгі тәсілі оны жұмыскерлер саны және олардың орташа жалақысы туралы деректер негізінде ұсыныс (ресурстар) тарапынан айқындау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z153" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жезөкшелік қызметтерінің шығарылымы келесі формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z154" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="419100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId40"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="419100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (13)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z156" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="622300" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId41"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="622300" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Жезөкшелік қызметтерінің шығарылымы (теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="584200" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId42"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="584200" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жұмыскерлер саны (адам);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="279400" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId43"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="279400" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – көрсетілетін қызметтің орташа баға (теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="508000" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId44"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="508000" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бір жылдағы жолығулар саны (бірлік).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есеп-қисапта тіркелген және есепте тұрған жұмыскерлер туралы ресми деректер және осы қызмет түрінде анағұрлым ықтималдықпен айналысатын адамдар санының латенттік коэффициенті пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z161" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жезөкшелік қызметінің аралық тұтынуға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z162" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиенттерге қызмет көрсету кезінде пайдаланылатын жалданатын пәтерді жалдау ақысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z163" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интим-салондарды, сауналарды, массаж салондарын ұстаушылар төлейтін үй-жайды жалдау ақысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z164" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) киімге, косметикаға, контрацептивтерге және арнайы жабдықтарға жұмсалатын шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z165" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көлікке, жабдықтарға және жарнамаға шығыстар (сайттарды жүргізу) жатқызылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z166" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұтыну үлесі көрсетілетін қызметтің осы түрі бойынша шығарылымнан 30% деп бағаланған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z167" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z168" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жезөкшелік қызметін есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z169" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Заңсыз ойын бизнесін ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z170" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығарылым ретінде ҚР ҚК-нің "Заңсыз ойын бизнесін ұйымдастыру" 307-бабы бойынша қалыптастырылатын келтірілген залал сомасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z171" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұтынуды есептеу кезінде "Өнер, ойын-сауық және демалыс" қызметі бойынша аралық тұтыну үлесі қолданылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z172" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңсыз ойын бизнесін ұйымдастыру есеп-қисабы осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z173" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Лицензиясы (рұқсаттары) жоқ немесе Қазақстан Республикасы заңнамасында белгіленген тәртіпте тіркелмеген өндірушілердіңтауарлар мен көрсетілетін қызметтерді өндіру көрсеткіштерін есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z174" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Осы Әдістемеде тиісті лицензиясы (рұқсаттары) жоқ немесе белгіленген тәртіпте тіркелмеген өндірушілердің тауарлар мен көрсетілетін қызметтерді өндірудің келесі түрлері қарастырылған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z175" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      браконьерлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z176" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз алкоголь өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z177" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз темекі өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z178" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнай және мұнай өнiмдерiнің шығарылу заңдылығын растайтын құжаттарынсыз оларды тасымалдау, иемдену, өткiзу, сақтау, сондай-ақ мұнайды қайта өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z179" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жер қойнауын өз бетінше пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z180" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z181" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контрабанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z182" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порнография және веб-модельдер қызметтерін көрсететін делдалдардың заңсыз қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z183" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Браконьерлік.Осы қызмет түрі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z184" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңсыз ағаш кесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z185" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңсыз аң аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z186" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) балықты заңсыз аулау ішкі түрлері бойынша бөлінген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z187" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алып қойылған өнім (ағаш, жануарлар ұшалары) туралы деректер негізінде нарықтық бағаларды ескере отырып, заңсыз ағаш кесу және аң аулау бойынша шығарылым анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z188" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1587500" cy="406400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId45"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1587500" cy="406400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , (14)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z190" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C – шығарылым (теңге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z191" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="482600" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId46"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="482600" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тәркіленген өнім көлемі (м3 немесе дана);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="292100" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId47"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="292100" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – орташа баға (1 м3 немесе данаға теңге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұтыну үлесі ретінде тиісті саланың заңды өндірісіндегі аралық тұтыну деректері пайдаланылады. ЖҚҚ шығарылым және аралық тұтыну арасындағы айырма ретінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z194" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балықты заңсыз аулауды бағалау өндіріс, экспорт, импорт және елде балықты тұтыну туралы деректер негізінде жүргізіледі. Бір жағынан тұтыну (пайдалану) және екінші жағынан ел ішіндегі өндіріс пен экспорт сальдосының (ресурстар) арақатынасы арқылы балықты заңсыз аулау туралы деректер есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z195" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаралып отырған өнімге "Тірі балық", "Балық сүбесi мен балықтың өзге де етiн қоспағанда, жаңа ауланған немесе салқындатылған балық", "Балық сүбесi мен өзге де балық етiн қоспағанда, мұздатылған балық", "Балықтың сүбесi және жаңа ауланған, салқындатылған немесе мұздатылған балықтың өзге де етi (тураманы қоса алғанда)", "Кептiрiлген, тұздалған немесе тұздық судағы балық; ыстықтай немесе суықтай ысталған балық; тамаққа пайдалануға жарамды ұсақ немесе ipi тартылған балық ұны және түйiршiктерi" тауарлық позициялар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z196" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндірісті анықтау кезінде "Жаңа ауланған, салқындатылған немесе мұздатылған балық" позициясы бойынша өңдеу өнеркәсібіндегі өнім өндіру туралы деректер пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z197" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балықты заңсыз аулаудың көлемін есептеу кезінде балық өнімдерін заңды өндірудің көлемі анықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2641600" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId48"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2641600" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (15)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z200" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId49"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – елдегі балық өнімінің заңды өндірісі (мың тонна);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="393700" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId50"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="393700" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ішкі өндіріс (мың тонна);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – импорт (мың тонна);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z203" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E – экспорт (мың тонна);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z204" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C – балық аулау (мың тонна).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z205" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елдегі балық өнімдерін жалпы тұтыну халықтың жан басына шаққанда балықты тұтыну туралыдеректер негізінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z206" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1905000" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId51"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1905000" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (16)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z208" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="457200" cy="406400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId52"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="406400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – балықты заңсызаулау (мың тонна);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="457200" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId53"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – елде балықты жалпы тұтыну (мың тонна);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="393700" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId54"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="393700" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – елдегі балық өнімінің заңды өндірісі(мың тонна).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балықты заңсыз аулауды өңірлер бойынша бөлу кезінде үй шаруашылықтарын зерттеу нәтижесінде алынған балықты тұтыну құрылымы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z212" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балықты заңсыз аулауды құндық мәнде бағалау кезінде балық құнының сараптамалық бағасы пайдаланылады. Аралық тұтынуды есептеу кезінде "Балық аулау және аквадақыл" қызмет түрі бойынша аралық тұтынудың үлесі пайдаланылады. ЖҚҚ жалпы шығарылым және аралық тұтыну арасындағы айырма ретінде анықталады.Браконьерлік түрлері бойынша есеп-қисабы осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z213" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Заңсыз алкоголь өнімдерін өндіру.Алкогольді өнімдердің заңсыз өндірісін бағалау өндіріс, экспорт, импорт және елде алкоголь өнімдерін тұтыну туралы деректер негізінде жүргізіледі. Бір жағынан тұтыну (пайдалану) және екінші жағынан ел ішіндегі өндіріс пен экспорт сальдосының (ресурстар) арақатынасы арқылы алкогольдік өнімнің заңсыз өндірісі туралы деректер есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z214" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алкоголь өнімдерінің заңсыз өндірісін бағалау кезінде келесі тауарлық ұстанымдар қарастырылады: "Виски", "Ром мен тафия", "Джин мен арша тұнбасы", "Өзге де спирттік ішімдіктер" тауарлық кодтары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z215" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алкоголь өнімдерінің нақты көлемі құрамында 40% спирті бар алкогольге ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z216" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алкоголь өнімдерінің заңсыз өндірісінің көлемін есептеу кезінде алкоголь өнімдерін заңды өндірудің көлемі анықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z217" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2082800" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId55"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2082800" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (17)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z219" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId56"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – елдегі алкоголь өнімдерініңзаңды өндірісі (мыңлитр);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z220" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="393700" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId57"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="393700" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ішкі өндіріс (мыңлитр);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z221" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – импорт (мыңлитр);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z222" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E – экспорт (мыңлитр).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z223" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1943100" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId58"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1943100" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , (18)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z225" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="457200" cy="406400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId59"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="406400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – заңсыз өндіріс (мың литр);</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      CC – жалпы тұтыну (мың литр);</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="457200" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId60"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жалпы тұтыну (мың литр);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      L</w:t>
-[...10 lines deleted...]
-      </w:r>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="393700" cy="393700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId61"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="393700" cy="393700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – заңды өндіріс (мың литр).</w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z228" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірлер бойынша алкоголь өнімдерінің заңсыз өндірісін бөлу кезінде үй шаруашылықтарын зерттеу нәтижесінде алынған алкогольге үй шаруашылықтарының шығыстар құрылымы пайдаланылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z229" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құндық мәнде алкоголь өнімдерінің заңсыз өндірісі өңірлер бөлінісінде нарықтық бағадан төмен арақ бағасында бағаланады. Аралық тұтынуды есептеу кезінде "Сусындар өндірісі" қызметінің түрі бойынша аралық тұтынудың үлесі пайдаланылады. ЖҚҚ жалпы шығарылым және аралық тұтынудың арасындағы айырмашылығы ретінде анықталады. Қызметтерге лицензиясы жоқ немесе белгіленген тәртіппен тіркелмеген өндірушілердің тауарлар мен көрсетілетін қызметтерді өндіру көрсеткіштерін есептеу осы Әдістемеге </w:t>
+      Құндық мәнде алкоголь өнімдерінің заңсыз өндірісі өңірлер бөлінісінде нарықтық бағадан төмен арақ бағасында бағаланады. Аралық тұтынуды есептеу кезінде "Сусындар өндірісі" қызметінің түрі бойынша аралық тұтынудың үлесі пайдаланылады. ЖҚҚ жалпы шығарылым және аралық тұтынудың арасындағы айырмашылығы ретінде анықталады. Заңсыз алкоголь өнімдерін өндіруді есептеу осы Әдістемеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z230" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін өндіру. ҰШЖ-да авторлық құқықтармен қорғалған материалдарды бұдан әрі сату мақсатымен заңсыз көшіру көрсетіледі. Қазақстан Республикасының заңнамасына сәйкес алып қойылған контрафактілік өнімнің құны шығарылым болып табылады. Аралық тұтынуды есептеу кезінде "Ақпарат және байланыс" саласы бойынша заңсыз өндірістен аралық тұтынудың үлесі қолданылады. ЖҚҚ және аралық тұтыну арасындағы айырмашылықпен анықталады. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+      25. Заңсыз темекі өнімдерінің өндіру. Заңсыз темекі өнімдерін өндіруді бағалау елдегі темекі өнімдерінің өндірісі, экспорты, импорты және тұтынуы туралы деректер негізінде жүргізіледі. Темекі өнімдерінің заңсыз өндірісін есептеу үшін заңсыз темекі өнімдерінің анықталған көлемінің коэффициенті пайдаланылады (3 жылдағы орташа мән). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z231" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. Контрабанда. Алып қойылған тауарлардың сомасы бойынша деректер шығарылым ретінде пайдаланылады. Контрабандалық тауарлар саудасының аралық тұтынуы шығарылымнан үлес ретінде бағаланады, ал ЖҚҚ сәйкес шамасы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады. Контрабанданың аралық тұтынуын есептеу кезінде "Көтерме және бөлшек сауда; автомобильдер мен мотоциклдерді жөндеу" саласынан аралық тұтынудың үлесі қолданылады. Алып қойылған жасанды тауарлар мен шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін және алып қойылған контрабанданың көрсеткіштерін есептеу осы Әдістемеге </w:t>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2362200" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId62"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2362200" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (19)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z233" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="292100" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId63"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="292100" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – темекі өнімдерінің заңсыз айналымы (миллион теңге);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C – тұтыну (миллион дана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z235" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      K – темекі өнімдерінің анықталған көлемінің коэффициенті (%);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z236" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      P – бір қораптың орташа бағасы (теңге).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z237" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аралық тұтынуды есептеу кезінде "Темекі өнімдерін өндіру" қызмет түрі бойынша аралық тұтыну үлесі пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z238" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады. Заңсыз темекі өнімдерін өндіру көрсеткіштерін есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z239" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Мұнай және мұнай өнiмдерiнің шығарылу заңдылығын растайтын құжаттарсыз оларды тасымалдау, иемдену, өткiзу, сақтау, сондай-ақ мұнайды қайта өңдеу. Шығарылым ретінде ҚР ҚК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>197-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мұнай және мұнай өнiмдерiнің шығарылу заңдылығын растайтын құжаттарсыз оларды тасымалдау, иемдену, өткiзу, сақтау, сондай-ақ мұнайды қайта өңдеу" бойынша қалыптастырылатын келтірілген залал сомасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z240" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұтынуды есептеу кезінде "Құбыр көлігінің қызметі" қызметі бойынша аралық тұтыну үлесі қолданылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z241" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұнай және мұнай өнiмдерiнің шығарылу заңдылығын растайтын құжаттарсыз оларды тасымалдау, иемдену, өткiзу, сақтау, сондай-ақ мұнайды қайта өңдеуді есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z242" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Жер қойнауын өз бетінше пайдалану. Шығарылым ретінде ҚР ҚК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>334-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Жер қойнауын өз бетінше пайдалану" бойынша қалыптастырылатын келтірілген залал сомасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z243" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұтынуды есептеу кезінде "Металл кендерін өндіру" қызметі бойынша аралық тұтыну үлесі пайдаланылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z244" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жер қойнауын өз бетінше пайдаланубойынша есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z245" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін өндіру. ҰШЖ-да авторлық құқықтармен қорғалған материалдарды бұдан әрі сату мақсатымен заңсыз көшіру көрсетіледі. Қазақстан Республикасының заңнамасына сәйкес алып қойылған контрафактілік өнімнің құны шығарылым болып табылады. Аралық тұтынуды есептеу кезінде "Ақпарат және байланыс" саласы бойынша заңсыз өндірістен аралық тұтынудың үлесі қолданылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады. Алып қойылған жасанды тауарлар мен шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін есептеу осы Әдістемеде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z246" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Контрабанда. Алып қойылған тауарлардың сомасы бойынша деректер шығарылым ретінде пайдаланылады. Контрабандалық тауарлар саудасының аралық тұтынуы шығарылымнан үлес ретінде бағаланады, ал ЖҚҚ сәйкес шамасы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады. Контрабанданың аралық тұтынуын есептеу кезінде "Көтерме және бөлшек сауда; автомобильдер мен мотоциклдерді жөндеу" саласынан аралық тұтынудың үлесі қолданылады. Алып қойылған жасанды тауарлар мен алып қойылған контрабанданың көрсеткіштерін есептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z247" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Порнография және веб-модельдер қызметтерін көрсету кезінде делдалдардың заңсыз қызметі. Порнография және веб-модельдер қызметтерін шығарылым ретінде ҚР ҚК-нің 311-бабы "Порнографиялық материалдарды немесе заттарды заңсыз тарату" және 312-бабы "Кәмелетке толмағандардың порнографиялық бейнелерi бар материалдарды немесе заттарды дайындау және олардың айналымы не оларды порнографиялық сипаттағы ойын-сауық iс-шараларына қатысу үшiн тарту" бойынша қалыптастырылатын келтірілген залал сомасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z248" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық тұтынуды есептеу кезінде "Кино-, бейнефильмдер және телевизиялық бағдарламалар, дыбыс жазбалар және музыкалық шығармаларды шығару саласындағы қызмет" қызметі бойынша аралық тұтыну үлесі қолданылады. ЖҚҚ жалпы шығарылым мен аралық тұтыну арасындағы айырма ретінде анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z249" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порнография және веб-модельдер қызметтерін көрсету кезінде делдалдардың заңсыз қызметі бойыншаесептеу осы Әдістемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5972,115 +10519,1202 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңсыз қызмет көлемдерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағалау әдістемесіне</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әдістемесіне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z252" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Есірткі тауарларын өндіру және жезөкшелік қызметтерді есептеу </w:t>
-[...30 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңнамасымен сатуға немесе иеленуге тыйым салынған тауарлар мен көрсетілетін қызметтерді өндіру көрсеткіштерін есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z253" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Героин</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Героин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәркіленген есірткі құралдары туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді адамдар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді бір адамның бір жылда есірткі құралдарын орташа тұтыну саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көшедегі құнарлылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көтерме саудадағы құнарлылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көтерме сауда бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=2*1,4%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=183 күн×3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1+2×4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z254" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -6136,303 +11770,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есірткіге тәуелді адамдар саны</w:t>
+Импорт көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мөлшері</w:t>
+Ішкі өндіріс көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есірткіге тәуелді бір адамның бір жылда есірткі құралдарын орташа тұтыну саны</w:t>
+Импорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұтыну</w:t>
+Ішкі өндіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көшедегі құнарлылық</w:t>
+Сауда үстеме бағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көтерме саудадағы құнарлылық</w:t>
+Түпкілікті тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көтерме сауда бағасы</w:t>
+Аралық тұтынуға кеткен шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлшек сауда бағасы</w:t>
+ЖҚҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -6442,51 +12076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-адам</w:t>
+грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6514,231 +12148,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-грамм</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-грамм</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-теңге</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-теңге</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -6748,336 +12382,6109 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+10=5×(6/7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+11=5-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3=365 күн×2</w:t>
+12=10×8/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4=1×3</w:t>
+13=11*8/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+14=5×(9-8)/ 1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+15=5×9/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+16=15×0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+17=13+14-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...26 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z255" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Каннабиноидтер (гашиш, марихуана)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каннабиноидтер (гашиш, марихуана)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәркіленген есірткі құралдары туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-55 жастағы халық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-55 жастағы халық санынан 1,4%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каннабиноидтерді қарқынды қолданатын есірткіге тәуелді адамдардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каннабиноидтерді үнемі қолданатын есірткіге тәуелді адамдардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каннабиноидтерді қарқынды қолданатын есірткіге тәуелді адамдар үшін мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каннабиноидтерді үнемі қолданатын есірткіге тәуелді адамдар үшін мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді бір адамның бір жылда есірткіні орташа тұтыну саны (қарқынды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді бір адамның бір жылда есірткіні орташа тұтыну саны (үнемі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм (аптасына 6 рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм (аптасына 1 рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=2*1,4%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=3-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=312 күн×6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9=52 күн×7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z256" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көтерме баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі өндіріс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауда үстеме бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түпкілікті тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтынуға кеткен шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=1+4×8+5×9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13=10×11/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14=10×(12-11)/ 1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15=10×12/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16=14×0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17=13+14-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z257" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Апиын</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Апиын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәркіленген есірткі құралдары туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді адамдар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді бір адамның бір жылда есірткіні орташа тұтыну саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көтерме сауда бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=365 күн×3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1+2×4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z258" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Апиын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Импорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауда үстеме бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түпкілікті тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АТ кеткен шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=5×6/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9=5×(7-6)/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=5×7/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=9×0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12=9-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z259" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Синтетикалық есірткі құралдары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синтетикалық есірткі құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәркіленген есірткі құралдары туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашақорлар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есірткіге тәуелді бір адамның бір жылда орташа тұтынатын есірткі құралдарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір грамм үшін бөлшек сауда бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығарылым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=312*3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1+(2*4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7=5*6/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=7*0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9=7-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z260" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бағалы металдар мен асыл тастардың, құрамында бағалы металдар бар шикізат тауарларының заңсыз айналымы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалы металдар мен асыл тастардың, құрамында бағалы металдар бар шикізат тауарларының заңсыз айналымы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келтірілген залал соммасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z261" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қаруды заңсыз жасау, сатып алу, беру, өткізу, сақтау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаруды заңсыз жасау, сатып алу, беру, өткізу, сақтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келтірілген залал соммасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z262" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жезөкшелік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7095,231 +18502,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Героин</w:t>
+Жезөкшелік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Импорт көлемі</w:t>
+Жезөкшелікпен айналысатын адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Импорт</w:t>
+Қызмет үшін орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сауда үстеме бағасы</w:t>
+Бір жылда бару саны (сараптамалық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түпкілікті тұтыну</w:t>
+Шығарылым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аралық тұтынуға кеткен шығыстар</w:t>
+Аралық тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7365,123 +18772,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-грамм</w:t>
+адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-миллион теңге</w:t>
+теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-миллион теңге</w:t>
+саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7599,264 +19006,4291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9=4×(5/6)</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10=9×7/1000000</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11=4×8-7×9/ 1000000</w:t>
+3= 300 күн×3 рет күніне бару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12=4×8/1000000</w:t>
+4=1×2×3/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13=11×0,1</w:t>
+5=4×30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14=11-13</w:t>
+6=4-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...26 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңсыз ойын бизнесін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңсыз ойын бизнесін ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келтірілген залал соммасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңсыз қызмет көлемдерін бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемесіне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z266" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қызметтерге лицензиясы жоқ немесе белгіленген тәртіппен тіркелмеген өндірушілердің тауарлар мен көрсетілетін қызметтерді өндіру көрсеткіштерін есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z267" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Браконьерлік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z268" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ағаштызаңсыз кесу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағашты заңсыз кесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып қойылған ағаш көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 м3 ағаш үшін орташа баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алыпқойылған ағаштың құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтынуүлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=3×4%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6=(3-5)/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z269" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Заңсыз аң аулау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңсыз аң аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып қойылғанжануарлар өлекселерінің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана үшін орташа баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып қойылған жануарлар өлекселерінің бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=3×4%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6=(3-5)/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z270" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Балықты заңсыз аулау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықты заңсыз аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық өндірісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық экспорты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық импорты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықтың заңды өндірісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдегі балықты тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықты заңсыз аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1-2+3+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7=6-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z271" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықты заңсыз аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 кг балықтың орташа бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңірлер бойынша балықты тұтыну құрылымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңсыз өндіріс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңсыз өндіріс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі (заңды өндірістен %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мыңтонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=7×9%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=10×8×1000000/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13=11×12%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14=11-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z272" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңсыз алкоголь өнімдерінің өндірісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -7876,339 +23310,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каннабиноидтер (гашиш, марихуана)</w:t>
+Заңсыз алкоголь өнімдерінің өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7-55 жастағы халық</w:t>
+40%-дық алкоголь өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7-55 жастағы халық санынан 1,4%</w:t>
+40%-дық алкоголь экспорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каннабиноидтерді қарқынды қолданатын есірткіге тәуелді адамдардың саны</w:t>
+40%-дық алкоголь импорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каннабиноидтерді үнемі қолданатын есірткіге тәуелді адамдардың саны</w:t>
+40%-дық алкогольдің заңды өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каннабиноидтерді қарқынды қолданатын есірткіге тәуелді адамдар үшін мөлшері</w:t>
+Халықтың жан басына шаққанда 40%-дықалкогольді тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каннабиноидтерді үнемі қолданатын есірткіге тәуелді адамдар үшін мөлшері</w:t>
+15 және одан үлкен жастағы халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есірткіге тәуелді бір адамның бір жылда есірткіні орташа тұтыну саны (қарқынды)</w:t>
+Алкогольді тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есірткіге тәуелді бір адамның бір жылда есірткіні орташа тұтыну саны (үнемі)</w:t>
+Заңсыз өндіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -8218,337 +23652,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+мың литр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың литр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың литр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың литр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+литр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-адам</w:t>
+мың литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-адам</w:t>
-[...177 lines deleted...]
-              <w:t>(аптасына 1 рет)</w:t>
+мың литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -8666,51 +24066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4=2-3</w:t>
+4=1-2+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8774,6762 +24174,112 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7=312 күн×5</w:t>
+7=5×6/1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8=52 күн×6</w:t>
+8=7-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...6668 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z273" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -15585,303 +24335,323 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40%-дық алкоголь өндірісі</w:t>
+Арақтың 1л үшін орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40%-дық алкоголь экспорты</w:t>
+Арақтың 1л үшін орташа баға (сараптамалық баға)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-40%-дық алкоголь импорты</w:t>
+          <w:bookmarkStart w:name="z274" w:id="247"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республика бойынша жалпы шығыстардан өңірлер бойынша үй шаруашылықта-</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="247"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рының алкогольге кеткен шығыстарының құрылымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40%-дық алкогольдің заңды өндірісі</w:t>
+Заңсыз өндіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Халықтың жан басына шаққанда 40%-дық алкогольді тұтыну</w:t>
+Заңсыз өндіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 және одан үлкен жастағы халық саны</w:t>
+Аралық тұтыну үлесі (заңды өндірістен %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алкогольді тұтыну</w:t>
+Аралық тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңсыз өндіріс</w:t>
+ЖҚҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -15891,303 +24661,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 мың литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың литр</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың литр</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-литр</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-адам</w:t>
-[...71 lines deleted...]
-мың литр</w:t>
+миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -16197,658 +24967,759 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+10=9×0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4=1-2+3</w:t>
+12=11×8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+13=10×12×1000/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7=5×6/1000</w:t>
+15=13×14%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8=7-4</w:t>
+16=13-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...26 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z275" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңсыз темекі өнімдерінің өндірісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңсыз алкоголь өнімдерінің өндірісі</w:t>
-[...113 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Заңсыз темекі өнімдерінің өндірісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндіріс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Импорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңсыз темекі өнімдерінің анықталған көлемінің коэффициенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңсыз өндіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір қораптың орташа бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңсыз өндіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аралық тұтыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16858,303 +25729,411 @@
               <w:t>
 ЖҚҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17164,465 +26143,464 @@
               <w:t>
 миллион теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1+2-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6=4*5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=6*7/20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...245 lines deleted...]
-16=13-15</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=8×9%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=8-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...108 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkStart w:name="z276" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Алып қойылған жасанды тауарлар мен шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін және алып қойылған контрабанданың көрсеткіштерін есептеу</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+        <w:t xml:space="preserve"> Мұнайдың және мұнай өнiмдерiнің шығарылу заңдылығын растайтын құжаттарсыз оларды тасымалдау, иемдену, өткiзу, сақтау, сондай-ақ мұнайды қайта өңдеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17638,87 +26616,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алып қойылған жасанды тауарлар мен шығармашылық түпнұсқалардың авторландырылмаған көшірмелері</w:t>
+Мұнайдың және мұнай өнiмдерiнің шығарылу заңдылығын растайтын құжаттарсыз оларды тасымалдау, иемдену, өткiзу, сақтау, сондай-ақ мұнайды қайта өңдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алып қойылған контрафактілік өнімнің құны</w:t>
+Келтірілген залал соммасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18112,68 +27090,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4=1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkStart w:name="z277" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Контрабанда</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+        <w:t xml:space="preserve"> Жер қойнауын өз бетінше пайдалану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18189,87 +27167,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алып қойылған контрабанда</w:t>
+Жер қойнауын өз бетінше пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алып қойылған тауардың құны</w:t>
+Келтірілген залал соммасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18663,56 +27641,1871 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4=1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңсыз қызмет көлемдерін бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемесіне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z280" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алып қойылған жасанды тауарлар мен шығармашылық түпнұсқалардың авторландырылмаған көшірмелерін, алып қойылғанконтрабанданың көрсеткіштерін және порнография және веб-модельдер қызметтерін көрсету кезінде делдалдардың заңсыз қызметі есептеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып қойылған жасанды тауарлар мен шығармашылық түпнұсқалардың авторландырылмаған көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып қойылған контрафактілік өнімнің құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z281" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контрабанда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып қойылған контрабанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алыпқойылған тауардың құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z282" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порнография және веб-модельдер қызметтерін көрсету кезінде делдалдардың заңсыз қызметі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порнография және веб-модельдер қызметтерін көрсету кезінде делдалдардың заңсыз қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келтірілген залал соммасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аралық тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖҚҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллион теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -18733,55 +29526,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19103,35 +29896,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/><Relationship Target="media/document_image_rId61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId61"/><Relationship Target="media/document_image_rId62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId62"/><Relationship Target="media/document_image_rId63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId63"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>