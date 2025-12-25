--- v0 (2025-10-02)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0b589b6" w14:textId="0b589b6">
+    <w:p w14:paraId="ac8c047" w14:textId="ac8c047">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті Төрағасының м.а. 2017 жылғы 15 қыркүйектегі № 17-1/249 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 28 қыркүйекте № 15806 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Ерекше қорғалатын табиғи аумақтар туралы" 2006 жылғы 7 шілдедегі Қазақстан Республикасы Заңының 8-бабының </w:t>
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6) тармақшасына</w:t>
+        <w:t>499) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа қосымшаға сәйкес заңды тұлға мәртебесі бар ерекше қорғалатын табиғи аумақтар құрамына кіретін су объектілерінде балық аулау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -310,140 +372,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Орман шаруашылығы және</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жануарлар дүниесі комитеті</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төрағасының міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -682,102 +760,103 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңды тұлға мәртебесі бар ерекше қорғалатын табиғи аумақтар құрамына кіретін су объектілерінде балық аулау көлемдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1522"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2573"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -838,123 +917,123 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әуесқойлық (спорттық) балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өсімін молайту мақсатында аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -993,1712 +1072,1698 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баянауыл мемлекеттік ұлттық табиғи паркі (су айдындарының саны – 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасыбай көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,778</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,778</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 торта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,569</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,569</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сабынды көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,946</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,946</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 торта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,720</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,720</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Торайғыр көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12541</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12541</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2706,1308 +2771,1301 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катонқарағай мемлекеттік ұлттық табиғи паркі (су айдындарының саны - 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Язевое көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аққайраң</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаумыш (Черновое) көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сібір хариусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маралды көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,396</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сібір хариусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,396</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,449</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4046,750 +4104,750 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марқакөл мемлекеттік табиғи қорығы (су айдындарының саны – 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марқакөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21,106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,897</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майқан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24,418</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21,106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,312</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 хариус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,585</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,585</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21,106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4828,935 +4886,935 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көлсай көлдері" мемлекеттік ұлттық табиғи паркі (су айдындарының саны – 2 )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төменгі Көлсай көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,245</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 микижа (форель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,245</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ортаңғы Көлсай көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,079</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 микижа (форель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,079</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,407</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,324</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5786,1882 +5844,1886 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ақмола облысы бойынша "Көкшетау" мемлекеттік ұлтық табиғи паркі, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(су айдындарының саны – 2 )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зеренді көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оңғақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 торта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тұқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шортан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ақсақалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шаян</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7691,110 +7753,114 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Көкшетау" мемлекеттік ұлттық табиғи паркі, Ақмола облысы бойынша </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(су айдындарының саны – 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7855,4008 +7921,4008 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әуесқойлық (спорттық) балық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми-зерттеу үшін аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мелиорациялық аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Имантау көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мөңке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оңғақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 торта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тұқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шортан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ақсақалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шаян</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лобанов көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мөңке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оңғақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тұқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалқар көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мөңке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тұқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алабұға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ақсақалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34,92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>