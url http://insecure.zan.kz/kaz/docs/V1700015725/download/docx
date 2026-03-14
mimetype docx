--- v0 (2025-11-16)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4366da2" w14:textId="4366da2">
+    <w:p w14:paraId="3b3e5d5" w14:textId="3b3e5d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1142,51 +1142,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда - ҚР Қорғаныс министрінің 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1540</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4803,548 +4823,660 @@
         <w:t>
       60. Бірінші-үшінші кезеңдердің төрешілері (қазылар алқасы) нәтижені бекітеді, тиісті хаттаманы ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:bookmarkStart w:name="z166" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Марапаттау мынадай тәртіппен жүзеге асырылады: аудандық, қалалық және облыстық кезеңнің жеңімпаздары мен жүлдегерлері. Жеңімпаздарды (жүлдегерлерді) дайындаған БӘД педагогтері грамотамен, дипломмен, медальмен және сыйлықтармен марапатталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z167" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Бастапқы әскери, әскерге шақыруға дейінгі және әскерге шақыруға дейінгі тереңдетілген даярлықты жүзеге асыратын азаматтардың біліктілігін арттыруды ұйымдастыру және жүргізу </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...23 lines deleted...]
-      </w:r>
+      62. Бастапқы әскери, әскерге шақыруға дейінгі және әскерге шақыруға дейінгі тереңдетілген даярлықты жүзеге асыратын азаматтардың біліктілігін арттыру әскери оқу орнының базасында және жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымы әскери кафедрасында (әскери факультетінде) (бұдан әрі – ЖӘОО мен ӘК), сондай-ақ Қазақстан Республикасының Қорғаныс министрлігіне ведомстволық бағынысты ұйымдарда (бұдан әрі – Оқыту орталығы) осы Қағидаларға сәйкес әскери даярлық үшін интерактивтік сабақ жинақталымы бар үш өлшемді симулятормен бағдарламалық қамтамасыз етуде (бұдан әрі – әскери даярлыққа арналған БҚ) жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...83 lines deleted...]
-      </w:r>
+      63. Бастапқы әскери, әскерге шақыруға дейінгі және әскерге шақыруға дейінгі тереңдетілген даярлықты жүзеге асыратын азаматтардың біліктілігін арттыру 3 жылда 1 рет өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      64. Оқыту орталығы ЖӘОО-мен және ӘК-мен бірлесіп, жыл сайын 1 тамызға дейін білім беру ұйымының (оның ішінде қосымша білім беру) өтінімі негізінде осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша оқу жылына арналған біліктілікті арттыру кестесін жасайды, онда біліктілікті арттырудың түрлері, біліктілікті арттыру кезеңі, мерзімі, орны және нысаны көрсетіледі. Оқу жылына арналған біліктілікті арттыруды өткізу кестесін Оқыту орталығының басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Тыңдаушылар тобын біліктілікті арттыруға арналған шарт негізінде Оқыту орталығы құрады және курсты ұйымдастыру үшін біліктілікті арттыру басталғанға дейін 2 апта бұрын топтың тізімі ЖӘОО мен ӘК-ге жіберіледі. Оқыту орталығы топтың тізімдік құрамын біліктілікті арттыру басталғанға дейін әскери даярлыққа арналған БҚ-да тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      66. ЖӘОО мен ӘК кесте мен тыңдаушылар тізімі негізінде сабақ кестесін жасайды, оны ЖӘОО немесе ӘК басшысы біліктілікті арттыру басталғанға дейін 5 жұмыс күні бұрын бекітеді және ол әскери даярлыққа арналған БҚ-да орналастырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Оқыту орталығы біліктілікті арттырудың білім бағдарламасы негізінде оқу материалын әзірлейді. Оқу материалын жаңартуды қажет болғанда Оқыту орталығы жүзеге асырады, бірақ 5 жылда бір реттен сиретпей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Біліктілікті арттыру аяқталғаннан кейін әскери даярлыққа арналған БҚ-да онлайн тестілеу нысанында қорытынды бағалау жүргізіледі. Тест сұрақтары базасын Оқыту орталығы жасайды және оны ҚР ҚМ әскери білім мәселесіне жетекшілік ететін құрылымдық бөлімшесі бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      69. Біліктілікті арттыруды сәтті меңгерген және алынған ең жоғары балдың кемінде 70 % көлемінде қорытынды тестілеуден өткен тыңдаушыларға әскери даярлыққа арналған БҚ-да осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сертификат жасалады, ол тыңдаушыларға салтанатты түрде табыс етіледі. Сертификат ала алмаған тыңдаушыларға оқу аяқталған сәттен бастап 10 жұмыс күні ішінде біліктілікті арттыру білімін қайта бағалау мүмкіндігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z176" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Оқыту орталығы, ЖӘОО мен ӘК біліктілікті арттыруды талдайды, ол есепте көрсетіледі. Есеп жыл сайын 15 шілдеге дейін электрондық нысанда ҚР ҚМ әскери білім мәселесіне жетекшілік ететін құрылымдық бөлімшесіне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Біліктілікті арттырудың білім бағдарламасын іске асыратын, бастапқы әскери, әскерге шақыруға дейінгі және әскерге шақыруға дейінгі тереңдетілген даярлықты жүзеге асыратын Оқыту орталығы, ЖӘОО мен ӘК бір күнтізбелік жыл ішінде алған білімін практикада сапалы іске асыру үшін біліктілікті арттырудан өткен педагогтің ісін курстан кейін қолдауды жүзеге асырады. Курстан кейінгі қолдаудың мақсаты – алынған білімнің білім беру практикасына тиімді енгізілуін қамтамасыз ету, педагогтік іске әдістемелік қолдау көрсету және мониторингтеу. Педагогтің қызметін курстан кейінгі қолдау нысаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тыңдаушыларға педагогикалық істе әдістемелік, консультациялық көмек көрсетуді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагогикалық істің нәтижесін дайындауда консультациялық көмек көрсетуді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Бастапқы әскери, әскерге шақыруға дейінгі және әскерге шақыруға дейінгі тереңдетілген даярлықты жүзеге асыратын азаматтардың біліктілігін арттыруды ұйымдастыру және жүргізу </w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Педагогикалық қайта даярлауды ұйымдастыру және өткізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z179" w:id="159"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z179" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. ҚР ҚМ әскери қызметтен шығарылған адамдарды әлеуметтік бейімдеу мақсатында білім, ғылым және жоғары білім саласындағы уәкілетті органдармен келісу бойынша педагогикалық қайта даярлаудың білім бағдарламасын әзірлейді және бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z180" w:id="160"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z180" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73. Әскери оқу орнында өтеусіз негізде педагогикалық қайта даярлаудан офицерлер, аға немесе жоғары сержанттар құрамдары лауазымдарында әскери қызмет өткерген, жоғары және (немесе) жоғары оқу орнынан кейінгі білім және кемінде он жыл сіңірген еңбегі бар, әскери қызметтен шығарылатын немесе шығарылған (әскери қызметке қайта кіру құқығынсыз теріс себептермен шығарылған адамдарды қоспағанда), адамдар өтуге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z181" w:id="161"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z181" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       74. ҚР ҚК-ден шығарылатын адамдардың педагогикалық қайта даярлаудан өтуі тәртібі Қазақстан Республикасы Қорғаныс министрінің 2022 жылғы 26 қыркүйектегі № 834 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29856 болып тіркелген) Қазақстан Республикасының Қарулы Күштерінен шығарылатын адамдарды әлеуметтік бейімдеуді ұйымдастыру жөніндегі қағидаларға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z182" w:id="162"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z182" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. ЖӘБО әскери қызметтен шығарылған адамдардан өтініш қабылдайды, олардың осы Қағидалардың талаптарына сәйкес келуін тексеруді жүзеге асырады. Қорғаныс істері департаменті әлеуметтік бейімдеуге жататын адамдарды жалпы жинап, тізім жасайды және тоқсан сайын ҚР ҚМ ҚР ҚК-де тәрбие, әлеуметтік-құқықтық, психологиялық және идеологиялық жұмысты ұйымдастыру мәселесіне жетекшілік ететін уәкілетті құрылымдық бөлімшесіне ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z183" w:id="163"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z183" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Педагогикалық қайта даярлауға жататын адамдардың қорытынды тізімін ҚР Қорғаныс министрінің тәрбие және идеологиялық жұмыс жөніндегі орынбасары бекітеді және педагогикалық қайта даярлауды өткізу күні мен уақыты көрсетіліп, ҚР ҚМ ресми сайтында жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z184" w:id="164"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z184" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Әскери қызметтен шығарылған және педагогикалық қайта даярлаудан өтуге ниет білдірген адамдар ЖӘБО бастығының атына өтініш береді. Өтінішке мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z185" w:id="165"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z185" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы азаматының жеке куәлігінің көшірмесі (түпнұсқасы салыстырып тексеру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z186" w:id="166"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z186" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әскери билеттің көшірмесі (түпнұсқасы салыстырып тексеру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z187" w:id="167"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z187" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жоғары білімі туралы құжаттың көшірмесі (түпнұсқасы салыстырып тексеру үшін). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚР ҚМ ресми сайтында жарияланған педагогикалық қайта даярлауға жататын адамдардың тізімі негізінде кандидаттар өздігінен онлайн режимде педагогикалық қайта даярлаудан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="168"/>
+    <w:bookmarkStart w:name="z188" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Педагогикалық қайта даярлауды ҚР ҚМ әскери білім мәселесіне жетекшілік ететін құрылымдық бөлімшесі бекітілген тізім негізінде жартыжылда бір реттен сиретпей ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z189" w:id="169"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z189" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Оқу ҚР ҚМ әскери білім мәселесіне жетекшілік ететін құрылымдық бөлімшесі бекіткен кестеге сәйкес онлайн-платформада қашықтан өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z190" w:id="170"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z190" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80. БӘД бейіні бойынша педагогикалық қайта даярлаудың білім бағдарламасын білім, ғылым және жоғары білім саласындағы уәкілетті органдармен келісу бойынша Қазақстан Республикасының Қорғаныс министрлігі әзірлейді және бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z191" w:id="171"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z191" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Педагогикалық қайта даярлаудың білім бағдарламасын меңгерген және қорытынды аттестаттауды сәтті тапсырған адамдарға 3 жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ҚР орта, техникалық және кәсіптік білім беру ұйымдарында БӘД оқыту құқығын растайтын мерзімсіз сертификат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификатты жоғалтып алған жағдайда тыңдаушы оның телнұсқасын беру үшін Оқыту орталығына жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5428,68 +5560,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дайындық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="172"/>
+    <w:bookmarkStart w:name="z193" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бастапқы әскери даярлық сыныбының көрнекі үгіт-насихаты  мен жабдығының ең аз тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7276,68 +7408,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="173"/>
+    <w:bookmarkStart w:name="z195" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> БӘД педагогі киюге арналған әскери киім нысаны шевронының ортақ түрі (сол жақ жеңіне) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="2870200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -7348,70 +7480,70 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="2870200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="174"/>
+    <w:bookmarkStart w:name="z197" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (далалық киім нысаны) (күнделікті киім нысаны)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7477,68 +7609,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дайындық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:bookmarkStart w:name="z198" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> БӘД педагогі киюге арналған әскери киім нысанының кеуде жапсырмасының ортақ түрі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4521200" cy="2298700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -7570,70 +7702,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:bookmarkStart w:name="z199" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік ту (күнделікті киімнің сол жақ кеудесіне тағылады)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7676,70 +7808,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="177"/>
+    <w:bookmarkStart w:name="z200" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери даярлық белгісі (далалық киімнің оң жақ кеудесіне тағылады)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7818,86 +7950,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z202" w:id="178"/>
+    <w:bookmarkStart w:name="z202" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бастапқы әскери даярлықтың (БӘД) жай-күйі туралы  жиынтық ақапарат (облыстың, республикалық маңызы бар қаланың)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z203" w:id="179"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z203" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери басқару органының атауы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7908,68 +8040,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есептілік кезеңі: (тоқсан/жыл көрсетілсін)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауапты орындаушы (АӘТ, лауазымы, байланыс жасау нөмірі):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="180"/>
+    <w:bookmarkStart w:name="z204" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Сандық көрсеткіш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9265,68 +9397,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="181"/>
+    <w:bookmarkStart w:name="z205" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Оқу-материалдық базаның жай-күйін бағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10199,88 +10331,88 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z206" w:id="182"/>
+    <w:bookmarkStart w:name="z206" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Әскери-патриоттық тәрбие іс-шараларын өткізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z207" w:id="183"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z207" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Негізгі іс-шаралар тізбесі (атауы, күні, қатысушылар саны):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10323,68 +10455,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="184"/>
+    <w:bookmarkStart w:name="z208" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Білім беру ұйымымен өзара іс-қимыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Білім басқармасымен бірлескен іс-шаралар саны: _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10393,68 +10525,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өзара іс-қимыл жасау барысында анықталған проблемалық мәселелер: __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БӘД ұйымдастыруды жақсарту бойынша ұсыныс: ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="185"/>
+    <w:bookmarkStart w:name="z209" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. БӘД оқытушылары туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11319,68 +11451,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="186"/>
+    <w:bookmarkStart w:name="z210" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Қорытынды және ұсыныстар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірдегі БӘД деңгейінің жалпы бағасы: ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11596,86 +11728,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z212" w:id="187"/>
+    <w:bookmarkStart w:name="z212" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ДОС өткізу нәтижесі бойынша есеп беру (білім беру ұйымында кемінде 3 жыл сақталады)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z213" w:id="188"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z213" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Білім беру ұйымының атауы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11794,68 +11926,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДОС өткізу нысаны: шатырлық жиын/ұйым базасында/аралас нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Медициналық және азық-түлікпен қамтамасыз етудің болуы: иә/жоқ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="189"/>
+    <w:bookmarkStart w:name="z214" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Өткізілген іс-шаралар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14625,68 +14757,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="190"/>
+    <w:bookmarkStart w:name="z215" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Қорытынды сынақ қорытындысы (бағыттар бойынша баға)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15542,68 +15674,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="191"/>
+    <w:bookmarkStart w:name="z216" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Қатысушылар (жиынтық кесте)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -16468,68 +16600,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="192"/>
+    <w:bookmarkStart w:name="z217" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Қамтамасыз ету мен өткізу шарты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17385,68 +17517,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="193"/>
+    <w:bookmarkStart w:name="z218" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Жалпы баға және ұсыныстар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ДОС-ты сәтті аяқтағандардың жалпы саны: ____ адам </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17713,68 +17845,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z220" w:id="194"/>
+    <w:bookmarkStart w:name="z220" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____жылға арналған біліктілікті арттыру кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -18698,70 +18830,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дайындық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="195"/>
+    <w:bookmarkStart w:name="z222" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымның                                                        Ұйымның</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18770,68 +18902,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  ресми                                                                         логотипі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   атауы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="196"/>
+    <w:bookmarkStart w:name="z223" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СЕРТИФИКАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18960,70 +19092,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу нөмірі № _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Берілген күні: 20 __ жылғы "_____" ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="197"/>
+    <w:bookmarkStart w:name="z224" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымның                                                        Ұйымның</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19032,68 +19164,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  ресми                                                                         логотипі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   атауы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="198"/>
+    <w:bookmarkStart w:name="z225" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификатқа қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19625,88 +19757,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дайындық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="199"/>
+    <w:bookmarkStart w:name="z227" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z228" w:id="200"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z228" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20__ жылғы "___" _______ бастап 20__ жылғы " ___" ________ дейін </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19949,55 +20081,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>