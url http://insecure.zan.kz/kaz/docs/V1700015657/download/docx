--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d8d9146" w14:textId="d8d9146">
+    <w:p w14:paraId="c00edfa" w14:textId="c00edfa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2017 жылғы 9 тамыздағы № 323 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 12 қыркүйекте № 15657 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z0" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
+      "Қазақстан Республикасы Ауыл шаруашылығы министрлігінің кейбір мәселелері" Қазақстан Республикасы Үкіметінің 2005 жылғы 6 сәуірдегі № 310 қаулысымен бекітілген Қазақстан Республикасы Ауыл шаруашылығы министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>508-42) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Ихтиологиялық байқаулар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -557,64 +609,77 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ауыл шаруашылығы министрі</w:t>
+              <w:t>Ауыл шаруашылығы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндетін атқарушының</w:t>
+              <w:t>министрінің міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017 жылғы 9 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -633,754 +698,954 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ихтиологиялық байқаулар қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ихтиологиялық байқаулар қағидалары (бұдан әрі - Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) 9-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және балық шаруашылығы су айдындарында ихтиологиялық байқаулар жүргізу тәртібін айқындайды.</w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Ихтиологиялық байқаулар қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ауыл шаруашылығы министрлігінің кейбір мәселелері" Қазақстан Республикасы Үкіметінің 2005 жылғы 6 сәуірдегі № 310 қаулысымен бекітілген Қазақстан Республикасы Ауыл шаруашылығы министрлігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>508-42) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және ихтиологиялық байқаулар тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...87 lines deleted...]
-      3. Ихтиологиялық байқауларды балық шаруашылығы су айдындарында жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы уәкiлеттi орган ведомствосының аумақтық бөлімшелері (бұдан әрі – аумақтық бөлімшелер) жыл бойы жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау үшін аулау – ихтиофаунаның жай-күйін бақылау, балық ресурстарын және басқа да су жануарларының өсімін молайту тиімділігін, құртшабақтардың өнімділігін, су айдындарының балық өнімділігін айқындау мақсатында балық ресурстарын және басқа да су жануарларын аулау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ихтиофауна – қандай да бір су айдынындағы немесе оның бөлігіндегі балықтар және дөңгелекауыздылар түрлерінің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) су объектілерін балық шаруашылығы мелиорациялау – су айдындарының балық өнімділігін сақтауға және арттыруға, балық ресурстарының және басқа да су жануарларының мекендеу және көбею жағдайларын жақсартуға бағытталған іс-шаралар кешені.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ихтиологиялық байқауларды балық шаруашылығы су айдындарында балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері (бұдан әрі – аумақтық бөлімшелер) тоқсан сайын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ихтиологиялық байқаулардың негізгі бағыттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) балық шаруашылығы су айдындарының жай-күйін бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау үшін аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ихтиофаунаның жай-күйі туралы биологиялық материалдарды жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өріс аудару жолдарын, уылдырық шашу мерзімдерін және су айдындарына кәсіпшілік жүктемені зерделеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балық құртшабақтарының кездейсоқ ауланымын, уылдырық шашатын орындарын және қыстау шұңқырларын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) гидрометеорологиялық жағдайларға қарай уылдырық шашу кезеңіндегі тыйым салу мерзімдерін ауыстыруды қоса алғанда, балық аулау режимін реттеу бойынша, балық аулау құралдары бойынша, балық өсіру-мелиорациялық жұмыстарды және су объектілерінің балық шаруашылығы мелиорациясын ұйымдастыру бойынша ұсыныстар тұжырымдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Ихтиологиялық байқаулардың негізгі бағыттары: </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+      7) балықтың қырылу қаупі бар су айдындарын есепке алу және балықтардың қырылуының алдын-алу және оны жою жөніндегі іс-шараларды ұйымдастыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) су тарту, су ағызу құрылысжайларын қарап-тексеру және балықтарды қорғау құрылғылары болмаған кезде балық ресурстарына және басқа да су жануарларына келтірілетін және келтірілген зиянды айқындау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) балық шаруашылығы су айдындарының жай-күйін бақылау; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      5. Ихтиологиялық байқауларды жүргізу кезінде бақылау үшін аулауды Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-04/148 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10606 болып тіркелген) бекітілген Балық аулау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіппен аумақтық бөлімшелер жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ихтиологиялық байқауларды жүргізу нәтижелері бойынша ақпарат жасалады, ол мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) балық шаруашылығы су айдындарын және (немесе) учаскелерін есепке алу және олардың сипаттамалары, олардың гидрологиялық және гидрохимиялық жай-күйі туралы деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бекітіп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерін және балық шаруашылығы субъектілерін есепке алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ихтиофаунаның, балықтардың және басқа да су жануарларының азықтық базасының жай-күйі туралы деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кәсіпшілік су айдындарында және (немесе) учаскелерінде балық аулау объектілерін аулауды есепке алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балық ресурстарының және балық аулау объектілеріне жататын басқа да су жануарларының жалпы саны мен түрлік құрамы туралы деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уылдырық шашатын өрісті және бағалы балық түрлерінің уылдырық шашуын сипаттайтын деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) уылдырық шашатын орындарды, қыстау шұңқырларын есепке алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кәсіпшілікте аулау және техникалық құралдарды, жүзу құралдарын пайдалану және балықшылардың қатысуы туралы деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) кәсіпшілік учаскесінде бойынша кәсіпшілік аулау құралдарында кездейсоқ ауланым туралы мәліметтер және тиісті қабылданған шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) су айдындарына балық жіберу және балық аулау объектілерінің өсімін молайтудың тиімділігін сипаттайтын мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) су тарту және су ағызу құрылысжайларында балық қорғау құрылғыларын есепке алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) балықтардың қырылуының алдын алу және оны жою жөніндегі іс-шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) санын, жас құрылымын, жыныстық-жас арақатынасын, азықтық базаның жай-күйін және тіршілік ету ортасын есепке алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) балық ресурстары санының өсімін молайту және ықтимал өзгерістер бойынша болжамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мыналарды қоса алғанда, қорғау және ұтымды пайдалану жөніндегі шараларды айқындау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) бақылау үшін аулауды жүргізу; </w:t>
-[...425 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+      алып қоюдың рұқсат етілген көлемін белгілеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шектеу және маусымдық шараларды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімді молайту бойынша ұсынымдар (қолдан өсіру, балық жіберу);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіршілік ету ортасын сақтау және жақсарту жөніндегі шаралар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ихтиологиялық байқаулардың нәтижелері, ұсынымдар мен ұсыныстар жыл сайын желтоқсан айында балық шаруашылығы саласындағы уәкілетті органға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>