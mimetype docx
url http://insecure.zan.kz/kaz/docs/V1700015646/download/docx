--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3fa3490" w14:textId="3fa3490">
+    <w:p w14:paraId="fbbe3fc" w14:textId="fbbe3fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 29 шілдедегі № 398 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 11 қыркүйекте № 15646 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1609</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының қорғанысы және Қарулы Күштері туралы" Қазақстан Республикасы Заңының 22-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-14) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -207,313 +303,409 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1609</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қосымша білім беру бағдарламалары бойынша әскери дайындық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қорғаныс министрлігінің Білім және ғылым департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Қорғаныс министрлігінің Білім және ғылым департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың көшірмесін мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде қағаз және электрондық түрде қазақ және орыс тілдерінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде ресми жариялау және енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бұйрықтың көшірмесін мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде қағаз және электрондық түрде қазақ және орыс тілдерінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде ресми жариялау және енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты алғашқы ресми жарияланғанынан кейін Қазақстан Республикасы Қорғаныс министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3) осы бұйрықты алғашқы ресми жарияланғанынан кейін Қазақстан Республикасы Қорғаныс министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қорғаныс министрлігінің Заң департаментіне жолдауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      4) мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қорғаныс министрлігінің Заң департаментіне жолдауды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Қорғаныс министрінің тәрбие және идеологиялық жұмыс жөніндегі орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Қорғаныс министрінің тәрбие және идеологиялық жұмыс жөніндегі орынбасарына жүктелсін.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 04.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық лауазымды адамдарға, оларға қатысты бөлігінде жеткізілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...77 lines deleted...]
-      4. Осы бұйрық лауазымды адамдарға, оларға қатысты бөлігінде жеткізілсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -916,126 +1108,230 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1609</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қосымша білім беру бағдарламалары бойынша әскери дайындық қағидалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Қосымша білім беру бағдарламалары бойынша әскери дайындық қағидалары қосымша білім беру бағдарламалары бойынша әскери дайындық тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) аралық аттестаттау – білім алушылардың бір оқу пәнін оқып аяқтағаннан кейін оның бөлігінің немесе барлық көлемінің мазмұнын меңгеру сапасын бағалау мақсатында жүргізілетін рәсім; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1180,682 +1476,682 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Қорғаныс министрлігіне ведомстволық бағынысты әскери оқу орындарында қосымша білім беру бағдарламалары бойынша әскери дайындық орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында (бұдан әрі – білім беру ұйымдары) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қосымша білім беру бағдарламалары бойынша әскери дайындық оқытудың бір түрі болып табылады және оқу жоспарларына Қазақстан Республикасының Қорғаныс министрлігі айқындайтын дербес оқу пәні ретінде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қосымша білім беру бағдарламалары бойынша әскери дайындықты ұйымдастыру тәртібі </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      4. Қосымша білім беру бағдарламалары бойынша әскери дайындық оқытудың бір түрі болып табылады және оқу жоспарларына Қазақстан Республикасының Қорғаныс министрлігі айқындайтын дербес оқу пәні ретінде енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қосымша білім беру бағдарламалары бойынша әскери дайындық оқу сабақтарын жоспарлауды, ұйымдастыруды және өткізуді, үлгерімді ағымдағы бақылауды және аралық аттестаттауды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оқу жұмысын жоспарлау оқу жоспары мен бағдарламаларын толық көлемде уақтылы және сапалы орындауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әскери дайындық бағдарламасын білім беру ұйымы бір оқу жылына (кезеңге) әзірлейді және ол теориялық және практикалық оқытудан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қосымша білім беру бағдарламалары бойынша әскери дайындыққа 34 сағат бөлінеді, олардың ішінде 22 сағат теориялық оқытуға және 12 сағат практикалық оқытуға бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әскери дайындық пәні "бастапқы әскери және технологиялық дайындық" міндетті оқыту пәнімен құрылымдық-логикалық өзара сабақтасқан болады және мынадай бөлімдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тактикалық даярлық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқ ату даярлығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жаппай қырып-жою қаруы және одан қорғану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әскери топография;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) саптық даярлық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жалпыәскери жарғылар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қосымша білім беру бағдарламалары бойынша білім беру ұйымдарында авиациялық мамандықтар бойынша бастапқы даярлық жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ағымдағы бақылау түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ауызша сұрау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жазбаша бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аралас бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тестілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) пікірталастар, тренингтер, дөңгелек үстелдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Әскери дайындықты ұйымдастыру үшін мынадай оқу-материалдық база пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) саптық плац;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қару-жарақ пен әскери техниканың стенділерімен, макеттерімен, оқу құралдарымен және әскери мүлікпен жабдықталған оқу сыныптары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тараулар бойынша (тактикалық даярлық, оқ ату даярлығы, жаппай қырып-жою қаруы және одан қорғану, әскери топография, саптық даярлық, жалпыәскери жарғылар) оқу әдебиеті.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...251 lines deleted...]
-      11. Ағымдағы бақылау түрлері:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді – ҚР Қорғаныс министрінің 14.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 705</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Қосымша білім беру бағдарламалары бойынша әскери дайындық 7 – 10 адамнан тұратын оқу бөлімшелерін қамтитын саны 21 – 30 адам бар оқу взводтары бойынша мемлекеттік және орыс тілдерінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p>
-[...245 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Әскери дайындық бойынша сабақтар кестесін білім беру ұйымының басшысы бекітеді. Оларда оқу сабақтарының саны, ұзақтығы және жүйелілігі көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сабақтар кестесі тәрбиеленушілерді тамақтандыру және демалысы үшін үзілісті көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Тәрбиеленушілердің оқу жүктемесі және сабақ режимі Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29031 болып тіркелген) Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттары негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1874,144 +2170,144 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қосымша білім беру бағдарламалары бойынша әскери дайындық өзіндік даярлық сағаттарында оларға бекітілген кабинеттерде сыныптар (взводтар) құрамында өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Оқу жылы аяқталғаннан кейін 10-сынып тәрбиеленушілерімен оқу-жаттығу далалық жиындары өткізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>