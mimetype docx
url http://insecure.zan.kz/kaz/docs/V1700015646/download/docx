--- v1 (2025-12-01)
+++ v2 (2026-03-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fbbe3fc" w14:textId="fbbe3fc">
+    <w:p w14:paraId="d232fc0" w14:textId="d232fc0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,124 +77,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қосымша білім беру бағдарламалары бойынша әскери дайындық қағидаларын бекіту туралы</w:t>
+        <w:t>Қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлық қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 29 шілдедегі № 398 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 11 қыркүйекте № 15646 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1609</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -303,409 +266,395 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1609</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қорғаныс министрлігінің Білім және ғылым департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың көшірмесін мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде қағаз және электрондық түрде қазақ және орыс тілдерінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде ресми жариялау және енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты алғашқы ресми жарияланғанынан кейін Қазақстан Республикасы Қорғаныс министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қорғаныс министрлігінің Заң департаментіне жолдауды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Қорғаныс министрінің тәрбие және идеологиялық жұмыс жөніндегі орынбасарына жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 04.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1609</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық лауазымды адамдарға, оларға қатысты бөлігінде жеткізілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1102,1212 +1051,10854 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бекітілді</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...4 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлық қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Қорғаныс министрінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1609</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлық қағидалары (бұдан әрі – Қағидалар) қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлықты (бұдан әрі – ӘШДД) ұйымдастыру және одан өту тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай ұғымдар мен қысқартулар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ӘШДД бойынша қосымша білім оқытушысы (бұдан әрі – ӘШДД оқытушысы) – бастапқы әскери даярлық педагогі, қосымша білімнің мектептен тыс ұйымының қызметкері, әскери іс негіздері бойынша білімі бар және әскери қызметтен өткен, ӘШДД-ны жүзеге асыратын әскери бөлімнің (мекеменің) өкілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жас айбын – ӘШДД бойынша қосымша білімнің білім беру бағдарламалары бойынша білім алатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қосымша бiлiм беретiн мектептен тыс ұйым – балаларға балалар мен жасөспірімдер шығармашылығын, спорт, мәдениет және өнер саласындағы қызығушылықтарды дамытуға, әскерге шақыруға дейінгі даярлыққа бағытталған қосымша білімнің білім беру бағдарламаларын iске асыратын оқу-тәрбие ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қосымша білімнің білім беру бағдарламалары бойынша ӘШДД – жас айбындардың әскери қызмет өткеру үшін қажетті білімін, машықтарын, дағдылары мен қасиеттерін қалыптастыру мақсатында жүзеге асырылатын тәрбиелеу, оқыту процесі іс-шараларының жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлықты ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. ӘШДД негізгі орта және жалпы орта, техникалық және кәсіптік білім беру ұйымдарында жас айбын сыныптарында, топтарында, қосымша білімнің мектептен тыс ұйымдарында және әскери бөлімдердің (мекемелердің) қатысуымен (бұдан әрі – ӘШДД ұйымдары) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. ӘШДД ерікті негізде ұйымдастырылады және оны облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдары "Еңбек нарығының қажеттіліктерін ескере отырып, мектепке дейінгі тәрбиелеу мен оқытуға, орта білімге, балаларға қосымша білім беруге және техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға мемлекеттік білім беру тапсырысын орналастыру қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 27 тамыздағы № 381 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29323 болып тіркелген) сәйкес қосымша білімнің білім беру бағдарламаларын іске асыратын ұйымдарда балаларға қосымша білім беруге мемлекеттік білім беру тапсырысын орналастыру арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. ӘШДД ұйымдарының Қазақстан Республикасы Қарулы Күштерінің (бұдан әрі – ҚР ҚК), басқа да әскерлері мен әскери құралымдарының әскери бөлімдеріне (мекемелеріне) және басқару органдарына жақын болуына, сондай-ақ ӘШДД ұйымы басшыларының шешіміне байланысты әскер түрлерінің (құрлық, әскери-теңіз, әуе-десанттық, артиллериялық және т.б.) әскери-есептік мамандықтарына сәйкес ӘШДД бағыты бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. ӘШДД-ға жалпы басшылық жасауды және бақылауды ӘШДД ұйымдарының басшылары жүзеге асырады. ӘШДД оқытушысы сабақтар өткізу кезінде белгіленген қағидалар мен қауіпсіздік шараларының қатаң сақталуына жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. ӘДД бойынша сабақтар арнайы жабдықталған кабинеттерде (сыныптарда) және оқу алаңдарында (саптық плац, кедергілер жолағы, тир және басқалар) өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. ҚР ҚК, басқа да әскерлері мен әскери құралымдарының әскери бөлімдері (мекемелері) ӘШДД ұйымдарына оқу алаңдарын беріп, жас айбындарды даярлауда жәрдем көрсетеді, сондай-ақ әскери қызметшілердің жетекшілігімен сабақтар өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жас айбындарды ӘШДД-ны іске асыру үшін ӘШДД ұйымдарында оқу-материалдық база ұйымдастырылады және жетілдіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ұсынылатын оқу-материалдық базаның құрамына мыналар кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу кабинеттері және мамандандырылған үй-жайлар (алаңдар):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери іс, тактика, топография, байланыс, радиациялық, химиялық және биологиялық қорғау негіздерін, дрон операторының дағдыларын және басқаларды зерделеу үшін қажетті оқу құралдарымен, плакаттармен, схемалармен, қару мен әскери техника макеттерімен, дрондармен, әскери даярлық бойынша интерактивті сабақ жинағы бар үш өлшемді симуляторлармен жабдықталған ӘШДД кабинеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саптық тәсілдерді пысықтау үшін айналармен, саптық командаларды орындау қағидалары жазылған плакаттармен жарақтандырылған саптық даярлық кабинеті (алаңы) немесе саптық плац;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      спорттық жабдықты және құрал-жабдықты (гимнастикалық снаряд, белтемір, арқан, гантель, штанга, спорттық төсеніш, нысан және басқа) қамтитын, дене шынықтыру дайындығымен айналысу, өзін-өзі қорғау, кедергілерден өту тәсілдерін пысықтау үшін арналған спорт залы/алаңы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әртүрлі кедергілерден өту дағдыларын пысықтау, дене төзімділігі мен психологиялық тұрақтылықты дамыту үшін арналған кедергілер жолағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пневматикалық қарудан ату негіздеріне үйрету және дәл ату дағдыларын пысықтау үшін арналған, нысандармен, қорғаныш керек-жарақпен, қарумен, оқ ату нәтижесін бақылау құралдарымен жабдықталған тир (электрондық/пневматикалық);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алғашқы медициналық көмек көрсету тәсілдерін пысықтау үшін оқу құралдарымен, манекендермен, медициналық құрал-жабдықпен және шығыс материалдарымен жарақтандырылған медициналық даярлық кабинеті (болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информатика, әскери байланыс және дрондарды басқару негіздерін зерделеу үшін компьютерлік техникамен, әскери даярлық бойынша интерактивті сабақ жинағы бар үш өлшемді симуляторлармен, мультимедиялық жабдықпен және мамандандырылған бағдарламалық қамтылыммен жарақтандырылған ақпараттық технологиялар кабинеті (болған кезде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қару-жарақ пен әскери техника (макеттер/оқу-жаттығу үлгілері):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      автомат, пистолет, граната макеттері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженерлік оқ-дәрілердің (миналардың, снарядтардың) оқу-жаттығу үлгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әртүрлі мақсаттағы дрондардың оқу-жаттығу үлгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиациялық-химиялық және биологиялық қорғау оқу-жаттығу құралдары (газтұмша, жалпыәскери қорғаныш жиынтық);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланыс құралдарының оқу-жаттығу үлгілері (радиостанция);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қадағалау аспаптарының оқу-жаттығу үлгілері (дүрбі, түнде көру аспабы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу-әдістемелік материалдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқулықтар, оқу құралдары, әдістемелік әзірлемелер, тестілер, тапсырмалар, барлық ӘШДД бөлімі бойынша сұрақтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      плакаттар, схемалар, кестелер, қауіпсіздік жөніндегі нұсқаулықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бейнематериалдар, презентация, әскери даярлық бойынша интерактивті сабақ жинағы бар үш өлшемді симуляторлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативтік құжаттар, ҚР ҚК жарғылары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қосымша жабдық пен құрал-жабдық:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери киім нысанының үлгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті жерде бағдарлау құралдары (карта, құбылнама);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шанецтік құрал-сайман (инженерлік күрек);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медициналық дәріқобдиша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өрт сөндіру құралдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыруға дейінгі далалық оқу-жаттығу сабақтары (бұдан әрі – ӘШДДОС) кезеңінде жас айбындар мен ӘШДД оқытушыларын орналастыру үшін кенеп шатырлар мен оларға құрал-жабдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. ӘШДД ұйымының көрнекі үгіт-насихат құралдары осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. ӘШДД ұйымында оқуға ерікті негізде 12-ден 18 жасқа дейінгі ӘШДД ұйымының білім алушылары қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жас айбындардың сыныптары мен топтары саны 21-30 адамнан тұратын взвод деп аталады және 7-10 адамнан тұратын бөлімшеге бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. ӘШДД ұйымы басшысының бұйрығымен жас айбындар қатарынан взвод және бөлімше командирлері тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Жас айбынның ӘШДД сабақтарына арналған киім нысанының жалпы түрі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Қосымша білімнің білім беру бағдарламалары бойынша әскерге шақыруға дейінгі даярлықтан өту тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. ӘШДД теориялық және практикалық сабақтарды, сондай-ақ әскери-патриоттық тәрбие іс-шараларын қамтиды. Теориялық сабақтар дәріс, семинар, әңгімелесу және консультация нысанында өткізіледі. Практикалық сабақтар жаттықтыру, ойын, ӘШДДОС, жарыс және практикалық дағдыларды қалыптастыруға бағытталған басқа да іс-шара нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. ӘШДД "Әскерге шақыруға дейінгі даярлық бойынша қосымша білімнің білім беру бағдарламаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2025 жылғы 29 тамыздағы № 1181 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес іске асырылады, ол:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық үлгідегі жалпы білім беретін мектептер үшін әскерге шақыруға дейінгі даярлық бойынша қосымша білімнің білім беру бағдарламасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық және кәсіптік білім беру (ТКБ) мекемелері үшін әскерге шақыруға дейінгі даярлық бойынша қосымша білімнің білім беру бағдарламасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қосымша білімнің мектептен тыс ұйымдары үшін әскерге шақыруға дейінгі даярлық бойынша қосымша білімнің білім беру бағдарламасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚР ҚК, басқа да әскерлері мен әскери құралымдарының әскери бөлімдері үшін әскерге шақыруға дейінгі даярлық бойынша қосымша білімнің білім беру бағдарламасын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. ӘШДД бойынша сабақ кестесін ӘШДД ұйымының басшысы бекітеді, онда сабақ саны, ұзақтығы, реттілігі мен күні көрсетіледі. Сабақтың ұзақтығы ӘШДД-ның тиісті білім беру бағдарламасында айқындалады. Сабақ кестесі жас айбындардың жас ерекшеліктері ескеріліп жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Сабақ өткізу нысанын ӘШДД оқытушысы оқу материалының мазмұнына және сабақ мақсатына байланысты айқындайды. ӘШДД оқытушысы қазіргі заманғы білім беру технологияларын және интерактивті дәріс, кейс, тренинг, жағдайды модельдеу сияқты оқыту әдістерін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Жас айбындардың барлық теориялық сабағы "Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 5 тамыздағы № ҚР ДСМ-76 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23890 болып тіркелген) айқындалған қауіпсіздік талаптарына, санитариялық-гигиеналық нормаларға сәйкес арнайы жабдықталған кабинеттерде (сыныптарда) өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Жас айбындардың саптық даярлық бойынша практикалық сабағы Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген ҚР ҚК-нің, басқа да әскерлері мен әскери құралымдарының саптық жарғысында (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33970 болып тіркелген) айқындалған элементтерді орындауға мүмкіндік беретін арнайы жабдықталған алаңдарда (саптық плацта) өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Жас айбындардың жалпы дене шынықтыру дайындығы бойынша практикалық сабағы ағымдағы метеорологиялық жағдайға байланысты далада сабақ өткізуге мүмкіндік беретін арнайы жабдықталған, оның ішінде кедергілер жолағы бар алаңдарда, спорт залдарында және жабық үй-жайларда өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас айбындардың жалпы дене шынықтыру дайындығы бойынша практикалық сабағы әскери-қолданбалы бағытты, оның ішінде кедергілер жолағынан өтуді, жауынгерлік өнерді үйретуді көздейді. Жалпы дене шынықтыру дайындығы сабағын тиісті бейіндегі мамандар өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. ӘШДД ұйымдарында жыл сайын жас айбындар үшін Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушының 2014 жылғы 21 қарашадағы № 103 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Қазақстан Республикасының Әділет министрлігінде № 9988 болып тіркелген) Қазақстан Республикасы халқының дене шынықтыру даярлығына президенттік тестілерін өткізу қағидаларына сәйкес дене шынықтыру дайындығы нормативтерін тапсыру ұйымдастырылады және жүргізіледі. Президенттік тестілерді тапсыру нәтижесі бойынша нормативтерді орындаған жас айбындарға дене шынықтыру дайындығы сертификаты (дәрежесі бойынша) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әскери іс, әскери қызмет, тактикалық даярлық, оқ ату, саптық даярлық, радиациялық, химиялық және биологиялық қорғау негіздері, бейіндік даярлық бағыты бойынша сабақ әскери даярлық бойынша интерактивті сабақ жинағы бар үш өлшемді симуляторды пайдаланып өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Медициналық білім мен тіршілік әрекеті қауіпсіздігі негіздері бойынша сабақты медицина саласындағы маман немесе медициналық даярлықтан өткені туралы тиісті сертификаты болған кезде ӘШДД оқытушысы өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Жас айбындардың үлгерімін бақылау мынадай нысанда жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ағымдағы (жартыжылдық) бақылау (сұрау, үй тапсырмаларын тексеру, сабақтағы үлгерімін қадағалау);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аралық (жылдық) бақылау (бақылау жұмысы, тестілер, бағдарламаның жеке бөлімдері бойынша сынақ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қорытынды аттестаттау (оқу қорытындысы бойынша) (кешенді емтихан, бітіру біліктілік жұмысын орындау).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізу нысандары мен тәртібі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Аралық және қорытынды аттестаттау нәтижесі бойынша ӘШДД ұйымдарында жас айбындар үлгерімінің рейтингісі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Оқу жылы аяқталғаннан кейін ӘШДД ұйымдарында ұзақтығы күнтізбелік 5 күн (30 оқу сағаты) болатын ӘШДДОС өткізіледі. ӘШДДОС іс жүзінде оқытып-үйрету және жас айбындардың ӘШДД теориялық курсын оқыған кезде меңгерген әдістемелік дағдыларын жетілдіру мақсатында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. ӘШДДОС, егер мұндай мүмкіндік болса, жас айбын ата-анасының (заңды өкілдердің) келісімі болған кезде әскери оқу орындары, ҚР ҚК-нің, басқа да әскерлері мен әскери құралымдарының әскери бөлімдері базасында өткізіледі. Мұндай мүмкіндік болмаған жағдайда ӘШДДОС әскери-патриоттық қоғамдық бірлестіктер, спорт-сауықтыру лагерьлері базасында немесе білім беру ұйымдары жанынан ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. ӘШДДОС барысында жас айбындар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери қызметшілердің орналасуын және тұрмысын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қарауылдық және ішкі қызметтерді ұйымдастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) саптық, оқ ату, тактикалық, дене шынықтыру және әскери-медициналық даярлық элементтерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әскерлерді радиациялық, химиялық және биологиялық қорғау мәселелерін зерделейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. ӘШДДОС:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лагерьлік жиынды (шатырлар мен жағдай болғанда – шатырлы қалашықты) өрістетуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тактикалық кедергілер жолағынан өтуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскери-қолданбалы бағыттағы нормативтерді, жекпе-жек ұрыс элементтерін орындауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) саптық даярлық және бөлімшелердің қозғалуы бойынша нормативтерді орындауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сақшының міндеттерін орындау бойынша практикалық іс-қимылды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пневматикалық қарудан немесе лазерлік тирде атуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Калашников автоматының макетін жинауды-бөлшектеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) алғашқы дәрігерге дейінгі көмек көрсетуді және шартты түрде жараланған адамды жеткізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жеке радиациялық, химиялық және биологиялық қорғау құралдарын іс жүзінде қолдануды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) азаматтық және аумақтық қорғаныс негіздерін, төтенше жағдай кезінде және соғыс жағдайында іс-қимылды іс жүзінде меңгеруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қашықтыққа марш жасауды (жағдай болғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) оқ ату, тактикалық, саптық, дене шынықтыру және әскери-медициналық даярлық бойынша байқау және қорытынды сынақты қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. ӘШДДОС кезінде жеке құрамның болуын тексеруді, таңертеңгі дене шынықтыру жаттығуларын, сабақ пен сынақты, қорытынды шығаруды, әскери-патриоттық іс-шараларды ескеріп, күн тәртібі қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. ӘШДД ұйымы әскери білім беру мәселелеріне жееткшілік ететін ҚР ҚМ құрылымдық бөлімшесі жіберетін жас сарбаздарды әскери-патриоттық тәрбиелеу жөніндегі негізгі іс-шаралар жоспарын ескеріп, тәрбие және әскери-патриоттық жұмыс жоспарын (бұдан әрі – ТӘПЖ жоспары) әзірлейді. ТӘПЖ жоспарын ӘШДД басталғанға дейін 5 жұмыс күнінен кешіктірмей ӘШДД ұйымының басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. ТӘПЖ жоспарына мынадай бөлімдер енгізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери-патриоттық жұмыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақпараттық-тәрбие жұмысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көшбасшылық қасиеттерді тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) идеологиялық жұмыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мәдени-демалыс жұмысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) психологиялық жұмыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) имидждік жұмыс және қоғаммен байланыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. ӘШДД бойынша қосымша білімнің білім беру бағдарламасын толық көлемде меңгерген жас айбындарға ӘШДД ұйымының басшысы салтанатты жағдайда өткен бағдарлама бойынша пәндер, баға мен сағат саны көрсетілген ӘШДД-дан өткені туралы сертификат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. ӘШДД бойынша қосымша білімнің білім беру бағдарламасын меңгерген жас айбындарға "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жеңілдіктер беріледі. Қосымша білімнің білім беру бағдарламасын меңгерген жас айбындарды есепке алу "Азаматтарды әскерге шақыруға дейінгі даярлықты жүзеге асыратын ұйымдардың тізілімі" ақпараттық жүйесінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. ӘШДД бойынша толық курсты аяқтаған азаматтардың тізімін ӘШДД ұйымдарының басшылары азаматтардың тіркелген орны бойынша жергілікті әскери басқару органына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы "___" ______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№_____ бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрнекі үгіт-насихат құралдарының ең аз тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы мемлекеттік туының, елтаңбасының, гимнінің, ҚР ҚК эмблемасының бейнесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери анттың мәтіні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери қызметшілердің құқықтары мен міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарулы Күштердің құрылымы туралы ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері Жоғарғы Бас Қолбасшысының портреті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сағадат Нұрмағамбетовтің, Бауыржан Момышұлының, Шоқан Уәлихановтың, Талғат Бигелдиновтің, Сабыр Рақымовтың портреті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚР ҚМ басшылық құрамының портреті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы азаматтарының әскери қызмет міндеттерін орындау кезіндегі кепілдіктері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпаратты мультимедиялық көрсету құралдары (интерактивті тақта, мультимедиялық проектор, мультимедиялық экран және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы "___" ______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№_____ бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жас айбынның далалық киім нысанының жалпы түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z130" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3162300" cy="4457700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3162300" cy="4457700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас айбынның далалық киім нысаны үшін шевронның жалпы түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2921000" cy="3340100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2921000" cy="3340100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="3378200" cy="3454400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3378200" cy="3454400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сол жақтан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оң жақтан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас айбынның күнделікті киім нысанының жалпы түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4457700" cy="7785100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4457700" cy="7785100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3594100" cy="2374900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3594100" cy="2374900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2819400" cy="2019300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2819400" cy="2019300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас айбынның күнделікті киім нысаны үшін шевронның жалпы түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2794000" cy="3314700"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2794000" cy="3314700"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="3771900" cy="3733800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3771900" cy="3733800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сол жақтан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оң жақтан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас айбынның күнделікті киім нысаны үшін кеудеге тағатын жапсырмалар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5245100" cy="2667000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5245100" cy="2667000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="4483100" cy="2286000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4483100" cy="2286000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оң жақтан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сол жақтан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘШДД-дан теориялық сабақ өткізген уақытта жас айбындар далалық және күнделікті киім нысанына сәйкес келетін киім нысанын киеді (ӘШДД ұйымы басшысының шешімі бойынша). Практикалық сабақта және ӘШДДОС-да киім нысаны — далалық. Салтанатты және әскери-патриоттық іс-шараларда — күнделікті, қара түсті классикалық аяқ киім.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күнделікті уиім нысаны бас киімінің түрі (берет немесе кепка) ӘШДД ұйымы басшысының шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы "___" ______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№_____ бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z142" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қосымша білім беру бағдарламалары бойынша әскери дайындық қағидалары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+        <w:t xml:space="preserve"> ӘШДД бойынша ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізу нысаны мен тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z143" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z144" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Осы тәртіп қосымша білімнің білім беру бағдарламалары шеңберінде ӘШДД бойынша ағымдағы бақылауды, аралық және қорытынды аттестаттауды (бұдан әрі – аттестаттау) өткізу нысаны мен тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z145" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Аттестаттау мақсаты – жас айбындардың білім беру бағдарламасын меңгеру деңгейін бағалау, білім мен дағдылардағы олқылықтарды анықтау, сондай-ақ оларды оқу қызметіне ынталандыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z146" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ағымдағы бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z147" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1. Мақсаты: оқу процесі барысында пәндердің (модульдердің) нақты тақырыптары мен бөлімдері бойынша оқу материалын меңгеру дәрежесін айқындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z148" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2. Нысаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z149" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауызша сұрау: практикалық сабақ, семинар, дәріс өткізу барысында білімін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z150" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жазбаша жұмыс: тест, реферат, эссе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z151" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық тапсырмалар: практикалық дағдыларды пысықтауға бағытталған тапсырмаларды орындау (мысалы, Калашников автоматын бөлшектеу-жинау, алғашқы көмек көрсету, РХБҚ құралдарын кию, жергілікті жерде бағдарлану).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z152" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үй тапсырмасының орындалуын тексеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z153" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сабақтағы жұмысты бағалау: белсенділікті, жауаптардың дұрыстығын, тапсырмалардың орындалуын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z154" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3. Өткізу тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z155" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы бақылауды ӘШДД оқытушысы оқу кезеңінің барлық мерзімі ішінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z156" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы бақылау нәтижелері аралық аттестаттауға баға қою кезінде ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z157" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аралық аттестаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z158" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Мақсаты: оқу пәнін (модулін) зерделеу аяқталған соң оқу материалын меңгеру деңгейін бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z159" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Нысаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z160" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынақ: ауызша немесе жазбаша сұрау, практикалық тапсырманы орындау түрінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z161" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Өткізу тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z162" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық аттестаттауды өткізу нысаны оқу жоспарында және оқу пәнінің (модульдің) жұмыс бағдарламасында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z163" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық аттестация нәтижелері балдық жүйе бойынша (бағалау өлшемшартына сәйкес) немесе "сынақ", "сынақтан өтпеді" деп бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z164" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қорытынды аттестаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z165" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Мақсаты: білім алушылардың жалпы ӘШДД бағдарламасын толық меңгеру деңгейін бағалау, алынған білімнің, іскерліктің, дағдылар мен қасиеттердің бағдарламада белгіленген талаптарға сәйкестігін анықтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z166" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Нысаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z167" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кешенді емтихан: ӘШДД бағдарламасының барлық негізгі бөлімдері бойынша теориялық білім мен практикалық дағдыларды тексеруді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z168" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3. Өткізу тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z169" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттауға ӘШДД бағдарламасының барлық оқу пәні (модулі) бойынша аралық аттестаттаудан сәтті өткен білім алушылар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z170" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау комиссиясының құрамын бағдарламаны іске асыратын ұйымның басшысы бекітеді. Комиссия құрамына ӘШДД оқытушылары, ӘШДД ұйымының өкілдері, сондай-ақ, мүмкін болса, әскери бөлімдердің (мекемелердің) өкілдері енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z171" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кешенді емтиханға арналған емтихан билеттерін (сұрақтарды) ӘШДД оқытушылары әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z172" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау нәтижелері балдық жүйе бойынша (бағалау өлшемшартына сәйкес) бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z173" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттаудан сәтті өткен білім алушыларға ӘШДД-дан өткенін растайтын құжат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z174" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қайта тапсыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z175" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Аралық немесе қорытынды аттестаттау нәтижелері бойынша қанағаттанарлықсыз баға алған білім алушылар қайта тапсырудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z176" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Қайта тапсыру тәртібі мен мерзімін ӘШДД бағдарламасын іске асыратын ұйым айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z177" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Құжаттама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z178" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.1. Аттестаттаудың барлық түрінің нәтижелері тиісті құжаттарда (үлгерім журналдарында, емтихан ведомостарында, қорытынды аттестаттау хаттамаларында және т.с.) тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z179" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.2. Аттестатау бойынша құжаттама ӘШДД бағдарламасын іске асыратын ұйымда белгіленген тәртіппен сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z180" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z181" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тәртіп үлгілік болып табылады және нақты ӘШДД білім беру бағдарламасының және оны іске асыратын ұйымның ерекшеліктеріне қарай бейімделуі мүмкін. Аттестаттаудың барлық кезеңдерін нақты регламенттеу және ақпаратты оқыту басталғанда білім алушылардың назарына жеткізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z182" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-кесте. Жас айбындардың рейтингісі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) (ТАӘ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ЖСН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Теориялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саптық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дене </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дайындығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әскери-қолданбалы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртібі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сабаққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қатысуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әскери-патриоттық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іс-шараларға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қатысуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағалауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жиынтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рейтингілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z183" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанға түсіндірме:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z184" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә.: жас айбынның тегі, аты және әкесінің аты толық көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z185" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған күні: жас айбынның туған күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z186" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН: жас айбынның жеке сәйкестендіру нөмірі көрсетіледі (ЖСН-нің сақталуы мен пайдаланылуы дербес деректерді қорғау туралы ҚР заңнамасының талаптарына сәйкес келуге тиіс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z187" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау өлшемшарты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z188" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әр бағанда жас айбынның тиісті өлшемшарт бойынша алған балы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z189" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы балл:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z190" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық өлшемшарт бойынша балл жиынтығы ретінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z191" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рейтинг:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z192" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалпы балл негізінде айқындалады. Ең көп балл жинаған жас айбындар бірінші, екінші және үшінші жүлделі орындарды иеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z193" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: бұл бағанда қосымша ақпарат көрсетілуі мүмкін, мысалы, жас айбынның ерекше жетістіктері туралы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z194" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл нысан үлгілік болып табылады және нақты білім беру бағдарламасының және оны іске асыратын ұйымның ерекшеліктеріне қарай бейімделуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы "___" ______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№_____ бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z196" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...964 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+        <w:t xml:space="preserve"> Жас айбындардың ӘШДД бойынша жеке рейтингісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z198" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘШДД бағдарламасын іске асыратын ұйым: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру бағдарламасы: _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылы: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобы: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z203" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Бағалау өлшемшарттары: *</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Теориялық даярлық: _____ (ең жоғары 30 балл);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z205" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Саптық даярлық: _____ (ең жоғары 10 балл);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z206" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Дене шынықтыру дайындығы: _____ (ең жоғары 10 балл);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z207" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Әскери-қолданбалы даярлық: _____ (ең жоғары 20 балл);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z208" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Тәртібі мен сабаққа қатысуы: _____ (ең жоғары 10 балл);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Әскери-патриоттық іс-шараларға қатысуы: _____ (ең жоғары 20 балл);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z210" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қосымша балл: (үздік білім көрсететін, белсенді көшбасшылық ұстаным танытқан жас айбындар қосымша балмен көтермеленуі мүмкін) _____ (5-тен 50 баллға дейін).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z211" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жиыны: _____ (ең жоғары 150 балл).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас айбынның рейтингісі: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2629,35 +12220,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>