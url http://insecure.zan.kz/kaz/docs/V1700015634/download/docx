--- v0 (2025-10-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72b6ea5" w14:textId="72b6ea5">
+    <w:p w14:paraId="2ceae10" w14:textId="2ceae10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1537,88 +1537,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z85" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Бұрын мерзімді әскери қызмет өткермеген және әскери оқу орындарынан оқудан шығарып жіберілген, жиырма алты жасқа толмаған курсанттар мен кадеттер әскерге шақырылушылардың әскери есебіне қою үшін жергілікті әскери басқару органдарына жіберіледі және белгіленген тәртіппен мерзімді әскери қызметке шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 6-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Үлгермеушілігі бойынша ӘОО-дан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Үлгермеушілігі бойынша ӘОО-дан оқудан шығарып жіберу білім беру сапасын бағалау (мониторингтеу) бөлімі бастығының баянаты бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Баянат ӘОО бастығының атына осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1693,150 +1775,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Оқу үлгерімі бойынша ӘОО-дан оқудан шығарып жіберуге мынадай білім алушылар ұсынылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасы Қорғаныс министрінің 2016 жылғы 22 қаңтардағы № 32 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13264 болып тіркелген) бекітілген Қазақстан Республикасының Қорғаныс министрлігіне ведомстволық бағынысты әскери оқу орындарында білім алушылардың үлгеріміне ағымдағы бақылау, оларға аралық және қорытынды аттестаттау жүргізу қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, академиялық берешегі бар және оны жаңа академиялық кезең басталғанға дейін жоймаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) білім беру бағдарламасының талаптарын орындамаған" ретінде қорытынды аттестаттаудан өтпегендер (яғни дипломдық жұмысты (жобаны), магистрлік диссертацияны (жобаны) қорғау кезінде немесе кешенді емтиханды тапсыру кезінде 50 балдан аз алуы, қорытынды аттестаттауға рұқсатнаманың болмауы, қорытынды аттестаттауға дәлелсіз себептермен келмеу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұшпайтын мамандығында оқуын жалғастыруға ниет білдірмеген кезде ұшуға жіберуге жерүсті даярлығын тапсырмаған ұшқыш мамандықтарының курсанттары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1919,70 +2001,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. ӘОО бастығы үш жұмыс күні ішінде персоналмен жұмыс бөлімшесіне тиісті материалдарды дайындауды тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2001,168 +2083,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Персоналмен жұмыс жөніндегі бөлімше үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) курсанттар (ұландар, кадеттер) үшін – білім алушыны оқудан шығарып жіберу туралы бұйрық шығарады және курсанттардың (кадеттердің) жеке ісін білім алушы келген ЖӘБО-ға жолдайды, ал ұланның жеке ісін ата-анасының (заңды өкілдерінің) қолына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) магистранттар мен докторанттар үшін – оқудан шығарып жіберу туралы ұсынымды Қазақстан Республикасы Қорғаныс министрлігінің кадрлар органына Қазақстан Республикасы Қорғаныс министрінің бұйрығына қосу үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Өзінің бастамасы бойынша ӘОО-дан оқудан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Өзінің бастамасы бойынша оқудан шығарып жіберу үшін білім алушы ӘОО-дан шығарып жіберу себептерін түсіндірумен баянат жазады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. ӘОО бастығы үш жұмыс күні ішінде персоналмен жұмыс бөлімшесіне тиісті материалдарды дайындауды тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2181,468 +2263,468 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Персоналмен жұмыс жөніндегі бөлімше үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) курсанттар (ұландар, кадеттер) үшін – білім алушыны оқудан шығарып жіберу туралы бұйрық шығарады және курсанттардың (кадеттердің) жеке ісін білім алушы келген ЖӘБО-ға жолдайды, ал ұланның жеке ісін ата-анасының (заңды өкілдерінің) қолына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) магистранттар мен докторанттар үшін – оқудан шығарып жіберу туралы ұсынымды Қазақстан Республикасы Қорғаныс министрлігінің кадрлар органына Қазақстан Республикасы Қорғаныс министрінің бұйрығына қосу үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тәртіпсіздігі бойынша ӘОО-дан оқудан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 Жарлығымен бекітілген Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлері мен әскери құралымдары тәртіптік жарғысының 1-қосымшасында көзделген елеулі тәртіптік теріс қылықтарды бірнеше рет (екі рет және одан да көп) жасаған кезде білім алушылар тәртіпсіздігі бойынша ӘОО-дан оқудан шығарылып жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тәртіпсіздігі бойынша білім алушылардың ӘОО-дан оқудан шығарылып жіберілу ҒК (ПК) хаттамалық отырысының ұсынысы бойынша ӘОО бастығының шешімімен жүргізіледі. Тәртіпсіздігі бойынша оқудан шығарып жіберу мәселесі бойынша ҒК (ПК) отырысында білім алушыны қарау негізі батальон командирінің (факультет бастығының) баянаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. ӘОО бастығы батальон командирінің (факультет бастығының) баянаты негізінде ҒК (ПК) отырысында білім алушыны қарау туралы шешім қабылдайды. ҒК (ПК) отырысында батальон командирі (факультет бастығы) қызметтік карточканы, қызметтік мінездемені, батальонның (факультеттің) лауазымды адамдары өткізген әңгімелесу парақтарын, қызметтік тексеру материалдарын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. ҒК (ПК) қарау нәтижесі бойынша хаттаманы ресімдейді және мынадай шешімдердің бірін қабылдау туралы ӘОО бастығының алдында қолдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) білім алушыға алдағы уақытта тәртіптік теріс қылықтарға жол бермеу туралы ескерту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәртіпсіздігі бойынша оқудан шығарып жіберу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Білім алушыға алдағы уақытта тәртіптік теріс қылықтарға жол бермеу туралы ескертілсін" деген шешім:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер білім алушы оқу бағдарламасын жақсы және үздік меңгерген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер білім алушы ӘОО-ның күнделікті және мәдени өмірінің белсенді қатысушысы болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер білім алушы спорттың бір түрі бойынша ӘОО құрама командасының белсенді мүшесі болған жағдайда қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Тәртіпсіздігі бойынша оқудан шығарылсын" деген шешім, егер білім алушы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шарттарға сәйкес келмеген жағдайда қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. ӘОО бастығы "білім алушыға тәртіптік теріс қылықтарға жол бермеу туралы ескертілсін" деген шешім қабылдаған кезде білім алушы ӘОО-да оқуын жалғастырады. Елеулі тәртіптік теріс қылықтар қайта жасалған кезде батальон командирінің (факультет бастығының) баянаты негізінде әскери қызметші ҒК отырысында қаралады және тәртіпсіздігі бойынша оқудан шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. ӘОО бастығы үш жұмыс күні ішінде ҒК (ПК) хаттамасын бекітеді және персоналмен жұмыс бөлімшесіне тиісті материалдарды дайындауды тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналмен жұмыс жөніндегі бөлімше үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) курсанттар (ұландар, кадеттер) үшін – білім алушыны оқудан шығарып жіберу туралы бұйрық шығарады және курсанттардың (кадеттердің) жеке ісін білім алушы келген ЖӘБО-ға жолдайды, ал ұланның жеке ісін ата-анасының (заңды өкілдерінің) қолына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) магистранттар мен докторанттар үшін – оқудан шығарып жіберу туралы ұсынымды Қазақстан Республикасы Қорғаныс министрлігінің кадрлар органына Қазақстан Республикасы Қорғаныс министрінің бұйрығына қосу үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2661,324 +2743,324 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Әскери қызметтен теріс себептер бойынша шығарумен байланысты ӘОО-дан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Әскери қызметтен теріс себептер бойынша шығарумен байланысты ӘОО-дан оқудан шығарып жіберу Заңның 26-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Әскери қызметтен шығару тәртібі Қазақстан Республикасы Президентінің 2006 жылғы 25 мамырдағы № 124 Жарлығымен бекітілген Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында әскери қызмет өткеру ережелеріне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Әскери қызметтен денсаулық жағдайы бойынша шығарылуына байланысты ӘОО-дан оқудан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Денсаулық жағдайы бойынша ӘОО-дан оқудан шығарып жіберілуге Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 22 желтоқсандағы № 716 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 150278 болып тіркелген) бекітілген ҚР ҚК әскери-дәрігерлік сараптама жүргізу қағидаларын және әскери-дәрігерлік сараптама комиссиялары туралы ережеге сәйкес әскери-дәрігерлік комиссиясының (бұдан әрі – ӘДК), дәрігерлік-ұшқыш комиссиясының (бұдан әрі – ДҰК) қорытындысы негізінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әскери қызметке жарамсыз немесе шектеулі жарамды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұшуға оқытып-үйретуге жарамсыз (ұшқыш мамандықтарында білім алушыларға қатысты) деп танылған білім алушылар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Әскери қызметке жарамсыз деп танылған білім алушыларды ӘОО-дан оқудан шығарып жіберу ӘДК қорытындысы негізінде ӘОО бастығының шешімімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘОО бастығы ӘОО-ға ӘДК қорытындысы түскен сәттен бастап үш жұмыс күні ішінде персоналмен жұмыс бөлімшесіне тиісті материалдарды дайындауды тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналмен жұмыс жөніндегі бөлімше үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) курсанттар (ұландар, кадеттер) үшін – білім алушыны оқудан шығарып жіберу туралы бұйрық шығарады және курсанттардың (кадеттердің) жеке ісін білім алушы келген ЖӘБО-ға жолдайды, ал ұланның жеке ісін ата-анасының (заңды өкілдерінің) қолына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) магистранттар мен докторанттар үшін – оқудан шығарып жіберу туралы ұсынымды Қазақстан Республикасы Қорғаныс министрлігінің кадрлар органына Қазақстан Республикасы Қорғаныс министрінің бұйрығына қосу үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2997,70 +3079,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Денсаулық жағдайы бойынша ұшуға оқуға жарамсыз деп танылған ұшу мамандықтары бойынша білім алушыларды ӘОО-дан шығарып жіберу ДҰК-нің қорытындысы негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘОО бастығы ӘОО-ға ДҰК қорытындысы түскен сәттен бастап үш жұмыс күні ішінде ұшуға оқуға жарамсыз білім алушыны ҒК отырысында қарау туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3115,90 +3197,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘОО бастығы келіп түскен баянатты ҒК отырысында қарау туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. ҒК отырысында батальон командирі қызметтік карточканы, қызметтік мінездемені, әңгімелесу парақтарын және басқа да материалдарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. ҒК ұсынылған құжаттарды қарау нәтижесі бойынша білім алушыға ұшу жұмысымен байланысты емес басқа мамандыққа ауысуды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Білім алушы келіскен жағдайда ҒК оны басқа мамандыққа ауыстыру туралы шешім қабылдайды, хаттаманы ресімдейді және ӘОО бастығына бекітуге ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3253,70 +3335,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. ӘОО бастығы үш жұмыс күні ішінде ҒК хаттамасын бекітеді және персоналмен жұмыс бөлімшесіне оқудан шығару туралы бұйрықты дайындауды тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналмен жұмыс жөніндегі бөлімше білім алушыны оқудан шығарып жіберу туралы бұйрық шығарады және курсанттардың жеке ісін білім алушы келген ЖӘБО-ға жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3353,108 +3435,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Мемлекеттік құпияларды құрайтын мәліметтерге рұқсатнамадан айырылуға байланысты ӘОО-дан оқудан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Мемлекеттік құпияларды құрайтын мәліметтерге рұқсатнамадан айырылуға байланысты ӘОО-дан оқудан шығарып жіберуге Қазақстан Республикасының "Әскери қызмет және әскери қызметшілердің мәртебесі туралы", "Мемлекеттік құпиялар туралы" заңдарының талаптарына сәйкес мемлекеттік құпияларға рұқсатнамадан айырылған білім алушылар ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. ӘОО бастығы қызметтік тергеп-тексеру қорытындысы ұсынылғаннан кейін үш жұмыс күні ішінде білім алушыға мемлекеттік құпияларға рұқсат етуді тоқтату туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналмен жұмыс бөлімшесі үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3527,68 +3609,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Білім алушыға қатысты күдіктінің әрекетін саралау туралы қаулы шығаруға не қылмыс туралы қылмыстық іс бойынша бұлтартпау шарасын қолдануға байланысты ӘОО-дан оқудан шығарып жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тарау алып тасталды - ҚР Қорғаныс министрінің 21.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3632,55 +3714,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>