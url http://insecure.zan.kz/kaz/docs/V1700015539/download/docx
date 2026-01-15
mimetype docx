--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1797555" w14:textId="1797555">
+    <w:p w14:paraId="c2fb0c6" w14:textId="c2fb0c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1557,95 +1557,337 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Комиссияның отырыстары комиссияның төрағасы бекітетін жұмыс жоспарына сәйкес өткізіледі және хаттамамен ресімделеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Іріктеу кезеңінен өту нәтижесімен келіспеген әскери қызметші бір жұмыс күнінің ішінде комиссияның төрағасына жазбаша өтінішпен (еркін түрде) жүгінеді.</w:t>
+        <w:t xml:space="preserve">
+      9. Іріктеу комиссиясының шешімімен келіспеген әскери қызметші шағымды Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>92-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерде комиссияға береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      Комиссияның хаттамасымен ресімделген өтініштің мәнісі бойынша шешімі өтініш келіп түскен күннен бастап бір жұмыс күні ішінде шығарылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия шағым келіп түскен күннен бастап бір жұмыс күні ішінде оны апелляциялық комиссияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын комиссия бір жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын қолайлы әкімшілік акт қабылдаса, әкімшілік әрекет жасаса, шағымды апелляциялық комиссияға жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссияның шағымды қарау мерзімі шағым келіп түскен күннен бастап жиырма жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іріктеу нәтижелері бойынша бірыңғай талаптарды сақтауды қамтамасыз ету және даулы мәселелерді шешу мақсатында Қазақстан Республикасы Қорғаныс министрінің бұйрығымен іріктеу жылының 10 шілдесіне дейін апелляциялық комиссия құрылады. Комиссия құрамына кандидаттарға қатысты конкурстық іріктеу нәтижелері бойынша бағалауға және шешім қабылдауға қатысқан адамдар кіре алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссия әскери қызметшілермен жеке тәртіппен жұмыс істейді. Шағымдарды қарау кандидатты іріктеу кезеңдері нәтижелерінің материалдары бойынша жүзеге асырылады. Кандидаттың апелляциялық комиссия отырысына келмеуі шағымды мәнісі бойынша қарауға кедергі болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссияның шешімі комиссия мүшелерінің жалпы санынан көпшілік дауыс берумен қабылданады. Дауыстар тең болғанда апелляциялық комиссия төрағасының дауысы шешуші болып табылады. Апелляциялық комиссияның жұмысы төраға және барлық комиссия мүшесі қол қоятын хаттамамен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас тартылған жағдайда алдын ала хаттаманың жобасы әскери қызметшілерге алдын ала хаттама бойынша ұстанымын білдіруге мүмкіндік беру үшін тыңдауды өткізу нысаны, уақыты мен орны туралы хабарламамен бірге әскери қызметшіге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алдын ала хаттама жобасымен хабарлама шағымды қарау мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери қызметші алдын ала хаттама жобасын алған күннен бастап 2 (екі) жұмыс күнінен кешіктірмей алдын ала хаттаманың жобасына қарсылығын ұсынады немесе айтады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери қызметшінің алдын ала хаттама жобасына қарсылықтары болмағанда апелляциялық комиссия төраға және барлық комиссия мүшесі қол қойған қорытынды хаттаманы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Комиссияның оқуға іріктеу немесе одан бас тарту туралы шешімі әскери қызметшілердің сауалнамалық деректерін көрсете отырып, ҚР ҚМ құрылымдық бөлімшесіне ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1664,148 +1906,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Әскери қызметшілер, оларға қатысты бөлігінде комиссияның шешімдерімен жазбаша танысады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери қызметшілер комиссияның шешіміне сот тәртібінде шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Комиссияның мүшелері іріктеу ақпаратына қатысты қатаң құпиялылықты сақтайды және бөгде адамдардың құжаттарға толық қолжетімділігінің болмауын қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Іріктеу тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Іріктеу тәртібі</w:t>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Кәсіби іріктеу және шетелдік ӘОО-лар талаптарына жауап беретін жоғары әскери білімнің білім беру бағдарламаларын іске асыратын шетелдік ӘОО-ларға әскери қызметшілерді іріктеу үш кезеңде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірінші кезеңде – осы Қағидалардың 3-тармағында көрсетілген келіп түскен құжаттар негізінде әскери қызметшілердің тізімдері қалыптастырылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1950,70 +2192,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Іріктеудің әрбір кезеңінен тек бір рет өтуге рұқсат етіледі. Алдыңғы кезеңнен өтпеген әскери қызметші келесі кезеңге жіберілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2042,354 +2284,354 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Шетелдік ӘОО денсаулық жағдайына анағұрлым жоғары медициналық талаптар қойған жағдайда әскери қызметшілер Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 21 желтоқсандағы № 716 бұйрығымен бекітілген Қазақстан Республикасының Қарулы Күштерінде әскери-дәрігерлік сараптаманы жүргізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21869 болып тіркелген) сәйкес кезектен тыс медициналық куәландыруға жіберілуге тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Нәтижелері шетелдік ӘОО-ларға жіберу туралы Қазақстан Республикасы Қорғаныс министрінің бұйрығын шығару үшін негіз болып табылатын іріктеу қорытындылары хаттамамен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 133</w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 17.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
-[...15 lines deleted...]
-      17. Нәтижелері шетелдік ӘОО-ларға жіберу туралы Қазақстан Республикасы Қорғаныс министрінің бұйрығын шығару үшін негіз болып табылатын іріктеу қорытындылары хаттамамен ресімделеді.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Егер шетелдік ӘОО-ға қабылдау шарттары осы Қағидаларда көрсетілген қабылдау шарттарынан өзгеше болған жағдайда, іріктеу Қазақстан Республикасының халықаралық келісімдері мен келісімшарттары, сондай-ақ оқуға шақырулар негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...73 lines deleted...]
-      18. Егер шетелдік ӘОО-ға қабылдау шарттары осы Қағидаларда көрсетілген қабылдау шарттарынан өзгеше болған жағдайда, іріктеу Қазақстан Республикасының халықаралық келісімдері мен келісімшарттары, сондай-ақ оқуға шақырулар негізінде жүргізіледі.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдаушы тарап іріктеуден өткен оқуға түсушімен қабылдаушы тараптың талаптарына сәйкестігіне әңгімелесу және/немесе емтихан өткізеді. Оқуға түсуде әңгімелесу және/немесе емтиханның нәтижелері шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Іріктелген әскери қызметшілерді шетелдік ӘОО-ларға жіберу Қазақстан Республикасы Қорғаныс министрінің бұйрығымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Әскери қызметшілерді оқуға жіберу туралы бұйрықтан үзінді көшірмелер әскери қызметшілер іріктелген ҚР ҚМ ӘОО-ларының кадр органдарына жіберіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚР ҚМ ӘОО-ның кадр органы шетелдік ӘОО-да оқу үшін іріктелген әскери қызметшімен ҚР ҚМ ӘОО-ға оқуға түсу кезінде жасасылған әскери қызмет өткеру туралы келісімшартқа Қазақстан Республикасы Қорғаныс министрінің бұйрығына сілтеме жасаумен одан әрі шетелдік ӘОО-ға оқуға жіберілгені туралы жазба жасайды. Енгізілген жазба іріктелген әскери қызметшіге қолтаңбасын қойғызумен жеткізіледі және жеке ісіне қоса тігіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Шетелдік ӘОО-ларда оқуды жалғастыру үшін іріктелген әскери қызметшілер ҚР ҚМ ӘОО жеке құрамының тізімдерінде есепке алынады. Әскери қызметшілер Қазақстан Республикасының халықаралық шарттарына және келісімшарттарға, сондай-ақ оқуға шақыруға сәйкес ризықтың тиесілі түрлерімен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 17.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2404,51 +2646,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21-1. Жоғары білім беру бағдарламасын іске асыратын шетелдік ӘОО-лардан оқудан шығарылған әскери қызметшілер жеке құрам тізімдерінде есепте тұрған ҚР ҚМ ӘОО-ға келеді. ҚР ҚМ ӘОО-да оқудан шығарылған әскери қызметші "Қазақстан Республикасы Қорғаныс министрлігінің әскери оқу орындарынан шығарып жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 7 тамыздағы № 419 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2463,51 +2705,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15634 болып тіркелген) және "Қазақстан Республикасының Қорғаныс министрлігіне ведомстволық бағынысты әскери оқу орындарына ауыстыру және қайта қабылдау қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2016 жылғы 22 қаңтардағы № 37 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13239 болып тіркелген) сәйкес одан әрі оқу туралы шешім қабылдау үшін ғылыми кеңестің отырысына ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2526,70 +2768,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Жоғары оқу орнынан кейінгі білім беру бағдарламаларын іске асыратын шетелдік ӘОО-ларға оқуға іріктелген әскери қызметшілер Қазақстан Республикасының Тұңғыш Президенті – Елбасы атындағы ұлттық қорғаныс университеті бастығының өкіміне қабылданады және шетелдік ӘОО-ларға адъюнктар ретінде қабылдану үшін жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2699,68 +2941,68 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="39"/>
+    <w:bookmarkStart w:name="z20" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № ____ ХАТТАМА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3705,55 +3947,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>