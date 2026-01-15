--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18dd184" w14:textId="18dd184">
+    <w:p w14:paraId="f132b54" w14:textId="f132b54">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -838,3918 +839,2998 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында əскери-техникалық жəне өзге де мамандықтар бойынша əскерге шақырылушыларды, əскери міндеттілерді жинау, оларды жіберу жəне өтеусіз жəне өтеулі негіздерде оқыту, оқу-тəрбие процесін ұйымдастыру қағидалары, сондай-ақ оқу мерзімдері</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында әскери-техникалық және өзге де мамандықтар бойынша әскерге шақырылушыларды, әскери міндеттілерді жинау, оларды жіберу және өтеусіз және өтеулі негіздерде оқыту, оқу-тәрбие процесін ұйымдастыру қағидалары, сондай-ақ оқу мерзімі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z8" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Қорғаныс министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z9" w:id="12"/>
-[...15 lines deleted...]
-      1. Осы Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында əскери-техникалық жəне өзге де мамандықтар бойынша əскерге шақырылушыларды, əскери міндеттілерді жинау, оларды жіберу жəне өтеусіз жəне өтеулі негіздерде оқыту, оқу-тəрбие процесін ұйымдастыру, сондай-ақ оқу мерзімдері қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында (бұдан әрі – мамандандырылған ұйымдар) əскери-техникалық жəне өзге де мамандықтар бойынша əскерге шақырылушыларды, əскери міндеттілерді жинау, оларды жіберу жəне өтеусіз жəне өтеулі негіздерде оқыту, оқу-тəрбие процесін ұйымдастыру тәртібін, сондай-ақ оқу мерзімдерін айқындайды.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында әскери-техникалық және өзге де мамандықтар бойынша әскерге шақырылушыларды, әскери міндеттілерді жинау, оларды жіберу және өтеусіз және өтеулі негіздерде оқыту, оқу-тәрбие процесін ұйымдастыру қағидалары (бұдан әрі – Қағидалар), сондай-ақ оқу мерзімі Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарына (бұдан әрі – мамандандырылған ұйым) əскери-техникалық жəне өзге де мамандықтар бойынша əскерге шақырылушыларды, əскери міндеттілерді жинау, оларды жіберу жəне өтеусіз жəне өтеулі негіздерде оқыту, оқу-тəрбие процесін ұйымдастыру тәртібін, сондай-ақ оқу мерзімін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z10" w:id="13"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда мынадай ұғымдар қолданылады:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қазақстан Республикасы Қорғаныс министрлігінің жұмылдыру ресурсы автоматтандырылған жүйесінің интеграциялық шлюзі" ақпараттық жүйесі (бұдан әрі – "ҚР ҚМ ЖРАЖ ИШ" АЖ) – әскери есепке алуды автоматтандыруға және мемлекеттік қызмет көрсетуге арналған ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z117" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқу-материалдық база – мамандықтар бойынша әскери-техникалық және өзге де мамандарды даярлауды қамтамасыз ететін материалдық және техникалық құралдар, ғимараттар мен құрылысжай кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z118" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) оқу-жаттығу материалдық база – мамандықтар бойынша әскери-техникалық және өзге де мамандарды даярлауды қамтамасыз ететін материалдық және техникалық құралдардың, ғимараттар мен құрылыстардың кешені. </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="15"/>
+      3) өзіндік даярлық – оқып-үйренуші құрамның мамандық бойынша теориялық білім деңгейін, педагогикалық шеберлігін арттырудың негізгі әдісі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z119" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де әскери мамандықтар бойынша оқыту Қазақстан Республикасы Қарулы Күштерінің қажеттілігіне сәйкес мамандандырылған ұйымдарда өтеусіз негізде және оқытуға арналған шығысты толық немесе ішінара өтеумен өтеулі негізде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z120" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасы Қарулы Күштерінің Бас штабы Қазақстан Республикасы Қарулы Күштерінің әскери-техникалық және өзге де мамандарға қажеттілігіне сәйкес алдағы күнтізбелік жылға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Қазақстан Республикасы Қарулы Күштері Бас штабының Ұйымдастыру-жұмылдыру жұмыстары департаменті "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> негізінде әскери бөлімдердің әскери-техникалық және өзге де мамандарға қажеттілігіне сәйкес осы Қағидаларға </w:t>
+      осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті оқу жылына арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында әскери-техникалық және өзге де мамандарды даярлау жоспарын (бұдан әрі – өтеусіз негізде даярлау жоспары) және осы Қағидаларға </w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті жылға арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында өтеусіз негізде әскери-техникалық және өзге де мамандықтар бойынша даярлау жоспарын (бұдан әрі – өтеусіз негізде даярлау жоспары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында әскери-техникалық және өзге де мамандықтар бойынша әскери оқытылған резерв бағдарламасы бойынша өтеулі негізде әскерге шақырылушыларды, әскери міндеттілерді даярлау жоспарын (бұдан әрі – өтеулі негізде даярлау жоспары) әзірлейді.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="17"/>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті жылға арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында өтеулі негізде әскери-техникалық және өзге де мамандықтар бойынша даярлау жоспарын (бұдан әрі – өтеулі негізде даярлау жоспары) әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Алдағы күнтізбелік жылға арналған өтеусіз және өтеулі негізде даярлау жоспарын ағымдағы жылғы 1 желтоқсанға дейінгі мерзімде Қазақстан Республикасының Қорғаныс министрі бекітеді және жоспарлы кезеңге арналған шығысты жоспарлау және жұмысты ұйымдастыру үшін мамандандырылған ұйымға, жергілікті әскери басқару органына (бұдан әрі – ЖӘБО) және бюджеттік бағдарлама іс-шарасына жауапты орындаушыларға жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z122" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бекітілген өтеулі негізде даярлау жоспары "ҚР ҚМ ЖРАЖ ИШ" АЖ-ға енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z123" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мамандандырылған ұйымды жасақтау аумақтық және эксаумақтық қағидат бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z124" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Әскерге шақырылушылар мен әскери міндеттілер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша медициналық куәландыру картасы бойынша Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 21 желтоқсандағы № 716 бұйрығымен бекітілген Әскери-дәрігерлік сараптама жүргізу қағидаларына (бұдан әрі – Әскери-дәрігерлік сараптама жүргізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21869 болып тіркелген) және Әскери-дәрігерлік сараптама комиссиялары туралы ережеге және Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 22 желтоқсандағы № 722 бұйрығымен бекітілген Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлерi мен әскери құралымдарында қызмет өткеру үшiн адамдар денсаулық жағдайына қойылатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21863 болып тіркелген) медициналық куәландырудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z125" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Осы Қағидаларда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскерге шақырылушылар мен әскери міндеттілерді оқыту мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскерге шақырылушыларды қабылдау және өтеусіз негізде оқуға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскерге шақырылушылар мен әскери міндеттілерді қабылдау және өтеулі негізде оқуға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқу-тәрбие процесін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік қызметті көрсету мәселесі бойынша лауазымды адамның шешіміне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) құжаттардың нысандары және оларды жүргізу тәртібі көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Әскерге шақырылушыларды, әскери міндеттілерді жинау тәртібі</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+        <w:t xml:space="preserve"> 2-тарау. Әскерге шақырылушыларды қабылдау және өтеусіз негізде даярлауға жіберу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z127" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Өтеусіз негізде əскери-техникалық жəне өзге де мамандықтар бойынша даярлауға денсаулық жағдайы бойынша əскери қызметке жарамды, он жеті жас алты айдан жиырма алты жасқа дейінгі, даярлықты бітіргеннен кейін мерзімді əскери қызметке шақырылуға жататын немесе жұмылдыру резервіне алынатын азаматтар тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даярлауға қабылдауды ЖӘБО негізгі орта және одан жоғары білімі бар әскерге шақырылушылар қатарынан жүргізеді. Әскерге шақырылушыларды оқуға іріктеу кезінде бұрын алған мамандығы да ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Әскерге шақырылушыларды оқуға іріктеу оқу сабағы басталғанға дейін күнтізбелік он күннен кешіктірілмей аяқталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z129" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Даярлауға іріктеліп алынған әскерге шақырылушылар оқудың басталуына қарай ЖӘБО өкілінің бірге жүруімен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша екі данада жасалған өтеусіз негізде әскери-техникалық және өзге де мамандықтар бойынша даярлауға іріктеліп алынған әскерге шақырылушылардың атаулы тізімі бойынша (бұдан әрі – атаулы тізім) мамандандырылған ұйымға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің бірінші данасы және медициналық куәландыру картасы мамандандырылған ұйымға беріледі, атаулы тізімнің екінші данасы ЖӘБО-да сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Он жеті жас алты айдан он сегіз жасқа дейінгі әскерге шақырылушылардың атаулы тізіміне өтеусіз негізде әскери-техникалық және өзге де мамандықтар бойынша оқуға шарт жасауға олардың заңды өкілінің келісімі қоса тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Әскерге шақырылушыларды оқуға қабылдау атаулы тізім негізінде мамандандырылған ұйым басшысының не оның орнында болатын адамның бұйрығымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z131" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әскерге шақырылушылар оқу бітіргеннен кейін ЖӘБО өкілдерінің бірге жүруімен тұрақты (уақытша) тұратын жеріне кетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z132" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Әскерге шақырылушыларды ЖӘБО-дан мамандандырылған ұйымға және кері қарай жеткізу шығысы өтеусіз негізде әскери-техникалық және өзге де мамандықтар бойынша оқыту құнының калькуляциясына қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z133" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Әскерге шақырылушылар үлгермеушілігі, тәртіпсіздігі, сондай-ақ өз қалауы бойынша мамандандырылған ұйымнан шығарылған жағдайда оқытуға жұмсалған шығынды жасалған шартқа сәйкес, ал бас тартқан жағдайда сот тәртібінде әскерге шақырылушылар өтейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z134" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. ЖӘБО жыл сайын 30 маусымға және 31 желтоқсанға қарай (көктемгі және күзгі әскерге шақыру кезеңі аяқталғаннан кейін) Қазақстан Республикасы Қарулы Күштерінің Бас штабына осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою бойынша қабылданған шаралар туралы ақпарат ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z135" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Оқыту процесінде Қазақстан Республикасы Қарулы Күштерінің Бас әскери-медициналық басқармасы әскери-емдеу мекемелері арқылы оқып-үйренушілерді қажетті дәрі-дәрмекпен қамтамасыз етуді және емдеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z136" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="20"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Әскерге шақырылушылар мен әскери міндеттілерді қабылдау және өтеулі негізде даярлауға жіберу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z137" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Өтеулі негізде әскери-техникалық және өзге де мамандықтар бойынша даярлауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      денсаулық жағдайы бойынша әскери қызметке жарамды әскери міндеттілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жиырма төрт жастан жиырма жеті жасқа дейінгі, денсаулық жағдайы бойынша әскери қызметке жарамды немесе шектеулі жарамды, оның ішінде әскери қызметке шақыру кейінге қалдырылған әскерге шақырылушылар тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Әскерге шақырылушылар мен әскери міндеттілерді қабылдау және өтеулі негізде әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу мемлекеттік қызметін көрсету тәртібінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген мемлекеттік қызметті Қазақстан Республикасының Қорғаныс министрлігі "ҚР ҚМ ЖРАЖ ИШ" АЖ-ны пайдаланып, ЖӘБО (бұдан әрі – көрсетілетін қызметті беруші) арқылы көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Өтеусіз негізде әскерге шақырылушыларды жинау Қазақстан Республикасы Үкіметінің 2012 жылғы 15 мамырдағы № 620 қаулысымен бекітілген Қазақстан Республикасының азаматтарын әскери қызметке шақыруды ұйымдастыру және өткізу </w:t>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      21. "Әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою" мемлекеттік көрсетілетін қызметін алу үшін әскерге шақырылушылар мен әскери міндеттілер (бұдан әрі – көрсетілетін қызметті алушылар) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қызмет көрсету процесінің сипаттамасын, нысанын, мазмұнын және нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын талаптар, сондай-ақ мемлекеттік көрсетілетін қызметті ұсыну ерекшеліктері ескерілген өзге де мәліметтер осы Қағидаларға </w:t>
-[...21 lines deleted...]
-    </w:p>
+      Көрсетілетін қызметті алушы өтінішке осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша медициналық куәландыру картасының электрондық көшірмесін тіркейді. Медициналық куәландыру картасы әскери қызметке жарамдылық дәрежесі туралы қорытындыны алған сәттен бастап 10 жұмыс күні ішінде жарамды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішті ресімдеу алдында портал көрсетілетін қызметті алушының жасы (24 жастан асқан) және жынысы бойынша белгіленген талаптарға сәйкес келуін тексереді. Көрсетілген талаптарға сәйкес келсе, көрсетілетін қызметті алушы оқу кезеңін және оқығысы келетін мамандандырылған ұйымды таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету процесінің сипаттамасы, нысаны, мазмұны мен нәтижесі қамтылатын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі, сондай-ақ оны көрсету ерекшеліктері ескерілген өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде жазылған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы және тұрғылықты жері немесе уақытша болатын жері бойынша тіркелгені туралы мәліметтерді көрсетілетін қызметті беруші мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызметті көрсету нәтижесін алу күнін көрсетіп, өтініштің қабылданғаны туралы не көрсетілетін қызметті алушы толық емес және (немесе) жарамдылық мерзімі өткен құжаттоптамасын ұсынған кезде мемлекеттік қызмет көрсетуге өтінішті қабылдаудан бас тарту туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші құжат түскен күні оны қабылдау, тіркеу және орындау үшін орындаушыға беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орындаушы құжат топтамасының осы Қағидаларда белгіленген талаптарға сәйкес келуін қарауды, мемлекеттік көрсетілетін қызмет нәтижесін басшыға қол қойғызуға дайындауды 1 жұмыс күні ішінде жүзеге асырады (өтініш пен құжаттар қабылданған күн қызмет көрсету мерзіміне кірмейді). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызметті көрсету нәтижесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою туралы хабарлама не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Кезекті оқыту күні басталғанға дейін 12 жұмыс күні бұрын көрсетілетін қызметті беруші 1 жұмыс күні ішінде кезекте тұрған көрсетілетін қызметті алушылардың әскерге шақырылушы немесе әскери міндетті ретінде әскери есепте тұруын тексеруді жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тексерілуші әскери есептен шығарылған не алыпт тасталған жағдайда көрсетілетін қызметті беруші әскерге шақырылушы немесе әскери міндетті болып табылмайтын көрсетілетін қызметті алушыға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу кезегінен шығарылғаны туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының әскерге шақырылушы немесе әскери міндетті ретінде әскери есепте тұруы расталғанда көрсетілетін қызметті беруші оның ұялы байланыс абоненттік құрылғысының телефон нөміріне және "электрондық үкімет" порталындағы пайдаланушының жеке кабинетіне осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әскери-техникалық және өзге де мамандықтар бойынша оқу үшін ақы төлеу қажеттілігі туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. "Әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және басқа да мамандықтар бойынша даярлауға жіберу" мемлекеттік көрсетілетін қызметі көрсетілетін қызметті алушының ұялы байланыс абоненттік құрылғысының телефон нөмірі проактивті форматта порталға тіркелген кезде әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекте тұрған көрсетілетін қызметті алушыға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абоненттік нөмірді порталдың есептік жазбасына қосу Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2016 жылғы 25 қаңтардағы № 58 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13195 болып тіркелген) Ұялы байланыстың абоненттік құрылғысы арқылы электрондық нысанда мемлекеттік және өзге де көрсетілетін қызметтерді алу үшін ұялы байланыс операторы беретін абоненттің абоненттік нөмірін тіркеу және оны "электрондық үкіметтің"веб-порталының есептік жазбасына қосу қағидаларына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету процесінің сипаттамасы, нысаны, мазмұны мен нәтижесі қамтылатын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі, сондай-ақ оны көрсету ерекшеліктері ескерілген өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде жазылған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскери-техникалық және өзге де мамандықтар бойынша оқу үшін ақы төлеу қажеттілігі туралы хабарлама алған көрсетілетін қызметті алушы осы Қағидалардың 22-тармағында көзделген тәртіппен "электрондық үкіметтің" төлем шлюзі арқылы мамандандырылған ұйымның есеп шотына ақша қаражатын аудару арқылы оқу үшін ақы төлейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "ҚР ҚМ ЖРАЖ ИШ" АЖ "электрондық үкіметтің" төлем шлюзінен жауап алғаннан кейін автоматты түрде мемлекеттік қызмет көрсету нәтижесін қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметті көрсету нәтижесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "электрондық үкіметтің" төлем шлюзі арқылы оқуға ақы төленгені расталғанда осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2 жұмыс күні ішінде "электрондық үкіметтің" төлем шлюзінен ақы төленгені расталмағанда осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу кезегінен шығарумен проактивті қызмет көрсетуден бас тарту туралы хабарлама болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсетуден бас тартылған жағдайда көрсетілетін қызметті беруші өтеулі негізде даярлау жоспарында көрсетілген оқыту күні басталғанға дейін 6 жұмыс күні бұрын кейіннен кезекке тұрған көрсетілетін қызметті алушылар бойынша Қағидалардың 22-тармағында көрсетілген іс-шараларды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Оқуға жіберілген көрсетілетін қызметті алушылар осы Қағидалардың 23-тармағына сәйкес мемлекеттік қызмет көрсету нәтижесінде алынған әскери-техникалық және өзге де мамандықтар бойынша даярлауға жолдамада көрсетілген уақытта мамандандырылған ұйымға өздері келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z143" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Әскерге шақырылушылар мен әскери міндеттілерді оқуға қабылдау даярлауға жолдама негізінде мамандандырылған ұйым басшысының бұйрығымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мамандандырылған ұйым басшысының бұйрығы шыққаннан кейін оқу взводтарын толық жасақтауға тек бұрын оқыған және денсаулық жағдайы бойынша оқудан шығарылған әскерге шақырылушылар мен әскери міндеттілер сауыққаннан кейін өзі өтініш берген жағдайда жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Қазақстан Республикасының Қорғаныс министрлігі осы Қағидаларға енгізілген өзгерістер мен (немесе) толықтырулар туралы ақпаратты мемлекеттік тіркелген күннен бастап үш жұмыс күні ішінде Бірыңғай байланыс орталығына, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына, "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымы операторына және ЖӘБО-ға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z145" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...125 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Оқыту және оқу-тәрбие процесін ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z146" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ЖӘБО мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      27. Әскерге шақырылушылар мен әскери міндеттілерді мамандандырылған ұйымда оқыту Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Қарулы Күштері, басқа да әскерлері мен әскери құралымдары жалпыәскери жарғыларының талаптарын ескеріп ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z147" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі осы Қағидаларға </w:t>
-[...21 lines deleted...]
-    </w:p>
+      28. Әскери міндеттілер мен әскерге шақырылушыларды оқыту барлық оқу кезеңі бойы құрамы тұрақты болып қалатын, саны 10 адамнан аспайтын оқу бөлімшелерінен тұратын саны 30 адамнан аспайтын оқу взводтарында ұйымдастырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әрбір оқу бөлімшесінде оқып-үйренушілер қатарынан үлкені тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Әскерге шақырылушылар мен әскери міндеттілерді оқыту Қазақстан Республикасының Азаматтық кодексіне сәйкес мамандандырылған ұйым мен оқып-үйренуші арасында жасалған шарт негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу кезеңінде әскерге шақырылушылар мен әскери міндеттілер далалық киім-кешекпен (маусым бойынша) қамтамасыз етіледі, үш мезгіл тамақтанып және монша-кір жуу қызметі көрсетіліп, тәулік бойы казармада тұрады, ол әскери-техникалық және өзге де мамандықтар бойынша даярлау құнына кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Оқытудың негізгі нысандары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) теориялық сабақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зертханалық және практикалық сабақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) практикалық сабақ (жаттықтыру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) далалық жорық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген оқыту нысандары оқытушының (өндірістік оқыту шеберінің) жетекшілік етуімен оқу пәндері бойынша теориялық білімді меңгерту, бекіту және оқып-үйренушінің зерделенетін қару-жарақ пен техниканы қолдану шеберлігі мен дағдысын пысықтау мақсатында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқытуды ұйымдастыру үшін қажетті жоспарлау, есепке алу, ақпараттық және есеп беру құжаттарын мамандандырылған ұйым әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Әскерге шақырылушылар мен әскери міндеттілерді үлгермеушілігі, тәртіпсіздігі, денсаулық жағдайы бойынша (растайтын құжаттары мен медициналық көрсеткіштері болса), сондай-ақ өз қалауы бойынша мамандандырылған ұйымнан шығару мамандандырылған ұйым басшысының бұйрығымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы ұзақтығы 40 академиялық сағаттан астам сабақта болмаған кезде әскерге шақырылушылар мен әскери міндеттілерді тәртіпсіздігі немесе денсаулық жағдайы бойынша филиалдан шығаруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Тәрбие жұмысы іс-шараларын ұйымдастыру мен жүргізу және әскерге шақырушылар мен әскери міндеттілерге әскери-патриоттық тәрбие беру жөніндегі мақсатқа бағытталған жұмысты мамандандырылған ұйымның және оның жастарға әскери-патриоттық тәрбие беру жөніндегі орынбасары (инспектор) қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмысты ұйымдастыру үшін тәрбие, әлеуметтік-құқықтық және идеологиялық жұмыс жоспары жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Мамандандырылған ұйымда тәрбие жұмысы және әскерге шақырылушылар мен әскери міндеттілерге әскери патриоттық тәрбие беру сабақ кестесінде көзделген сағатта, сондай-ақ күн тәртібінде көзделген сабақтан тыс уақытта жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z153" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Әскери-техникалық және өзге де мамандарды даярлауды ұйымдастыруды жоспарлау алдағы күнтізбелік жылға арналған өтеусіз және өтеулі негізде даярлау жоспарынан үзінді алынған сәттен басталады және кейіннен ағымдағы жылғы 25 желтоқсанға дейін іске асыру үшін орындаушыларға жеткізумен аяқталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z154" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Мамандандырылған ұйымның басшысы күнтізбелік жыл басталар алдында алдағы жылға әскери-техникалық және өзге де мамандарды даярлауды ұйымдастыру туралы бұйрық шығарады, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандандырылған ұйымның алдағы жылда әскери-техникалық және өзге де мамандарды даярлау жөніндегі негізгі міндеттері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алдағы жылда оқу-тәрбие процесін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқытушылармен (өндірістік оқыту шеберлерімен) оқу-әдістемелік сабақ (жиын) өткізу мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ішкі тәртіпті ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жеке құрамға аумақты және оқу-материалдық база объектілерін бекітіп беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) күн тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) педагогикалық кеңес құрамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ішкі тексеру комиссиясының құрамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қызметкерлерді аттестаттау және сыйақы беру жөніндегі комиссияның құрамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) еңбек дауы жөніндегі келісім комиссиясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жол-көлік оқиғасының, жарақаттанудың алдын алу, өрт және экология қауіпсіздігі жөніндегі комиссия құрамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) оқу-тәрбие процесіне қатысты мәселелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бірінші кезеңде мемлекеттік қызмет көрсетуге осы Қағидаларға </w:t>
-[...75 lines deleted...]
-    </w:p>
+      36. Оқу жұмысы мамандандырылған ұйымның әскери-техникалық және өзге де мамандар даярлау жөніндегі қызметінің негізгі түрі болып табылады. Оқу процесі әскери-техникалық және өзге де мамандар даярлау бағдарламасына сәйкес жүзеге асырылады, ол әскери-техникалық және өзге де мамандар даярлаудың ұйымдастырылуын, идеялық-теориялық және іс жүзіндегі мазмұнын, сондай-ақ олар әскери-техникалық мамандық бойынша алатын теориялық білімнің, іс жүзіндегі дағдының ауқымын айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z156" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Сабақтың басталу және аяқталу уақыты, үзілістің ұзақтығы күн тәртібімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z157" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ЖӘБО жасақтау бөлімшесі екі жұмыс күні ішінде ұсынылған материалдардың толықтығын қарайды, қарау нәтижелері бойынша осы Қағидаларға </w:t>
-[...39 lines deleted...]
-    </w:p>
+      38. Негізгі есепке алу құжаттары: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сабақ пен тәрбие жұмысын есепке алу журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) практикалық жұмыс пен көлік жүргізу есепке алынатын жеке кітапша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскерге шақырылушылар мен әскери міндеттілердің қолданыстағы агрегатта жұмыс істеуін есепке алу журналы (карточкасы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қауіпсіздік техникасы бойынша нұсқау беруді есепке алу журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) педагогикалық кеңес отырысының хаттамалары кітабы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Оқу взводының сабағы мен тәрбие жұмысын есепке алу журналы әскери-техникалық және өзге де мамандарды оқу пәндері бойынша даярлау бағдарламасының орындалуын, оқу взводында тәрбие жұмысының жүргізілуін, әскерге шақырылушылар мен әскери міндеттілердің үлгерімі мен сабаққа қатысуын көрсететін негізгі құжат болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z159" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Негізгі есеп беру құжаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бітіру емтихандары хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) емтихан комиссиясының актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бітіру емтихандарының қорытындысы бойынша бұйрықтар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Оқу-жаттығу материалдық базаның негізгі элементтері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу-жаттығу қару-жарағы мен әскери техникасы, зертхана жабдығы, оқу-жаттығу құралдары, компьютерлік техника, техникалық оқыту құралдары, аспап, көрнекі құралдар мен өзге де мүлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дәрісхана (дәріс залы), сынып, кабинет, зертхана, кітапхана, оқытушылар бөлмесі, зертханашылар бөлмесі, қаруды, әскери-техникалық мүлікті сақтауға арналған бөлме және өзге де үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) арнайы оқу-жаттығу кешені, оқу-жаттығу қалашығы (оқ ату, инженерлік, радиополигон), автоайлақ, атыс тирі, саптық плац, спорт қалашығы және жалпыәскери және арнайы даярлық жөніндегі бағдарламаларды пысықтау үшін арналған өзге де объектілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқу-жаттығу шеберханасы, автомобиль гаражы, парк элементтері, әскери техниканы, қаруды, аспапты, әскери оқу-жаттығу және өзге де мүлікті сақтауға арналған қойма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оқулықтар мен оқу құралдары, оқу-әдістемелік құжаттар мен өзге де материалдық және техникалық құралдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Мамандандырылған ұйым қажет болған кезде оқу процесінде Қазақстан Республикасы Қорғаныс министрлігі әскери бөлімдерінің, әскери оқу орындары мен мекемелерінің далалық оқу-жаттығу базасын пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z162" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="25"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Әскери-техникалық және өзге де мамандықтар бойынша оқыту мерзімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z163" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де мамандықтар бойынша оқыту мерзімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтеусіз негізде – оқу кезеңіне кіретін демалыс және мереке күні санын ескеріп, күнтізбелік 90 күннен 100 күнге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтеулі негізде – оқу кезеңіне кіретін демалыс және мереке күні санын ескеріп, күнтізбелік 40 күннен 46 күнге дейін деп белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқып-үйренушілер саны мен оқыту кезеңі осы Қағидалардың 5-тармағына сәйкес әзірленетін өтеусіз және өтеулі негізде даярлау жоспарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z164" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Мамандандырылған ұйым басшысының оқуға қабылдау және одан шығару немесе оқуды аяқтау туралы бұйрығы шығарылған күн оқудың басталуы және аяқталуы болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұйрық жобасы "ҚР ҚМ ЖРАЖ ИШ" АЖ-да әзірленіп, электрондық цифрлық қолтаңбамен қол қойылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Әскерге шақырылушыларды, әскери міндеттілерді медициналық куәландыруды медициналық комиссия Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 21 желтоқсандағы № 716 </w:t>
+      Басшының қолжазба қолтаңбасы қойылып, басылып шығарылған бұйрықтар Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушының 2017 жылғы 29 қыркүйектегі № 263 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының Қарулы Күштерінде әскери-дәрігерлік сараптама жүргізу қағидаларына және Қазақстан Республикасының Қарулы Күштеріндегі әскери-дәрігерлік сараптама комиссиялары туралы ережеге(бұдан әрі – Әскери-дәрігерлік сараптама жүргізу қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21869 болып тіркелген) және Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 22 желтоқсандағы № 722 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15997 болып тіркелген) Сақтау мерзімін көрсете отырып, мемлекеттік және мемлекеттік емес ұйымдар қызметінде жасалатын үлгілік құжаттар тізбесіне сәйкес сақталуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Әскерге шақырылушыларды, әскери міндеттілерді жіберу және оқыту тәртібі </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="27"/>
+        <w:t xml:space="preserve"> 6-тарау. Мемлекеттік қызметті көрсету мәселесі бойынша лауазымды адамның шешіміне, әрекетіне (әрекетсіздігіне) шағымдану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z166" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселесі бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын қолайлы шешім қабылдаса, әрекет жасаса, шағымды қарайтын органға шағымды жібермейді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Мамандандырылған ұйымдар ЖӘБО бірлесіп, кезекті оқу жылына арналған өтеусіз негізде даярлау жоспарынан және өтеулі негізде даярлау жоспарынан үзінді көшірмелерді алғаннан кейін осы Қағидаларға </w:t>
-[...2586 lines deleted...]
-      "Мемлекеттік қызметтер туралы" Заңның 25-бабы </w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
-[...17 lines deleted...]
-      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4811,11615 +3892,1729 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған</w:t>
+              <w:t>мамандандырылған ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында əскери-</w:t>
+              <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық жəне өзге де</w:t>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандықтар бойынша</w:t>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскерге шақырылушыларды,</w:t>
+              <w:t>жəне өзге демамандықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскери міндеттілерді жинау,</w:t>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оларды жіберу жəне өтеусіз</w:t>
+              <w:t>негізде оқыту, оқу-тəрбие</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жəне өтеулі негіздерде</w:t>
+              <w:t>процесін ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқыту, оқу-тəрбие процесін</w:t>
+              <w:t>қағидаларына, сондай-ақ оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдастыру қағидаларына,</w:t>
+              <w:t>мерзіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ оқу мерзімдеріне</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(әскери атағы, қолы, инициалы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен тегі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20__ жылғы ____ ___________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...87 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z168" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...10870 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 __ жылға арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында өтеусіз негізде әскери-техникалық және өзге де мамандықтар бойынша даярлау жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №№</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (ол бар болған кезде)</w:t>
+Мамандық атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған жылы, айы</w:t>
+Казармалық қордың жалпы сыйымдылығы, төсек/орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі</w:t>
+Оқытып-үйретуге жоспарланған адам саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс орны, мамандығы</w:t>
+Қорғаныс істері департаменті-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұдайы (уақытша) тіркеу орны бойынша үй мекенжайы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Оқытып-үйретуге жіберілуге тиіс, адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылдау туралы бұйрықтың №</w:t>
-[...35 lines deleted...]
-Шығарудың қысқаша себептері және бұйрықтың №</w:t>
+оның ішінде оқу кезеңі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ші оқу кезеңі 20 __жылғы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"__" _______ бастап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ші оқу кезеңі 20 __жылғы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"__" _______ бастап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16587,321 +5782,87 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия төрағасы___________________________________________________</w:t>
-[...269 lines deleted...]
-      Ескертпе: Атаулы тізім әліпби бойынша жасалады.</w:t>
+      Қорғаныс министрінің бірінші орынбасары – Қазақстан Республикасы Қарулы Күштері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас штабының бастығы______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы мен тегі)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16937,230 +5898,2622 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қорғаныс министрлігінің </w:t>
+              <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған</w:t>
+              <w:t>мамандандырылған ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында әскери-</w:t>
+              <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">техникалық және өзге де </w:t>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мамандықтар бойынша әскерге </w:t>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шақырылушыларды, әскери </w:t>
+              <w:t>жəне өзге де мамандықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндеттілерді жинау,</w:t>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оларды жіберу және өтеусіз</w:t>
+              <w:t>негізде оқыту, оқу-тəрбие</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және өтеулі негіздерде оқыту,</w:t>
+              <w:t>процесін ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу-тәрбие процесін </w:t>
+              <w:t>қағидаларына, сондай-ақ оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ұйымдастыру қағидаларына, </w:t>
+              <w:t>мерзіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ оқу мерзімдеріне</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-1-қосымша</w:t>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(әскери атағы, қолы, инициалы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен тегі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20__ жылғы ____ ___________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z170" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 __ жылға арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында өтеулі негізде әскери-техникалық және өзге де мамандықтар бойынша даярлау жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандық атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казармалық қордың жалпы сыйымдылығы, төсек/орын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқытып-үйретуге жоспарланған адам саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде оқу кезеңі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорғаныс министрінің бірінші орынбасары – Қазақстан Республикасы Қарулы Күштері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас штабының бастығы______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы мен тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -17171,198 +8524,295 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нысан </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде оқыту, оқу-тəрбие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>процесін ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына, сондай-ақ оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z172" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Медициналық куәландыру  КАРТАСЫ</w:t>
-[...127 lines deleted...]
-      5. Куәландыру нәтижелері:</w:t>
+        <w:t xml:space="preserve"> Медициналық куәландыру КАРТАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тегі, аты, болса әкесінің аты ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Туған күні ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Куәландыру нәтижесі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -17450,92 +8900,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зерттеулер</w:t>
+Зерттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жалпы қан талдауы </w:t>
+              <w:t>
+Жалпы қан талдауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17563,52 +9013,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жалпы несеп талдауы </w:t>
+              <w:t>
+Жалпы несеп талдауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17709,52 +9159,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-ЭКГ зерттеулер </w:t>
+              <w:t>
+ЭКГ зерттеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17782,52 +9232,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Кеуде қуысы ағзаларының флюорографиясы </w:t>
+              <w:t>
+Кеуде қуысы ағзаларының флюорографиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17855,52 +9305,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мұрын қосалқы қуыстарының рентгенограммасы </w:t>
+              <w:t>
+Мұрын қосалқы қуысының рентгенограммасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17928,52 +9378,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Көздің ішкі қысымы </w:t>
+              <w:t>
+Көздің ішкі қысымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18001,52 +9451,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Қанды қантқа талдау </w:t>
+              <w:t>
+Қанды қантқа талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18075,51 +9525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да мәліметтер (зерттеулер)</w:t>
+Басқа да мәліметтер (зерттеу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18147,52 +9597,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бойы/дене салмағы </w:t>
+              <w:t>
+Бойы/дене салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18222,51 +9672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маман дәрігерлер</w:t>
+Маман-дәрігерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18701,340 +10151,384 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Диагноз</w:t>
+Психиатр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагнозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.О.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(комиссия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төрағасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке мөрі)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 22 желтоқсандағы № 722 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген (Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 желтоқсанда № 21863 болып тіркелген) Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлерi мен әскери құралымдарында қызмет өткеру үшiн адамдар денсаулық жағдайына қойылатын талаптардың</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Қазақстан Республикасы Қорғаныс министрінің 20___ ж. "___" ______ № ____ бұйрығымен бекітілген Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында қызмет ету үшін адамдар денсаулық жағдайының сәйкес келуіне қойылатын талаптардың_____ бағаны ___ тармағының _____ тармақшасы негізінде</w:t>
+_____-бағаны _____-тармағының _____-тармақшасы негізінде</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-__________________________</w:t>
+_______________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӘДК төрағасы</w:t>
+_______________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________________________</w:t>
+Комиссия төрағасы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-әскери атағы,</w:t>
+_______________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________________________</w:t>
-[...71 lines deleted...]
-қолы, тегі және инициалдары</w:t>
+қолы, инициалы, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19075,3810 +10569,3154 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
-            <w:r>
-[...53 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
-            <w:r>
-[...53 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде оқыту, оқу-тəрбие процесін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына,</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>5-қосымша</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...157 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оқу жоспарын орындау</w:t>
+        <w:t xml:space="preserve"> Өтеусіз негізде әскери-техникалық және өзге де мамандықтар бойынша даярлау үшін іріктелген әскерге шақырылушылардың атаулы тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жергілікті әскери басқару органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандандырылған ұйым атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ мамандығы бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасақтау үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқудың басталуы _________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқудың аяқталуы_________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...17 lines deleted...]
-        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с№</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Аты, әкесінің аты (болса), тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пән</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Туған жылы, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоспар бойынша сағаттар саны</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="16"/>
+Білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу сағаттарын оқыту айлары бойынша бөлу</w:t>
+Жұмыс орны, мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрақты (уақытша) тіркеу орны бойынша үй мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2124 lines deleted...]
-            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...13 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрамы ___ адамнан тұратын әскерге шақырылушылар тобы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ____ жылғы "___" ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жергілікті әскери басқару органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған ұйымды немесе филиалды жасақтауға жауапты өкілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________қатысуымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалдары, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________ өкілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандандырылған ұйым атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________қабылдады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, инициалдары, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: атаулы тізім әліпбилік ретпен жасалады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="683"/>
-[...16 lines deleted...]
-        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="683" w:type="dxa"/>
-[...574 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде оқыту, оқу-тəрбие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>процесін ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына, сондай-ақ оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z176" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сауалнамалық мәліметтер</w:t>
+        <w:t xml:space="preserve"> 20___жылғы "___" ________ арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою бойынша_______________________________ Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымы қабылдаған шаралар туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасы Қарулы Күштерінің Бас штабына</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректер нысаны www.mod.gov.kz. интернет-ресурсына орналастырылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою бойынша қабылданған шаралар туралы ақпарат. Әкімшілік деректер нысанының индексі (нысан атауының қысқаша әріптік-сандық мәні): Н6-ӘТМ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: көктемгі және күзгі әскерге шақыру аяқталғаннан кейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептік кезең: жыл сайын 30 маусымға және 31 желтоқсанға қарай</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпаратты ұсынатын адамдар тобы: жергілікті әскери басқару органы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсыну мерзімі: 30 маусымнан және 31 желтоқсаннан кешіктірмей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою бойынша қабылданған шаралар туралы ақпарат, осы қосымшаға қоса берілетін "Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою бойынша қабылданған шаралар туралы ақпарат" әкімшілік деректерді жинауға арналған нысанға қосымшаға сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+ Р/с№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (ол бар болған кезде)</w:t>
+Оқу взводының нөмірі және олардың бейіні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған жылы</w:t>
+Қорғаныс істері департаментінің жоспары бойынша құру мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі (неше сынып бітірген)</w:t>
+Нақты құру мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қай ЖӘБО-да есепте тұрады</w:t>
+Даярлау кезеңі 20__ ж. "___" ______ 20__ж. "___"______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адам саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мамандығы мен жұмыс орны</w:t>
-[...71 lines deleted...]
-Белгілер қою үшін</w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+іріктеліп алынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бітіріп шықты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23035,4899 +13873,2896 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Қатысуларды есепке алу</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (болса), тегі, телефон нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші басшы немесе есепке қол қоюға өкілеттік берілген адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (болса), тегі, қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...21 lines deleted...]
-        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-[...1639 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даярланған әскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және өзге де мамандар, бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемшіліктер және оларды жою</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша қабылданған шаралар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы ақпарат" әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысанға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z178" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Практикалық оқытудың жиынтық есебі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар туралы ақпарат (индексі: Н6-ӘТМ, кезеңділігі: көктемгі және күзгі әскерге шақыру аяқталғаннан кейін):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы әкімшілік деректер нысанын толтыру бойынша түсіндірме (бұдан әрі – Түсіндірме) "Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою бойынша қабылданған шаралар туралы ақпарат" нысанын (бұдан әрі – нысан) толтырудың бірыңғай талаптарын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z180" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нысан "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z181" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында даярланған әскери-техникалық және өзге де мамандардың санын көрсетіп, жергілікті әскери басқару органы толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z182" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанды толтыру кезінде пайдаланылатын өлшем бірлігі даярланған әскери-техникалық және өзге де мамандар (адам) санында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z183" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысанға бірінші басшы немесе ол есепке қол қоюға өкілеттік берген адам қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанды толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 2-бағанды толтыру кезінде оқу взводының нөмірі және оны даярлау бейіні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z185" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 3-бағанда қорғаныс істері департаментінің жоспары бойынша оқу взводын құру мерзімі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z186" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 4-бағанда оқу взводын құрудың нақты мерзімі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z187" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 5-бағанда әскери-техникалық және өзге де мамандарды даярлау кезеңі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z188" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 6, 7-бағандарда нақты іріктеліп алынған және бітіріп шыққан техникалық мамандар саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...1182 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде оқыту, оқу-тəрбие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>процесін ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына, сондай-ақ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облысы (қаласы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауданы (қаласы) қорғаныс істері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқармасының (бөлімінің)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бастығына___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________мекенжайы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұратын ___________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(аты, әкесінің аты (болса), тегі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефоны ___________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z190" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оқытудың нәтижелері 1. Оқу ұйымында емтихандар тапсыруды қорытындылау</w:t>
+        <w:t xml:space="preserve"> Әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мені 20 ___ жылғы___ _______ бастап 20 ___ жылғы___ _______ дейінгі кезеңде Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қоюыңызды сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке мыналарды қоса беремін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету, оның ішінде проактивті форматта "Әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу" мемлекеттік қызметін көрсету кезінде дербес деректі жинауға және өңдеуге келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "___" ______________ сағат ___ ___ минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (инициалдары мен тегі) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...896 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтеусіз жəне өтеулі негізде оқыту,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу-тəрбие процесін ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына, сондай-ақ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z192" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Емтихан тапсыра алмаған оқушылар туралы мәліметтер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихант тапсырмаған оқып-үйренушілер тегі мен аты, әкесі атының бас әріптері</w:t>
-[...71 lines deleted...]
-Оларды әрі қарай оқыту бойынша іс-шаралар</w:t>
+Мемлекеттік көрсетілетін қызмет атауы "Әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін әскерге шақырылушылар мен әскери міндеттілерді кезекке қою"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі істер органдарына емтихан тапсыруға ұсынылғандар</w:t>
-[...143 lines deleted...]
-Жүргізуші куәлігін алған оқып-үйренушілердің саны</w:t>
+Қазақстан Республикасы Қорғаныс министрлігінің жергілікті әскери басқару органы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...202 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тексерушілер ескертпелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқау беру күні</w:t>
-[...35 lines deleted...]
-Орындалғаны туралы белгі</w:t>
+www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жұмыс күні (өтініш пен құжаттар қабылданған күн мемлекеттік қызмет көрсету мерзіміне кірмейді)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің ЭЦҚ-сы қойылған әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою туралы хабарлама не осы Тізбенің 9-бөлімінде көзделген негiз бойынша мемлекеттiк қызметтi көрсетуден бас тарту туралы дәлелдi жауап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және ҚР заңнамасында көзделген жағдайда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушіде – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күнінен басқа, дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.00-ге дейін, түскі асқа үзіліс сағат 13.00-ден 14.00-ге дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталда – жөндеу жұмысын жүргізуге байланысты техникалық үзілісті қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күні өтініш жасаған кезде өтінішті қабылдау күні келесі жұмыс күні болып табылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Қорғаныс министрлігінің www.mod.gov.kz; интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www.egov.kz порталында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан сұратылатын құжаттар мен мәліметтер тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы Қағидаларға 7-қосымшаға сәйкес көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бір реттік парольмен куәландырылған электрондық құжат нысанында әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша медициналық куәландыру картасының (әскери қызметке жарамдылық дәрежесі туралы қорытындысы бар) электрондық көшірмесі көрсетілетін қызметті алушының өтінішіне тіркеледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақырылушының, әскери міндеттінің жеке басын куәландыратын құжат туралы және тұрғылықты жері немесе уақытша болатын жері туралы мәліметтерді көрсетілетін қызметті беруші мемлекеттік ақпараттық жүйеден алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы заңдарында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректің (мәліметтің) дұрыс еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған мемлекеттік қызметті көрсету үшін қажетті материалдың, дерек пен мәліметтің осы Қағидаларда белгіленген талаптарға сәйкес келмеуі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшелігі ескерілген өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет Қазақстан Республикасының әскери есепте тұрған, 24 жастан асқан, денсаулық жағдайы бойынша әскери қызметке жарамды ер-азаматына көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының қашықтан қолжетімділік режимінде көрсетілетін қызметті берушінің анықтама қызметі, Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы мемлекеттік қызмет көрсету белгісі туралы ақпаратты алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайы Қазақстан Республикасы Қорғаныс министрлігінің www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға болады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -27991,199 +16826,433 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған</w:t>
+              <w:t>мамандандырылған ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында əскери-</w:t>
+              <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық жəне өзге де</w:t>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандықтар бойынша</w:t>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскерге шақырылушыларды,</w:t>
+              <w:t>жəне өзге де мамандықтар бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскери міндеттілерді жинау,</w:t>
+              <w:t>өтеусіз жəне өтеулі негізде оқыту,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оларды жіберу жəне өтеусіз</w:t>
+              <w:t>оқу-тəрбие процесін ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жəне өтеулі негіздерде</w:t>
+              <w:t>қағидаларына, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқыту, оқу-тəрбие процесін</w:t>
+              <w:t>оқу мерзіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдастыру қағидаларына,</w:t>
+              <w:t>8-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ оқу мерзімдеріне</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Тіркеу нөмірі" № _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Өтініш берілген күн" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекке қою туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________ _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сіз аты, әкесінің аты (болса), тегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында оқу үшін №______ болып кезекке қойылдыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің атауы: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметкер: ____________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -28238,1738 +17307,524 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинау</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үшін арналған нысан</w:t>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтеусіз жəне өтеулі негізде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту, оқу-тəрбие процесін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру қағидаларына,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Тіркеу нөмірі" № _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Өтініш берілген күн" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20___жылғы "___" ________ арналған Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және _______________________________ Қазақстан Республикасы Қорғаныс министрлігі мамандандырылған ұйымының оларды жою жөнінде қабылдайтын шаралары туралы ақпарат</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> _____________________________________ (көрсетілетін қызмет атауы) мемлекеттік қызметін көрсетуден бас тарту туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 18.08.2022 </w:t>
-[...1636 lines deleted...]
-        <w:t xml:space="preserve">                              (тегі, аты, әкесінің аты (ол бар болған кезде), қолы)</w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" ҚР Заңы 19-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкес Сізге _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      себебінен мемлекеттік қызметті көрсетуден бас тартылғаны туралы хабарлаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің атауы: ____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметкер: ____________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30005,456 +17860,462 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған</w:t>
+              <w:t>мамандандырылған ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында даярланған</w:t>
+              <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әскери-техникалық және өзге де</w:t>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандар, бар кемшіліктер және</w:t>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оларды жою жөнінде</w:t>
+              <w:t>жəне өзге де мамандықтар бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолданылатын шаралар туралы</w:t>
+              <w:t>өтеусіз жəне өтеулі негізде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақпарат" әкімшілік деректерді</w:t>
+              <w:t>оқыту, оқу-тəрбие процесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жинау үшін арналған нысанға </w:t>
+              <w:t>ұйымдастыру қағидаларына,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+      "Тіркеу нөмірі" № _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Өтініш берілген күн" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезектен шығару туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізге_________________________________________ байланысты (себебі көрсетілсін)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында даярланған әскери-техникалық және өзге де мамандар туралы ақпарат. </w:t>
-[...35 lines deleted...]
-      1. Осы әкімшілік деректер нысанын толтыру бойынша түсіндірме (бұдан әрі – Түсіндірме) "Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымдарында даярланған әскери-техникалық және өзге де мамандар, бар кемшіліктер және оларды жою жөнінде қолданылатын шаралар туралы ақпарат" нысанын (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды.</w:t>
+      Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 17 шілдедегі № 357 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында әскери-техникалық және өзге де мамандықтар бойынша әскерге шақырылушыларды, әскери міндеттілерді жинау, оларды жіберу және өтеусіз және өтеулі негізде оқыту, оқу-тәрбие процесін ұйымдастыру қағидаларының, сондай-ақ оқу мерзімінің 30-тармағына сәйкес әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезектен шығарылғаныңызды хабарлаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама "Қазақстан Республикасы Қорғаныс министрлігі жұмылдыру ресурсы автоматтандырылған жүйесінің интеграциялық шлюзі" ақпараттық жүйесінен жіберілді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Нысан "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
-[...181 lines deleted...]
-      10. 6, 7-бағандарда техникалық мамандардың іріктелген нақты саны көрсетіледі.</w:t>
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30516,870 +18377,434 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған</w:t>
+              <w:t>мамандандырылған ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында əскери-</w:t>
+              <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық жəне өзге де</w:t>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандықтар бойынша</w:t>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскерге шақырылушыларды,</w:t>
+              <w:t>жəне өзге де мамандықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскери міндеттілерді жинау,</w:t>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оларды жіберу жəне өтеусіз</w:t>
+              <w:t>негізде оқыту, оқу-тəрбие процесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жəне өтеулі негіздерде</w:t>
+              <w:t>ұйымдастыру қағидаларына,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқыту, оқу-тəрбие процесін</w:t>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдастыру қағидаларына,</w:t>
+              <w:t>11-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ оқу мерзімдеріне</w:t>
-[...12 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...32 lines deleted...]
-      "БЕКІТЕМІН"</w:t>
+    <w:bookmarkStart w:name="z199" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әскери-техникалық және өзге де мамандықтар бойынша оқуға ақы төлеу қажеттілігі туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізге 20 __ жылғы ___ _______ бастап 20 ___ жылғы ___ _______ дейінгі кезеңде Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымында оқу үшін төлем жасау қажет екенін хабарлаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу ақысы ___________ теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемді осы хабарламаны алған күннен бастап 2 жұмыс күн ішінде жасау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемге сілтеме Сіздің "электрондық үкімет" порталындағы "жеке кабинетіңізге" жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы хабарламаны алған күннен бастап күнтізбелік 2 күн ішінде төлем жасалғанын растау болмаған жағдайда Сіз әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезектен шығарылатын боласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама "Қазақстан Республикасы Қорғаныс министрлігінің жұмылдыру ресурсы автоматтандырылған жүйесінің интеграциялық шлюзі" ақпараттық жүйесінен жіберілді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...618 lines deleted...]
-      Ескертпе: Жоспарда әскерге шақырылушылар, әскери міндеттілер және оқытатын құрамы үшін іс-шаралар көзделеді.</w:t>
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31441,18580 +18866,2645 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қорғаныс министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған</w:t>
+              <w:t>мамандандырылған ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында əскери-</w:t>
+              <w:t>əскерге шақырылушыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалық жəне өзге де</w:t>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандықтар бойынша</w:t>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскерге шақырылушыларды,</w:t>
+              <w:t>жəне өзге де мамандықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>əскери міндеттілерді жинау,</w:t>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оларды жіберу жəне өтеусіз</w:t>
+              <w:t>негізде оқыту, оқу-тəрбие процесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жəне өтеулі негіздерде</w:t>
+              <w:t>ұйымдастыру қағидаларына,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқыту, оқу-тəрбие процесін</w:t>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдастыру қағидаларына,</w:t>
-[...25 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жоспарлау құжаттарының тізбесі</w:t>
-[...16899 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектепте өткізілетін іс-шаралар атауы</w:t>
-[...89 lines deleted...]
-Практикалық сабақтарды өткізу уақыты</w:t>
+Мемлекеттік көрсетілетін қызмет атауы "Әскерге шақырылушылар мен әскери міндеттілерді әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйқыдан тұрғызу</w:t>
-[...1 lines deleted...]
-          </w:p>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таңертеңгілік дене шынықтыру жаттығулары</w:t>
-[...1 lines deleted...]
-          </w:p>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жуыну, төсек-орнын жинау, бөлмені жинастыру</w:t>
-[...1 lines deleted...]
-          </w:p>
+Қазақстан Республикасы Қорғаныс министрлігінің жергілікті әскери басқару органы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таңертеңгілік қарап тексеру</w:t>
-[...1 lines deleted...]
-          </w:p>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таңғы ас</w:t>
-[...1 lines deleted...]
-          </w:p>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке құрамға ақпарат беру (жаттықтыру)</w:t>
-[...1 lines deleted...]
-          </w:p>
+"Қазақстан Республикасы Қорғаныс министрлігінің жұмылдыру ресурсы автоматтандырылған жүйесінің интеграциялық шлюзі" ақпараттық жүйесі (бұдан әрі – "ҚР ҚМ ЖРАЖ ИШ" АЖ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабақтарға даярлану</w:t>
-[...1 lines deleted...]
-          </w:p>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабақтарға тарату</w:t>
-[...1 lines deleted...]
-          </w:p>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабақтардың басталуы:</w:t>
-[...1 lines deleted...]
-          </w:p>
+2 жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-сағат</w:t>
-[...1 lines deleted...]
-          </w:p>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-сағат</w:t>
-[...1 lines deleted...]
-          </w:p>
+Мемлекеттік қызмет көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3-сағат</w:t>
+Электрондық (толық автоматтандырылған)/проактивті.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-сағат</w:t>
-[...1 lines deleted...]
-          </w:p>
+Порталға көрсетілетін қызметті алушының ұялы байланыс абоненттік қондырғысының телефон нөмірі тіркелген кезде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-сағат</w:t>
-[...1 lines deleted...]
-          </w:p>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6-сағат</w:t>
-[...1 lines deleted...]
-          </w:p>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түскі ас</w:t>
-[...1 lines deleted...]
-          </w:p>
+Осы Тізбенің 9-бөлімінде көзделген негіздер бойынша әскери-техникалық және өзге де әскери мамандықтар бойынша даярлауға жіберу туралы хабарлама не проактивті қызмет көрсетуден бас тарту туралы дәлелді жауап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түскі астан кейінгі демалыс</w:t>
-[...1 lines deleted...]
-          </w:p>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7-сағат</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Қазақстан Республикасы Қорғаныс министрлігінің әскери-техникалық мектебі" республикалық мемлекеттік қазыналық кәсіпорны шығаратын және өткізетін тауарға (жұмысқа, көрсетілетін қызметке) бағаны бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2024 жылғы 30 желтоқсандағы № 1507 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35587 болып тіркелген) азаматтарды әскери-техникалық және өзге де мамандықтар бойынша даярлау бойынша көрсетілетін қызметтің құны – 390 000 теңге.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8-сағат</w:t>
-[...1 lines deleted...]
-          </w:p>
+Әскерге шақырылушы мен әскери міндетті оқу ақысын Қазақстан Республикасы Қорғаныс министрлігі мамандандырылған ұйымының есеп айырысу шотына қаражат аудару арқылытөлейді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Техника мен қару-жараққа күтім жасау</w:t>
-[...1 lines deleted...]
-          </w:p>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзіндік даярлық</w:t>
-[...1 lines deleted...]
-          </w:p>
+Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тәрбие және спорт-бұқаралық жұмыс</w:t>
+1) көрсетілетін қызметті берушіде – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күнінен басқа, дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.00-ге дейін, түскі асқа үзіліс сағат 13.00-ден 14.00-ге дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кешкі ас</w:t>
+2) "ҚР ҚМ ЖРАЖ ИШ" АЖ-да – жөндеу жұмысын жүргізуге байланысты техникалық үзілісті қоспағанда, тәулік бойы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңалықтар бағдарламасын көру</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке уақыт</w:t>
+1) Қазақстан Республикасы Қорғаныс министрлігінің www.gov.kz интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кешкі серуендеу</w:t>
-[...1 lines deleted...]
-          </w:p>
+2) www.egov.kz порталында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кешкі тексеру</w:t>
-[...1 lines deleted...]
-          </w:p>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйқыға жату</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан сұратылатын құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.30</w:t>
+"Электрондық үкіметтің" төлем шлюзінен төлемді растау.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.35 – 7.15</w:t>
-[...1 lines deleted...]
-          </w:p>
+Көрсетілетін қызметті беруші көрсетілетін қызметті алушының жеке басын куәландыратын, көрсетілетін қызмет құнын төлегені туралы мәліметті мемлекеттік ақпараттық жүйеден алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.15 – 7.40</w:t>
-[...1 lines deleted...]
-          </w:p>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.40 – 7.50</w:t>
-[...1 lines deleted...]
-          </w:p>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.50 – 8.10</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін қажетті осы Қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.10 – 8.40</w:t>
-[...1 lines deleted...]
-          </w:p>
+2) "электрондық үкіметтің" төлем шлюзінен оқу ақысын төлегенін растаудың болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.45</w:t>
-[...1 lines deleted...]
-          </w:p>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.50 – 8.55</w:t>
-[...1 lines deleted...]
-          </w:p>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшелігі ескерілген өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.00 – 9.50</w:t>
+Мемлекеттік қызмет порталға көрсетілетін қызметті алушының ұялы байланыс абоненттік қондырғысының телефон нөмірі тіркелген кезде кезектілік тәртібімен әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезекте тұрған Қазақстан Республикасының азаматтарына проактивті форматта көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Абоненттік нөмірді порталдың есептік жазбасына қосу Қазақстан Республикасы Инвестициялар және даму министрінің міндетін уақытша атқарушының 2016 жылғы 25 қаңтардағы № 58 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 24 ақпанда № 13195 болып тіркелген) Ұялы байланыстың абоненттік құрылғысы арқылы электрондық нысанда мемлекеттік және өзге де көрсетілетін қызметтерді алу үшін ұялы байланыс операторы беретін абоненттің абоненттік нөмірін тіркеу және оны "электрондық үкіметтің" веб-порталының есептік жазбасына қосу қағидаларына сәйкес жүргізіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.55 – 10.45</w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету белгісі туралы ақпаратты қашықтан қол жеткізу режимінде көрсетілетін қызметті берушінің анықтама қызметі, Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.50 – 11.40</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайы Қазақстан Республикасы Қорғаныс министрлігінің www.gov.kz интернет-ресурсында, сондай-ақ Мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында орналастырылған.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.50 – 12.40</w:t>
-[...302 lines deleted...]
-            </w:pPr>
+Мемлекеттік қызмет көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға болады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...177 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтеусіз жəне өтеулі негізде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту, оқу-тəрбие процесін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру қағидаларына,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z203" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрметті ______________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аты, әкесінің аты (болса), тегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сіз 20 ___ жылғы___ _______ бастап 20 ___ жылғы ___ ______ дейінгі кезеңде оқу үшін 20 ___ жылғы ___ ______ сағат _______-ге қарай _________________________________ мекенжайы бойынша орналасқан Қазақстан Республикасы Қорғаныс министрлігінің мамандандырылған ұйымына келуіңіз қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзіңізбен бірге жеке заттар, гигиена құралдары және осы хабарламаның көшірмесі болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама "Қазақстан Республикасы Қорғаныс министрлігінің жұмылдыру ресурсы автоматтандырылған жүйесінің интеграциялық шлюзі" ақпараттық жүйесінен жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскерге шақырылушыларды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>əскери міндеттілерді қабылдау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберу жəне əскери-техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жəне өзге де мамандықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша өтеусіз жəне өтеулі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде оқыту, оқу-тəрбие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>процесін ұйымдастыру қағидаларына,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ оқу мерзіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z205" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________ (көрсетілетін қызмет атауы) проактивті қызметін көрсетуден бас тарту туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" ҚР Заңының 19-1-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Сізге "электрондық үкімет" төлем шлюзінен оқу ақысын төлегеніңіз расталмағандықтан, мемлекеттік қызметті көрсетуден бас тартылғанын хабарлаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жазылғанды ескеріп, Сіз әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін кезектен шығарылдыңыз. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезекке қайта қою үшін "Әскери-техникалық және өзге де мамандықтар бойынша даярлауға жіберу үшін әскери міндеттілер мен әскерге шақырылушыларды кезекке қою" мемлекеттік қызметін көрсету үшін белгіленген тәртіппен жүгінуіңіз қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама "Қазақстан Республикасы Қорғаныс министрлігінің жұмылдыру ресурсы автоматтандырылған жүйесінің интеграциялық шлюзі" ақпараттық жүйесінен жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -50336,35 +21826,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>