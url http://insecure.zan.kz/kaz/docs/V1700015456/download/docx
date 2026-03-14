--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43393b0" w14:textId="43393b0">
+    <w:p w14:paraId="e709771" w14:textId="e709771">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,408 +102,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Инвестициялар және даму министрінің 2017 жылғы 13 маусымдағы № 344 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 8 тамызда № 15456 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасының Заңы 54-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...108 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Авиациялық медициналық сарапшыларды тағайындау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Азаматтық авиация комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз тасығыштағы және электрондық нысандағы көшірмелерін Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіне ресми жариялау және енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық мемлекеттік тіркелген күнінен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспа басылымдарына ресми жариялауға жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрықты Қазақстан Республикасы Инвестициялар және даму министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2), 3) және 4) тармақшаларына сәйкес іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Инвестициялар және даму министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Инвестициялар және даму вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -940,3914 +878,2574 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 344 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авиациялық медициналық сарапшыларды тағайындау қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 29.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 957</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Авиациялық медициналық сарапшыларды тағайындау қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) 54-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және авиациялық медициналық сарапшыларды тағайындау тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z263" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авиациялық медициналық орталық (бұдан әрі – АМО) азаматтық авиация саласында медициналық куәландыруды жүзеге асыратын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z270" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) авиациялық медицина – авиациялық ұшуды медициналық қамтамасыз ету мәселелерін зерделеуге арналған медицина саласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z264" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) авиациялық медициналық сарапшы (бұдан әрі – сарапшы) – әуе кемелерінің ұшуын орындауға және қамтамасыз етуге және оларға техникалық қызмет көрсетуге, әуе қозғалысына қызмет көрсетуге тікелей байланысты тұлғаларды медициналық куәландырудан өткізуге, лицензиялар немесе біліктілік белгілерін алу үшін азаматтық авиация саласындағы уәкілетті ұйыммен тағайындаған авиациялық медицина саласында даярлықтан өткен және практикалық дағдылары мен жұмыс тәжірибесі бар авиациялық медициналық сарапшы куәлігі бар дәрігер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z265" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) авиациялық медициналық сарапшының сертификаты (бұдан әрі – сарапшының сертификаты) – авиациялық медициналық сарапшыға медициналық куәландыру жүргізуге және медициналық сертификат беруге құқық беретін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z266" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) азаматтық авиация саласындағы уәкілетті ұйым (бұдан әрі – уәкілетті ұйым) – жарғылық капиталына мемлекет жүз пайыз қатысатын, Қазақстан Республикасының азаматтық авиация саласын орнықты дамытуды, ұшу қауіпсіздігі мен авиациялық қауіпсіздікті қамтамасыз етуге бағытталған қызметті жүзеге асыратын акционерлік қоғам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z267" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) аса жеңіл авиация (бұдан әрі – АЖА) – сертификатталған ең жоғары ұшып көтерілу массасы жеті жүз елу килограмнан кем болатын әуе кемелерін, басқа да ұшу аппараттары мен қосымша құрылғыларды пайдаланатын азаматтық авиация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z268" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жеңіл авиация (бұдан әрі – ЖА) – сертификатталған ең жоғары ұшып көтерілу массасы бес мың жеті жүз килограмнан кем болатын әуе кемелерін, оның ішінде сертификатталған ең жоғары ұшып көтерілу массасы үш мың бір жүз сексен килограмнан кем болатын тікұшақтарды пайдаланатын азаматтық авиация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">7) алып тасталды - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 03.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="11"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сарапшы болып өтініш берген уақытта медицина саласында жұмыс істеп жүрген маман тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сарапшылар мынадай түрлерге бөлінеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 1, 2, 3 және ЖА және АЖА сыныпты медициналық сертификатты беруді және қайта жаңартуды жүзеге асыратын сарапшы (бұдан әрі – 1-сыныпты сарапшы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 2, 3 және ЖА және АЖА сыныпты медициналық сертификатты беруді және қайта жаңартуды жүзеге асыратын сарапшы (бұдан әрі – 2-сыныпты сарапшы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ЖА және АЖА сыныпты медициналық сертификатты беруді және қайта жаңартуды жүзеге асыратын сарапшы (бұдан әрі – ЖА және АЖА сыныпты сарапшы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 03.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Сарапшы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес авиациялық медициналық сарапшыларға сертификациялық талаптарға (бұдан әрі – сертификациялық талаптар) сәйкес болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Авиациялық медициналық сарапшыны тағайындау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тарау жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 28.01.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2. Осы Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+        <w:t>6. Сарапшыға тағайындау немесе сарапшы сертификатының қолданылу мерзімін ұзарту үшін өтініш беруші уәкілетті ұйымға мынадай құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z272" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сарапшыны тағайындауға немесе сарапшы сертификатының қолданылу мерзімін ұзартуға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z273" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидаларға 1-қосымшаның 1, 2 және 3-тармақтарында көзделген құжаттардың көшірмелерін (салыстырып тексеру үшін түпнұсқасы ұсынылмаған жағдайда нотариат куәландырған);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z274" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сотталғандығы немесе сотталмағандығы туралы анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ұсынылған құжаттар толық болмаған жағдайда, уәкілетті ұйым өтініш тіркеу күнінен бастап 2 (екі) жұмыс күні ішінде оларды өтініш берушіге қайтарып береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z196" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сарапшыны тағайындауы немесе сарапшыға сертификатының қолданылу мерзімін ұзартуға өтініш тіркеу күнінен бастап 30 (отыз) жұмыс күні ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="13"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z197" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Уәкілетті ұйым 2 (екі) жұмыс күні ішінде сертификаттық зерттеп-қарауды жүргізу үшін комиссия (бұдан әрі – Комиссия) құрады, оның құрамына уәкілетті ұйымның авиация инспекторлары кіреді. Қажет болған жағдайда комиссия құрамына мемлекеттік органдардың және азаматтық авиация ұйымдарының мамандары, консультанттары және/немесе сарапшылары енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелерінің жалпы саны тақ санды құрайды, кемінде 3 (үш) адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы комиссияның құрамына кіретін уәкілетті ұйымның авиациялық инспекторларының арасынан тағайындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Сертификаттық зерттеп-қарау сарапшының сертификаттық талаптарға сәйкестігін анықтау мақсатында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z199" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Сертификаттық зерттеп-қарау жүргізу басталғанға дейін кемінде 2 (екі) жұмыс күні ішінде уәкілетті ұйым өтінім берушіге оның басталу күні туралы ақпарат қамтылған еркін нысандағы хабарламаны жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z200" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Сертификаттық зерттеп-қарау хабарламада көрсетілген мерзімнен бастап 5 (бес) жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z201" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Сертификаттық зерттеп-қараудың аяқталу күні комиссия осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда Сертификаттық зерттеп-қарау актісін (бұдан әрі – акт) жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z202" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Акт қорытындылар мен ұсынымдар көрсетіліп, екі данада жасалады және комиссияның барлық мүшелері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z203" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Актінің бір данасы өтініш берушінің қолына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z204" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Сертификаттық талаптарға сәйкес келмейтін жағдайда, өтініш беруші актіні алған күнінен бастап 10 (он) жұмыс күні ішінде уәкілетті ұйымға түзету іс-қимылдары жоспарын (бұдан әрі – жоспар) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарда сертификаттық талаптарға сәйкес келмеушіліктерді түзетудің сатылы іс-қимылдары, оларды іске асыру мерзімдерімен бірге көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Өтініш берушінің сертификаттық талаптарға сәйкес келетін және сертификаттық зерттеп-қарау кезінде анықталған сәйкес келмеушіліктерді түзеткен жағдайда 3 (үш) жұмыс күні ішінде уәкілетті ұйым өтініш берушіге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сарапшы сертификатты ұзартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z206" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Сарапшы сертификат 3 (үш) жылға жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарапшы сертификатының қолданылуы мерзімі үш жылға дейін ұзартылады. Сарапшы сертификатының қолданылу мерзімін ұзартуға өтініш оның қолданылуының аяқталуына үш ай қалғанға дейін беріледі және уәкілетті ұйыммен 3 (үш) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарапшының күнтізбелік жыл ішінде кемінде 50 (елу) және 1000 (бір мың) аспайтын медициналық куәландыру орындауы сертификаттың қолданылу мерзімі ұзартудың шарты болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Берілген сарапшы сертификаттар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандағы сарапшылардың сертификаттарын беруді есепке алу журналына тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Сарапшы сертификатын беруден бас тарту немесе оны ұзартудан негіз болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z276" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметтерді алу үшін өтініш беруші ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігі анықталуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z277" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берушінің және (немесе) сарапшыны тағайындау үшін қажетті ұсынылған материалдардың, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес еместігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z278" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтінім берушіге және (немесе) қолданыстағы сарапшыға қатысты медициналық қызметке немесе оның жекелеген түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z279" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарапшы сертификатын беруден немесе оның қолданылу мерзімін ұзартудан дәлелді бас тарту өтініш берушіге осындай негіздер анықталған күннен бастап 2 (екі) жұмыс күні ішінде жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 03.02.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 79</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Авиациялық медициналық сарапшының сертификатын тоқтату және қайтарып алу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z280" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Сарапшыларға қойылатын сертификаттау талаптарын бұзушылықтар анықталған жағдайда уәкілетті ұйым мынадай тәртіппен іс-қимылдар жасайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z281" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сарапшыларға қойылатын сертификаттау талаптарын бұзушылықтар жойылғанға дейін сарапшының мұндай сертификатының (немесе сертификатта көрсетілген қызметтің рұқсат етілген түрлерінің (кіші түрлерінің) қолданысы аясын үш айға дейінгі мерзімге толығымен не ішінара тоқтата тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z282" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер тоқтатыла тұрған күннен бастап үш ай ішінде сертификаттау талаптарын бұзушылықтар жойылмаса сарапшы сертификатың қайтарып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Уәкілетті ұйым сарапшы сертификаттың қолданысын мына жағдайларда тоқтата алады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z284" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы заңнаманың медициналық куәландыру және сертификаттық талаптар бөлігінің талаптарын бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z285" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сарапшы сертификат иесі үш айдан аспайтын мерзімге өтініш беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Уәкілетті ұйым сарапшы сертификатты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z286" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сарапшы сертификатының қолданысы тоқтатыла тұрған күннен бастап үш ай ішінде сәйкессіздіктер жойылмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z287" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сарапшы сертификатының иесі өтініш берген жағдайларда кері қайтарып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайтарып алынған сарапшы сертификат оны қайтарып алған сәттен бастап 3 (үш) жұмыс күні ішінде уәкілетті ұйымға қайтарылуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Сарапшы сертификаттың қолданысы оның иесінің өтініші бойынша да толығымен немесе ішінара шектелуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Осы Қағидалардың 22 және 23-тармақтарының 2) тармақшасында және 24-тармақта көзделген жағдайларда берілген өтініштер уәкілетті ұйыммен 3 (үш) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 22.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 526</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қорытынды ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Алып тасталды - ҚР Индустрия және инфрақұрылымдық даму министрінің 28.01.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Уәкілетті ұйым әкімшілік рәсімге қатысушыға Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті ұйымның әрекетіне және/немесе әрекетсіздігіне Қазақстан Республикасының заңнамасында белгіленген тәртіпте шағымдануға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...335 lines deleted...]
-        <w:t xml:space="preserve">ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда – ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...2683 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -4923,679 +3521,652 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сарапшыларды тағайындау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="38"/>
+    <w:bookmarkStart w:name="z81" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Авиациялық медициналық сарапшыларға қойылатын сертификаттау талаптары</w:t>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z241" w:id="42"/>
+        <w:t xml:space="preserve"> Авиациялық медициналық сарапшыларға қойылатын сертификаттық талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Көлік министрінің м.а. 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z288" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. 1-класты сарапшы АМО штаттық медицина қызметкері болып табылады және мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z289" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Жалпы дәрігерлік практика" мамандығы бойынша жоғары оқу орнын бітіргені туралы диплом; "Медицина бакалавры" академиялық дәрежесін беру туралы диплом; "Дәрігер" біліктілігі бойынша интернатураны бітіргені туралы құжат бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z290" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Жалпы дәрігерлік практика" мамандығы бойынша немесе "Авиациялық және ғарыштық медицина" мамандандыру бойынша медициналық қызметті жүзеге асыру және клиникалық практикаға жіберу үшін маман сертификаты бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z291" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) және 2) тармақшалардың талаптары 2025 жылға дейін сарапшы сертификатын алған өтініш берушілерге қолданылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z292" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сарапшыларға арналған кәсіби даярлаудың Базалық және Тереңдетілген курстарынан (ИКАО-ның оқыту бағдарламасына және оқытушылар құрамына қойылатын талаптарына сәйкес жалпы саны 120 сағат теориялық және практикалық даярлығы) өткендігі туралы сертификаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z242" w:id="43"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z293" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) авиациялық медицина бойынша кемінде үш жыл жұмыс өтілі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z246" w:id="47"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z294" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қайта даярлаудан өткені туралы куәлік немесе мамандығы бойынша біліктілігін арттырудан өткені туралы куәлік, авиациялық медицина жөніндегі съездерге, конференцияларға, конгрестерге, семинарларға қатысқаны туралы сертификаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z295" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) азаматтық авиация ұйымдарында, оның ішінде ұшу және/немесе диспетчерлік тренажерде немесе ұшуда куәландырушылардың еңбек жағдайларымен танысу, пилот немесе авиадиспетчердің жұмыс орнында тағылымдамадан өту (on the job training) хаттамасы немесе куәлігі, сертификаты (жылына 10 сағаттан кем емес);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z296" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өтініш берудің алдындағы 3 жыл ішінде жылына кемінде 50 (елу) медициналық куәландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z297" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) медициналық куәландыру бойынша қызметті қамтамасыз ететін ақпаратты есепке алу және сақтау жүйесі болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z250" w:id="51"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z298" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 2-класты сарапшы АМО штаттық медицина қызметкері болып табылады және мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z299" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Жалпы дәрігерлік практика" мамандығы бойынша жоғары оқу орнын бітіргені туралы диплом; "Медицина бакалавры" академиялық дәрежесін беру туралы диплом; "Дәрігер" біліктілігі бойынша интернатураны бітіргені туралы құжат бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z300" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Жалпы дәрігерлік практика" мамандығы бойынша немесе "Авиациялық және ғарыштық медицина" мамандандыру бойынша медициналық қызметті жүзеге асыру және клиникалық практикаға жіберу үшін маман сертификаты бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z301" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) және 2) тармақшалардың талаптары 2025 жылға дейін сарапшы сертификатын алған өтініш берушілерге қолданылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z302" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) авиациялық медициналық сарапшыларға арналған кәсіби даярлаудың Базалық курсынан (ИКАО-ның оқыту бағдарламасына және оқытушылар құрамына қойылатын талаптарына сәйкес 60 сағат теориялық және практикалық даярлығы) өткендігі туралы сертификаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z251" w:id="52"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z303" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) авиациялық медицина бойынша кемінде бір жыл жұмыс өтілі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z252" w:id="53"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z304" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) авиациялық медицина бойынша семинарлар, конгресстер, конференциялар, съездерде қатысу туралы сертификаттары, мамандығы бойынша қайта даярлаудан, біліктілігін арттырудан өту туралы куәлік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z253" w:id="54"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z305" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) азаматтық авиация ұйымдарында, оның ішінде ұшу және/немесе диспетчерлік тренажерде немесе ұшуда куәландырушылардың еңбек жағдайларымен танысу, пилот немесе авиадиспетчердің жұмыс орнында тағылымдамадан өту (on the job training) хаттамасы немесе куәлігі, сертификаты (жылына 10 сағаттан кем емес);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z254" w:id="55"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z306" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) медициналық куәландыру бойынша қызметті қамтамасыз ететін ақпаратты есепке алу және сақтау жүйесі болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z260" w:id="61"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z307" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. ЖА және АЖА класты сарапшы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z308" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Жалпы практика дәрігері" мамандығы бойынша жоғары оқу орнын бітіргені туралы диплом; "Медицина бакалавры" академиялық дәрежесін беру туралы диплом; "Дәрігер" біліктілігі бойынша интернатураны бітіргені туралы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z309" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Жалпы дәрігерлік практика" мамандығы бойынша немесе "Авиациялық және ғарыштық медицина" мамандандыру бойынша медициналық қызметті жүзеге асыру және клиникалық практикаға жіберу үшін маман сертификаты бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z310" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) және 2) тармақшалардың талаптары алғаш рет авиациялық медициналық сарапшылар сертификатын алатын өтініш берушілерге қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z311" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) авиациялық медициналық сарапшыларға арналған кәсіби даярлаудың Базалық курсынан (ИКАО-ның оқыту бағдарламасына және оқытушылар құрамына қойылатын талаптарына сәйкес 60 сағат теориялық және практикалық даярлығы) өткендігі туралы сертификаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z312" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) авиациялық және жалпы медицинаның жақын салалары бойынша семинарлар, конгресстер, конференциялар, съездерде қатысу туралы сертификаттары, мамандығы бойынша қайта даярлаудан, біліктілігін жоғарылатуды өту туралы куәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z313" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) азаматтық авиация ұйымдарында, оның ішінде ұшу және/немесе диспетчерлік тренажерде немесе ұшуда куәландырушылардың еңбек жағдайларымен танысу, пилот немесе авиадиспетчердің жұмыс орнында тағылымдамадан өту (on the job training) хаттамасы немесе куәлігі, сертификаты (жылына 10 сағат кем емес);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z314" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) медициналық куәландыру бойынша қызметті қамтамасыз ететін ақпаратты есепке алу және сақтау жүйесі болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -7767,68 +6338,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="64"/>
+    <w:bookmarkStart w:name="z237" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авиациялық медициналық сарапшылардың сертификаттарын беруді есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 28.01.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8167,55 +6738,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>