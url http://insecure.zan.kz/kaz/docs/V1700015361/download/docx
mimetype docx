--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="08a8c65" w14:textId="08a8c65">
+    <w:p w14:paraId="7654c75" w14:textId="7654c75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -108,78 +108,203 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 30 маусымдағы № 478 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 25 шілдеде № 15361 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -224,133 +349,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -445,244 +569,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық қызметке ақы төлеу комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспа басылымдарына және "Қазақстан Республикасы Әділет министрлігі республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына ресми жариялау және Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін күнтізбелік он күннің ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...83 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 25.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 2018 жылғы 1 қаңтардан туындайтын қатынастарға қолданылатын Аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдерінің 9, 10, 11, 12, 13-тармақтарын және 2017 жылғы 1 шілдеден бастап 2018 жылғы 1 қаңтар аралығында туындайтын қатынастарға қолданылатын осы қағидалардың 27-тармағының 4), 5) тармақшаларын қоспағанда, 2017 жылғы 1 шілдеден бастап туындайтын қатынастарға қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1088,507 +1212,614 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 478 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда – ҚР Денсаулық сақтау министрінің 02.09.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдері (бұдан әрі – Қағидалар) "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және төлеушілердің міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару тәртібі мен мерзімдерін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 25.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштер қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру үшін, сондай-ақ электрондық нысанда мемлекеттік қызметтер көрсету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аударымдар – жұмыс берушілер өз қаражаты есебінен әлеуметтік медициналық сақтандыру қорына төлейтін, өздеріне аударымдар төлеу жүзеге асырылған медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аударымдарды және (немесе) жарналарды төлеушілер (бұдан әрі – төлеушілер) – Заңда белгіленген тәртіппен аударымдарды және (немесе) жарналарды есептеуді, ұстап қалуды, әлеуметтік медициналық сақтандыру қорына аударуды, төлеуді жүзеге асыратын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік медициналық сақтандыру қоры (бұдан әрі – қор) – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алуды және оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) - Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсетудің сапасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жарналар – осы Қағидалардың 3-тармағында көрсетілген жарналарды төлеушілер қорға төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға МӘМС жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке көмекші – қозғалуы қиын бірінші топтағы мүгедектігі бар адамды алып жүру және объектілерге барған кезде көмек көрсету бойынша қызметтер көрсететін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) міндетті әлеуметтік медициналық сақтандыру (бұдан әрі – МӘМС) – әлеуметтік медициналық сақтандыру қорының активтері есебінен медициналық көрсетілетін қызметтерді тұтынушыларға медициналық көмек көрсету жөніндегі құқықтық, экономикалық және ұйымдастырушылық шаралар кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) міндетті әлеуметтік медициналық сақтандыру жүйесі (бұдан әрі – МӘМС жүйесі) – МӘМС жүйесіне қатысушылар арасындағы қатынастарды реттейтін, мемлекет белгілейтін нормалар мен қағидалардың жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жұмыс істемейтін адам (осы Қағидаларға қолданылады) – кәсіпкерлік қызметті, оның ішінде еңбек қызметін жүзеге асырмайтын және табысы жоқ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жеке практикамен айналысатын адам – жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіби медиатор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 25.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-92</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің м.а. 17.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...223 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің м.а. 17.08.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасында қызметін тұрақты мекеме, сондай-ақ шетелдік заңды тұлғалардың филиалдары, өкілдіктері арқылы жүзеге асыратын шетелдік заңды тұлғаларды қоса алғанда, Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1603,91 +1834,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидаларда белгіленген тәртіппен Қорға аударымдар мен жарналарды есептейтін (ұстап қалатын) және аударатын шетелдік заңды тұлғалардың филиалдары, өкілдіктері, оның ішінде "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-3-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген арнаулы салық режимдерін қолданатын және бірыңғай төлем шеңберінде қорға аударымдарды төлеуді жүзеге асыратын жұмыс берушілер МӘМС-ке аударымдар төлеушілер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z106" w:id="10"/>
+    <w:bookmarkStart w:name="z106" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыс берушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1888,104 +2118,220 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. МӘМС-ге жарналарды төлеушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жұмыскерлер, әскери қызметшілер (өздеріне қатысты әскери бөлім (мекеме) командирінің (бастығының) жауынгерлік даярлық бойынша сабақтарға келу туралы бұйрығы шыққан, резервтегі әскери қызметті өткеріп жүрген әскери қызметшілерді қоспағанда), құқық қорғау, арнаулы мемлекеттік органдардың қызметкерлерін қоспағанда, жұмыскерлер, оның ішінде мемлекеттік және азаматтық қызметшілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2112,50 +2458,166 @@
       Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрғандардан немесе әрекетсіз деп танылғандардан басқа, осы тармақтың бірінші бөлігінің 3) тармақшасында;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасында белгіленген тәртіппен Қазақстан Республикасының шегінен тыс жерге тұрақты тұруға кеткен Қазақстан Республикасының азаматтарын және Қазақстан Республикасында өздері үшін аударымдар және (немесе) жарналар төлеу жүзеге асырылатын азаматтарды қоспағанда, Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрғандардан, сондай-ақ Қазақстан Республикасының шегінен тыс жерге кеткен азаматтарынан басқа (бұдан әрі – Қазақстан Республикасының шегінен тыс жерге кеткен азаматтар), осы тармақтың 4) тармақшасында көрестілген, жарналарды дербес төлейтін адамдар, оның ішінде Қазақстан Республикасының шегінен тыс жерге кеткен Қазақстан Республикасының азаматтары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақша алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>774-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2189,50 +2651,148 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ 9) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің м.а. 17.08.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің м.а. 04.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2246,110 +2806,226 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Резидент заңды тұлғаның шешімі бойынша оның филиалдары мен өкілдіктері аударымдарды және (немесе) жарналарды төлеушілер ретінде қарастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Заңның 28-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қорға жарналардан төлеуден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Қағидалардың 7-тармағында көрсетілген адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2460,92 +3136,324 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мемлекеттің МӘМС-ке жарналары мынадай адамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақтың бірінші абзацы жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жұмыссыз ретінде тіркелген адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2574,68 +3482,300 @@
       4) осы тармақтың 5) тармақшасында көзделген адамдарды қоспағанда, бала (балалар) үш жасқа толғанға дейін оны (оларды) тәрбиелеп отырған жұмыс істемейтін адам (баланың заңды өкілдерінің бірі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала (балалар) үш жасқа толғанға дейін оның (олардың) күтіміне байланысты демалыста жүрген адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мүгедектігі бар балаға күтім жасауды жүзеге асыратын жұмыс істемейтін адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бірінші топтағы мүгедектігі бар адамға күтім жасауды жүзеге асыратын жұмыс істемейтін адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2819,197 +3959,419 @@
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 7-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Қазақстан Республикасының аумағында тұрақты тұратын шетелдіктер мен азаматтығы жоқ адамдар Заңның 2-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес МӘМС жүйесінде медициналық көмекті алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасының аумағында уақытша болатын шетелдіктер мен олардың отбасы мүшелері Заңның 2-бабының 3-тармағына сәйкес МӘМС жүйесінде медициналық көмекті алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Аударымдарды және (немесе) жарналарды төлемеген жағдайда, адамдар Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағына сәйкес МӘМС жүйесіндегі медициналық көмекті осындай аударымдарды және (немесе) жарналарды төлеу тоқтатылған кезден бастап үш айдан артық алмайды. Бұл ретте, көрсетілген адамдар төленбеген кезең үшін қорға әрбір ай үшін жарналар төлеуден босатылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың ережелері Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3066,90 +4428,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағына сәйкес қорға аударымдар және (немесе) жарналар төлемеген адамдар қорға төленбеген кезең үшін жарналар төлеуді жүзеге асырады, бірақ олар республикалық бюджет туралы заңда ағымдағы қаржы жылына белгіленген жалақының ең төменгі мөлшерінің 5 пайызы мөлшерінде әрбір ай үшін төлем күнінің алдындағы он екі айдан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер кезең төленбеген кезеңді есептеу кезіндегі кезең Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3206,90 +4568,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="19"/>
+    <w:bookmarkStart w:name="z105" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12-1. Қорға жарналар төлемеген дербес төлеушілер МӘМС жүйесіндегі медициналық көмекке құқық алу үшін қорға Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-2 тармағында көзделген мынадай тәсілдердің бірімен жарналар төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3308,51 +4670,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3387,51 +4749,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тегін медициналық көмектің кепілдік берілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>көлемі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3449,71 +4811,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Салық агенттері МӘМС-ке жарналар мен аударымдарды ұстап қалу және аудару туралы, оның ішінде артық (қате) төлемдерді қайтару туралы мәліметтерді электрондық немесе қағаз жеткізгіштерде Қазақстан Республикасы Мәдениет және спорт министрінің міндетті атқарушының 2017 жылғы 29 қыркүйектегі № 263 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15997 болып тіркелген) бекітілген сақтау мерзімін көрсете отырып, мемлекеттік және мемлекеттік емес ұйымдар қызметінде жасалатын үлгілік құжаттар тізбесіне сәйкес сақтауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3532,108 +5000,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z102" w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z102" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Қорға төлеуге жататын аударымдар және (немесе) жарналар Заңның 29-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ай сайын есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3652,70 +5120,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="24"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жұмыс беруші жұмыскерлердің, оның ішінде мемлекеттік және азаматтық қызметшілердің аударымдарын және (немесе) жарналарын есептеуді (ұстап қалуды) ай сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қорға төлеуге жататын жұмыс берушілердің аударымдары Заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3868,51 +5336,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="25"/>
+    <w:bookmarkStart w:name="z104" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-1. "Экономиканы тұрақтандыру жөніндегі одан арғы шаралар туралы" Қазақстан Республикасы Президентінің 2020 жылғы 16 наурыздағы № 287 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3947,51 +5415,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - № 224 қаулы) 1-қосымшаға сәйкес қызмет түрлерінің тізбесі бойынша қызметін жүзеге асыратын жеке практикамен айналысатын адамдар және микро, шағын немесе орта кәсіпкерлік субъектілері және № 224 қаулыға 2-қосымшаға сәйкес қызмет түрлерінің тізбесі бойынша қызметін жүзеге асыратын, олар бойынша төлеу (аудару) мерзімі № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулыға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ай сайын есепті айдан кейінгі айдың 25-күнінен кешіктірмей басталатын міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдар ставкаларына "0" түзету коэффициентін қолданатын ірі кәсіпкерлік субъектілері жеке сәйкестендіру нөмірін көрсете отырып, қызметкерлердің тізімдерін қордың ақпараттық жүйесіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4009,71 +5477,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z25" w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қорға төлеуге жататын міндетті әлеуметтік медициналық сақтандыруға мемлекеттің жарналары Заңның 26-бабының 2-тармағына сәйкес есептеледі (ұстап қалады). Бұл ретте мемлекет жарналарының мөлшері жыл сайын республикалық бюджет туралы заңға сәйкес тиісті қаржы жылына белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттің жарналарын есептеу объектісі Заңның 26-бабының 3-тармағына сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4164,70 +5738,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="27"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың жарналары 2020 жылғы 1 қаңтардан бастап жарналарды есептеу объектісінің 5 пайызы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған жеке практикамен айналысатын адамдарды және Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған немесе әрекетсіз деп танылған дара кәсіпкерлерді қоспағанда, республикалық бюджет туралы заңмен тиісті қаржы жылына белгіленген жалақының 1,4 еселенген ең төменгі мөлшері дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың жарналарын есептеу объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4281,91 +5855,197 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z80" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-1-тармақ алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19-1. Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>774-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бірыңғай жиынтық төлемді төлеушілер болып табылатын жеке тұлғалардың жарналары республикалық маңызы бар қалаларда, астанада және облыстық маңызы бар қалаларда – айлық есептік көрсеткіштің 1 еселенген мөлшерінің және басқа елді мекендерде айлық есептік көрсеткіштің 0,5 еселенген мөлшерінің 40 пайызы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің мөлшері қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4402,112 +6082,238 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="29"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалардың жарналарын есептеуді (ұстап қалуды) және аударуды осындай жеке тұлғалардың кірістер есебінен Қазақстан Республикасының салық заңнамасымен айқындалған салық агенттері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғаның жарналары осы Қағидалардың 22-тармағында айқындалған, жарналар төленбейтін кірістерді қоспағанда, осы шарттар бойынша есептелген барлық кірістерден Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағына сәйкес есептеледі (ұстап қалады).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-тармақтың үшінші бөлігі жаңа редакцияда </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көзделген - ҚР Денсаулық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жарналарды есептеу үшін қабылданатын ай сайынғы кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төменгі жалақының он еселенген мөлшерінен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4539,91 +6345,197 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z108" w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-1. Жеке көмекшілердің жарналарын есептеуді (ұстап қалуды) және аударуды жергілікті атқарушы органдар немесе өзге де заңды тұлғалар Салық кодексінің 319-бабы 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тоғызыншы абзацына сәйкес материалдық игіліктерді төлеген кезде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке көмекшінің жарналары Заңның 28-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4698,90 +6610,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="31"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Дербес төлеушілердің, оның ішінде Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған жеке практикамен айналысатын адамдардың және Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған немесе әрекетсіз деп танылған дара кәсіпкерлердің жарналары Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағына сәйкес есептеледі (ұстап қалады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жарналарды есептеуді (ұстап қалуды) олар дербес немесе үшінші тұлға оның пайдасына жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4875,71 +6787,169 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z30" w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 21-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22.Қорға аударымдар және (немесе) жарналар Заңның 29-бабының 4-тармағына сәйкес төлемдер мен табыстардан ұсталмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4958,108 +6968,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="33"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z32" w:id="34"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Аударымдар және (немесе) жарналар Қазақстан Республикасының ұлттық валютасында төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z33" w:id="35"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Жұмыскерлердің аударымдарын және (немесе) жарналарын аударуды жұмыс беруші ай сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақылы еңбек демалысының ұзақтығы бір немесе одан да көп күнтізбелік ай кезеңін қамтитын кірістерді есептеу (ұстап қалу) кезінде аударымдар мен жарналар айларға бөліне отырып, демалыс күндерінің санына барабар демалыс кезеңін қамтитын біржолғы кірістің есепке жазылған сомасымен аударылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5113,91 +7123,197 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z107" w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24-1. Бірыңғай төлем төлеушілер қорға аударымдар мен жарналарды "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-4-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімдерде төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5216,90 +7332,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="37"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалардың жарналарын қордың шотына Мемлекеттік корпорация арқылы осындай шарттар жасалған салық агенттері ай сайын қорға аударуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z109" w:id="38"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z109" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25-1. Азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке көмекшілердің жарналарын аударуды осындай шарттар жасалған заңды тұлғалар ай сайын Мемлекеттік корпорация арқылы қордың шотына жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5318,70 +7434,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="39"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Дербес төлеушілердің, дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың ай сайынғы жарналарын қорға төлеу Мемлекеттік корпорацияның кейіннен қордың шотына аударуы үшін банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5400,110 +7516,226 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="40"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Есептелген (ұстап қалған) аударымдарды және (немесе) жарналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дара кәсіпкерлер мен заңды тұлғалар (осы тармақтың 2) және 3) тармақшаларында көрсетілген адамдардан басқа), жеке практикамен айналысатын адамдар – кіріс төленген айдан кейінгі айдың 25-ші күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дара кәсіпкерлер мен заңды тұлғалар (осы тармақтың 3) тармақшасында көрсетілген адамдардан басқа), жеке практикамен айналысатын адамдар өз пайдасына – ай сайын есепті айдан кейінгі айдың 25-ші күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) патенттің негізінде арнаулы салық режимін қолданатын дара кәсіпкерлер – патент құнын төлеу үшін Салық кодексінің 685-тармағында көзделген мерзімде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5646,90 +7878,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="41"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-1-тармағына сәйкес дербес төлеушілер қорға алдағы кезеңге жарналар төлеуді жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5748,90 +7980,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="42"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасының шетелдік мекемесіне жұмысқа жіберілген, Қазақстан Республикасының дипломатиялық қызметі персоналымен ілесіп жүретін жұбайының (ілесіп жүретін зайыбының) жарналарын төлеу олардың өтініші бойынша еркін нысанда жасалатын Мемлекеттік корпорация арқылы кейіннен қорға аудару үшін дипломатиялық қызмет персоналының жалақысынан ұлттық валютада ұстап қалу арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z103" w:id="43"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z103" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-1. Ай сайынғы өмір бойғы қамтылым алатын, зейнеткерлік жасқа толған және зейнетақы төлемдерін алушылар болып табылмайтын отставкадағы судьялардың жарналарын төлеуді Жоғарғы Соттың, жергілікті және басқа да соттардың қызметін ұйымдастырушылық және материалдық-техникалық қамтамасыз ету жөніндегі уәкілетті орган үшінші тұлға ретінде олардың пайдасына соттардың қызметін қамтамасыз етуге көзделген қаражат есебінен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5850,70 +8082,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="44"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Аударымдарды және (немесе) жарналарды, оның ішінде берешектерді аудару Мемлекеттік корпорацияға жүргізіледі. Мемлекеттік корпорация аударымдар және (немесе) жарналарды жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің атын (бар болған жағдайда); аударымдар және (немесе) жарналар сомасы; және (немесе) жарналар төленетін кезең (жыл,ай) көрсетіле отырып қорға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аударымдар және (немесе) жарналар төленетін кезеңді төлеушілер қағаз жеткізгіштерде жасалатын еркін төлем тапсырмаларында "Төлемнің мақсаты" бағанында, ал электрондық форматта жіберілген еркін төлем тапсырмаларында нысанда көзделген "ААЖЖЖЖ" жеке жолағында көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5950,90 +8182,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="45"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Төлеушiлер Қорға аударымдарды және (немесе) жарналарды Мемлекеттік корпорация арқылы жеке тұлғалар тiзiмдерiн қоса бере отырып, өздерiнiң банктік шоттарынан қолма-қол ақшасыз тәртіппен төлейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z42" w:id="46"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Банктердің Мемлекеттік корпорацияға аударуы жеке сәйкестендіру нөмірін; тегі, аты, әкесінің атын (бар болған жағдайда); аударымдар және (немесе) жарналар төленетін жеке тұлғалар, аударымдар және (немесе) жарналар, аударымдар және (немесе) жарналар сомалары, Кезең (Жыл, ай) төленетін жеке тұлғалар аударымдар және (немесе) жарна сомасы, кезең (жыл, ай) көрсетілген жиынтық төлем тапсырмаларымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6052,70 +8284,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="47"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Мемлекеттік корпорация бір мезгілде Қағидалардың 33-тармағында көзделген мәліметтерді көрсете отырып, қорға жиынтық төлем тапсырмасын электрондық тәсілмен жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6134,90 +8366,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="48"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Төлеушілердің берешекті аударуы Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында және төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарламалар форматтарында айқындалған знысан бойынша кезеңге (жылға, айға, айларға) жиынтық төлем тапсырмасымен жүргізіледі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6236,70 +8468,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="49"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Дербес төлеушілердің, дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың жарналарын оларды кейіннен Мемлекеттік корпорацияның шотына аудару үшін банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға қолма-қол ақшамен төлеуге рұқсат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6318,70 +8550,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="50"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Мемлекеттік корпорация жеке сәйкестендіру нөмірлерінің базасында аударымдарды және (немесе) жарналарды есептеуді жүзеге асырады және мемлекеттік кіріс органдарымен аударымдардың және (немесе) жарналардың түсімдерін салыстыруды жүргізеді, аударымдар және (немесе) жарналар төленген жеке тұлғалардың дерекқорын және Заңмен айқындалған өзге де функцияларды актуалдандырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6400,131 +8632,255 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="51"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Мемлекеттік корпорацияның шотына түскен аударымдар және (немесе) жарналар сомасы түскен күннен бастап үш операциялық күн ішінде жиынтық төлем тапсырмасымен қордың шотына аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z110" w:id="52"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z110" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация қайтаруды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z111" w:id="53"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z111" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖСН көрсетілмеген және (немесе) деректемелерінде қателіктер жіберілген жеке тұлғалар бойынша төлеушіге жарналар мен аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z112" w:id="54"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төлеушіге тиісті қаржы жылына арналған республикалық бюджет туралы заңда белгіленген ең төменгі жалақының он еселенген мөлшерінен асатын аударымдарды және (немесе) жарналарды есептеу объектісінен жеке тұлға үшін аударымдар мен жарналар сомасы төленген жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z113" w:id="55"/>
+    <w:bookmarkStart w:name="z113" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) көрсетілген аударымдарды төлеуден босатылған адамдар үшін төлеушіге жарналар мен аударымдар) Заңның 26 - бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6619,171 +8975,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13 тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z114" w:id="56"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z114" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз пайдасына төлеген дербес төлеушілерден, жеке кәсіпкерлерден және жеке практикамен айналысатын тұлғалардан аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z115" w:id="57"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z115" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке кәсіпкерлер мен жеке практикамен айналысатын адамдарды қоспағанда, дербес төлеушілердің пайдасына үшінші тұлғалардан аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z116" w:id="58"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z116" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген төлем мөлшерінен төмен мөлшерде төленген дербес төлеушілердің жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z117" w:id="59"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z117" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) дербес төлеушілердің, жеке кәсіпкерлердің және жеке практикамен айналысатын тұлғалардың өз пайдасына, сол кезең үшін қайта төленген жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z118" w:id="60"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z118" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының аумағында тұрақты тұратындарды, сондай-ақ Қазақстан Республикасы ратификациялаған халықаралық шарттың талаптарына сәйкес қандастарды және Қазақстан Республикасының аумағында уақытша болғандарды қоспағанда, шетел азаматтары мен азаматтығы жоқ адамдар үшін жарналар мен аударымдар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6802,70 +9158,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="61"/>
+    <w:bookmarkStart w:name="z48" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару мынадай тәртіппен тиындарды дөңгелектеуді ескере отырып, теңгеде жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50 тиынға дейінгі сома 0 теңгеге дейін дөңгелектенеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7243,91 +9599,197 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z96" w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      46-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен алынған деректердің негізінде Мемлекеттік корпорация зейнетақы және жәрдемақы төлемдері бойынша қажеттілікті есептеу күніндегі жағдай бойынша олардың нақты саны негізінде "Міндетті әлеуметтік медициналық сақтандыру туралы" 2015 жылғы 16 қарашадағы Қазақстан Республикасы Заңының 26-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған қорға жарналар төлеуден босатылған адамдар (бұдан әрі – жарналар төлеуден босатылған адамдар) санына қажеттілікті ай сайын екі жұмыс күні ішінде қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7345,71 +9807,275 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z97" w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 46-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      47-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Жарналар төлеуден босатылған адамдар үшін МӘМС-ке мемлекеттің жарналары түрінде бюджет қаражатына қажеттілік туралы өтінімді (бұдан әрі - өтінім) Мемлекеттік корпорация уәкілетті органға Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен деректерді алған күннен бастап үш жұмыс күні ішінде осы Қағидаларға 4 - қосымшаға сәйкес нысан бойынша жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті орган өтінімнің негізінде есепті кезеңге арналған төлемдер бойынша жеке қаржыландыру жоспарында көзделген сомалар шегінде ақша қаражатын жарналар төлеуден босатылған адамдардың санаттары бөлінісінде төлем тапсырмаларымен қордың шотына аударуды жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7463,71 +10129,285 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z98" w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 47-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      48-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Жарналар төлеуден босатылған адамдар үшін МӘМС-ке мемлекеттің жарналарына есепті кезеңге арналған қаржыландыру жоспары бойынша бюджет қаражаты жеткіліксіз болған жағдайда нақты қажеттілікке сәйкес ақша қаражатының жетіспейтін сомасын аударуды уәкілетті орган төлемдер бойынша қаржыландыру жоспарларына енгізілген өзгерістерді ескере отырып, ағымдағы айдың 25-күніне дейін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7546,70 +10426,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="65"/>
+    <w:bookmarkStart w:name="z99" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Қор ай сайын Мемлекеттік корпорацияға уәкілетті органнан жарналар төлеуден босатылған адамдар санаттары бөлінісінде мемлекеттің жарналарын алу туралы хабарламаны ақпараттық жүйе арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7776,68 +10656,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="66"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8032,68 +10912,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="67"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Анықтама-растама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8299,93 +11179,229 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8628,70 +11644,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="68"/>
+    <w:bookmarkStart w:name="z119" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Денсаулық сақтау министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректерді өтеусіз негізде жинау нысаны www.gov.kz интернет-ресурсында орналастырылған. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15346,340 +18362,456 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинау нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="69"/>
+    <w:bookmarkStart w:name="z121" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинау нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "20_ жылғы __________ (бір айға) әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға мемлекеттік жарналар түріндегі бюджет қаражатының қажеттілігіне өтінім (__________ сағат, __ минут, __ күні бойынша)" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (индекс – 1-Қ, кезеңділігі – ай сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="70"/>
+    <w:bookmarkStart w:name="z122" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z123" w:id="71"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z123" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "20_ жылғы __________ (бір айға) әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға мемлекеттік жарналар түріндегі бюджет қаражатының қажеттілігіне өтінім (__________ сағат, __ минут, __ күні бойынша)" әкімшілік деректерді өтеусіз негізде жинау нысанын толтыруға қойылатын бірыңғай талаптарды айқындайды (бұдан әрі – Нысан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z124" w:id="72"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z124" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z125" w:id="73"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z125" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 1-бағанда 226-мекеме көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z126" w:id="74"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z126" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2-бағанда 002 бағдарламасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z127" w:id="75"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z127" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 3-бағанда кіші бағдарлама көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z128" w:id="76"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z128" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 4-бағанда 361 ерекшелігі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z129" w:id="77"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z129" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 5-бағанда төлем түрі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z130" w:id="78"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z130" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Кестенің 6-бағанында жеңілдікті санаттардағы адамдардың саны көрсетіледі (нақты деректер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z131" w:id="79"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z131" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 7-бағанда қорға төлеуге жататын міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының сомасы пайызбен көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z132" w:id="80"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z132" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 8-бағанда мемлекеттік статистика саласындағы уәкілетті орган айқындаған ағымдағы қаржы жылының екі жылының алдындағы орташа айлық жалақысы, теңге көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z133" w:id="81"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z133" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 9-бағанда адам санын, жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 5 және 6-қосымшалармен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15771,68 +18903,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 478 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="82"/>
+    <w:bookmarkStart w:name="z62" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық қағидалармен толықтырылды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15847,607 +18979,607 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="83"/>
+    <w:bookmarkStart w:name="z134" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z135" w:id="84"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z135" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z136" w:id="85"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z136" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z137" w:id="86"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z137" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z138" w:id="87"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z138" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аударымдар – жұмыс берушілер өз қаражаты есебінен әлеуметтік медициналық сақтандыру қорына төлейтін, өздеріне аударымдар төлеу жүзеге асырылған медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмек алуға құқығын беретін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z139" w:id="88"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z139" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) аударымдарды және (немесе) жарналарды төлеушілер (бұдан әрі – төлеушілер) – "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – МӘМС туралы Заң) белгіленген тәртіппен әлеуметтік медициналық сақтандыру қорына аударымдарды және (немесе) жарналарды есептеуді, ұстап қалуды, аударуды, төлеуді жүзеге асыратын тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z140" w:id="89"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z140" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және шарттарда медициналық көмек көрсететін денсаулық сақтау субъектілерінің қызметтерін сатып алуды және оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым (бұдан әрі – қор);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z141" w:id="90"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z141" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – Қазақстан Республикасы азаматтарының денсаулығын сақтау, медициналық және фармацевтикалық ғылым, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсету сапасы саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z142" w:id="91"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z142" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) жарналар – МӘМС туралы Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жарналарды төлеушілер қорға төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алуға құқық беретін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z143" w:id="92"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z143" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z144" w:id="93"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z144" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті беруші);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z145" w:id="94"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z145" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекминінің ААЖ) – зейнетақы және әлеуметтік аударымдар мен төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z146" w:id="95"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z146" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) міндетті әлеуметтік медициналық сақтандыру (бұдан әрі – МӘМС) – қор активтері есебінен медициналық көрсетілетін қызметтерді тұтынушыларға медициналық көмек көрсету жөніндегі құқықтық, экономикалық және ұйымдастырушылық шаралар кешені;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z147" w:id="96"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z147" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) медициналық көрсетілетін қызметтерді тұтынушы – МӘМС туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес МӘМС жүйесінде медициналық көмек алуға құқығы бар жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z148" w:id="97"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z148" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электрондық өтініш – көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған, "Электрондық үкімет" веб-порталы арқылы келіп түскен электрондық құжат нысанында МӘМС аударымдарын, жарналарын және (немесе) жарналарын уақтылы және(немесе) толық төлемегені үшін аударымдардың, жарналардың және(немесе) өсімпұлдардың артық (қате) есептелген сомаларын қайтаруға арналған өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z149" w:id="98"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z149" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) "Электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторы (бұдан әрі – оператор) – өзіне бекітілген "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымның жұмыс істеуін қамтамасыз ету жүктелген Қазақстан Республикасының Үкіметі айқындайтын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z150" w:id="99"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z150" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) "Электрондық үкімет" веб-портал – нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және мемлекеттік көрсетілетін қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосылуға техникалық шарттар беру жөніндегі көрсетілетін қызметтерге және электрондық нысанда көрсетілетін квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтеріне қол жеткізудің бірыңғай терезесі болып табылатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z151" w:id="100"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z151" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z152" w:id="101"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z152" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) "Saqtandyrý" ақпараттық жүйесі (бұдан әрі – "Saqtandyrý" АЖ) –медициналық қызметтерді тұтынушының мәртебесін автоматтандырылған режимде айқындайтын ақпараттық жүйе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z153" w:id="102"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z153" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларға мемлекеттік көрсетілетін қызметтер бөлігінде өзгерістер және (немесе) толықтырулар енгізілген кезде уәкілетті мемлекеттік орган өзгерістер және (немесе) толықтырулар енгізуді көздейтін бұйрық мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде "Азаматтарға арналған үкімет "Мемлекеттік корпорациясы", "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторын міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі бірыңғай байланыс орталығы мен ведомствосын өзгерістер және (немесе) толықтырулар туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z154" w:id="103"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z154" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z155" w:id="104"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z155" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару (бұдан әрі – қызмет) мынадай жағдайларда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z156" w:id="105"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z156" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлеуші немесе банк екі немесе одан да көп рет қордың шотына қате аударғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z158" w:id="107"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z157" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алдыңғы кезең үшін берешек болмаған жағдайда артық есептелгенде (ішінара қайтару);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z158" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жарналарын мемлекет төлейтін "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16462,489 +19594,551 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аударымдар мен жарналарды төлеуден босатылған адамдар үшін қате төленгенде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z159" w:id="108"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z159" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) төлем мақсатының коды дұрыс көрсетілмегенде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z160" w:id="109"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z160" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) алушының деректемелері (жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің аты (бар болса)), төлем жүргізілген кезең дұрыс көрсетілмеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z161" w:id="110"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z161" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының аумағында тұрақты тұратындарды, сондай-ақ қандастарды және Қазақстан Республикасы ратификациялаған халықаралық шарттың талаптарына сәйкес Қазақстан Республикасының аумағында уақытша болғандарды қоспағанда, шетелдік азаматтар мен азаматтығы жоқ адамдар үшін қате аударылғанда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z162" w:id="111"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалар өтінішті Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхат бойынша береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z163" w:id="112"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z163" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру үшін талап қою мерзiмдерi Қазақстан Республикасы Азаматтық Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>178-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z164" w:id="113"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z164" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы МӘМС аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін аударымдардың, жарналардың және (немесе) өсімпұлдардың артық (қате) есептелген сомаларын мынадай тәсілдердің бірімен қайтару туралы өтініш (бұдан әрі - өтініш) береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z165" w:id="114"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z165" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z166" w:id="115"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z166" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Мемлекеттік корпорацияға қағаз жеткізгіш түрінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z167" w:id="116"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z167" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z168" w:id="117"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z168" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Өтініш осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z169" w:id="118"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z169" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Өтініш берген кезде көрсетілетін қызметті алушы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес пайдасына МӘМС аударымдары және (немесе) жарналары жүргізілген тұлғадан сомаларды қайтаруға келісім беру туралы өтінішті қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z170" w:id="119"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z170" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Мемлекеттік корпорация ұсынылған құжаттардың осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкестігін тексереді, МӘМС аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды төлеу фактісін растайды, көрсетілетін қызметті алушының құжаттарын қоса бере отырып, электрондық өтінімді қалыптастырады және көрсетілетін қызметті берушіге жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z171" w:id="120"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z171" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Көрсетілетін қызметті алушы толық емес құжаттар пакетін және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға өтінішті қабылдаудан бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z172" w:id="121"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z172" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті портал арқылы алу үшін көрсетілетін қызметті алушы төлеушінің сұрау салынатын деректерін, МӘМС МӘМС аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды артық (қате) төленген төлем деректемелерін, сондай-ақ МӘМС жүйесінің әрбір қатысушысы бойынша ТАӘ, ЖСН, соманы және қайтару кезеңін осы Қағидалардың 4-тармағына сәйкес енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеуші өтініш берген кезде пайдасына МӘМС аударымдары және (немесе) жарналары жүргізілген тұлғадан сомаларды қайтаруға келісім беру туралы өтінішке осы Қағидаларға 3-қосымшаға сәйкес порталдың жеке кабинетінде қол қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="122"/>
+    <w:bookmarkStart w:name="z173" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Портал арқылы қалыптастырылатын құжаттары бар электрондық өтініш мемлекеттік органдардың және (немесе) ұйымдардың ақпараттық жүйелерінде төлеушінің порталда көрсетілген деректемелерінің МӘМС аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдар төленген жиынтық төлем тапсырмасының деректемелеріне сәйкестігі бойынша тексеруден өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Төлеуші портал арқылы өтініш берген кезде өтінімге басшының не төлемді өз пайдасына жүзеге асырған тұлғаның ЭЦҚ-ы қойылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16957,168 +20151,168 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Порталдағы деректер сәйкес келген кезде көрсетілетін қызметті алушының электрондық өтініші(-тері) "Saqtandyrý" АЖ-не түседі. "Saqtandyrý" АЖ осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының "жеке кабинетіне" ҚР Еңбекминінің ААЖ және электрондық өтінішті тіркеу туралы хабарламаны қалыптастырады және жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="123"/>
+    <w:bookmarkStart w:name="z174" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Салық төлеушілер туралы ақпаратты (тіркеу, тоқтата тұру, ұзарту, ұзарту) алу салық түсімдері мен бюджетке төленетін төлемдерді қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органның интернет-ресурсы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z175" w:id="124"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z175" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қызметті портал арқылы алған кезде 10 (он) жұмыс күні ішінде МӘМС артық (қате) есепке жатқызылған ударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды қайтару (қайтарудан бас тарту) қаралады және жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z176" w:id="125"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z176" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Мемлекеттік корпорацияға қағаз түрінде берілген құжаттарды қарау мерзімі 15 (он бес) жұмыс күнін құрайды, өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді, оның ішінде Мемлекеттік корпорацияда 5 (бес) жұмыс күні, қорда қарау және қайтару туралы шешім қабылдау үшін 7 (жеті) жұмыс күні, 3 (үш) жұмыс күні ішінде Мемлекеттік корпорацияның қаражатты аударуына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы берілген құжаттарды қарау мерзімі – 10 (он) жұмыс күнін, оның ішінде қарау және қайтару немесе бас тарту туралы шешім қабылдау үшін Қорға 7 (жеті) жұмыс күнін, Мемлекеттік корпорацияның қаражат аударуына 3 (үш) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="126"/>
+    <w:bookmarkStart w:name="z177" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер осы Қағидаларға 1-қосымшаға сәйкес Негізгі талаптардың тізбесінің 10-тармағында көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z178" w:id="127"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z178" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ алдын ала шешім бойынша көрсетілетін қызметті алушыға позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17149,224 +20343,224 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аудару немесе аударымдар және (немесе) жарналар және (немесе) өсімпұлдар сомасын қайтарудан бас тарту туралы дәлелді жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="128"/>
+    <w:bookmarkStart w:name="z179" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аудару туралы өтініштер бойынша оң шешім қабылданғаннан кейін мемлекеттік қызметті көрсетуші жиынтық төлем тапсырмасын қалыптастырады және ақша аударуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z180" w:id="129"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z180" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мемлекеттік корпорация төлем тапсырмасын қалыптастырады және үш операциялық күн ішінде артық (қате) есептелген аударымдар және (немесе) жарналар және (немесе) өсімпұлдар сомасын төлеушіге аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z181" w:id="130"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z181" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z182" w:id="131"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z182" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті берушінің тікелей мемлекеттік қызметті көрсету мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="132"/>
+    <w:bookmarkStart w:name="z183" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы жүгінген кезде шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны арқылы алуға болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="133"/>
+    <w:bookmarkStart w:name="z184" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым шешімі, әрекеті (әрекетсіздігі) шағымданатын көрсетілетін қызметті берушіге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17498,165 +20692,203 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және (немесе) аударымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және (немесе) жарналарды </w:t>
+              <w:t>және (немесе) жарналарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақтылы және (немесе) толық </w:t>
+              <w:t>уақтылы және (немесе) толық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">төлемегені үшін өсімпұлдың </w:t>
+              <w:t>төлемегені үшін өсімпұлдың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>артық (қате) есепке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жатқызылған сомаларын </w:t>
+              <w:t>жатқызылған сомаларын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">төлеушілерге қайтаруды жүзеге </w:t>
+              <w:t>төлеушілерге қайтаруды жүзеге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="134"/>
+    <w:bookmarkStart w:name="z186" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17669,1288 +20901,1478 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы (бұдан әрі – қор).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) арқылы;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "электрондық үкімет" веб-порталы www.egov.kz (бұдан әрі – портал) арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік корпорация – 15 (он бес) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "электрондық үкімет" веб-порталы арқылы – 10 (он) жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (ішінара автоматтандырылған) және/немесе қағаз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қор оларды кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аударуы немесе аударымдар және (немесе) жарналар және (немесе) өсімпұлдар сомаларын төлеушіге қайтарудан дәлелді бас тартуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемнің мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс істеу графигі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z206" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Өтініштерді қабылдау және мемлекеттік қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 18.00-ге дейін үзіліссіз жүзеге асырылады, Мемлекеттік корпорацияның халыққа қызмет көрсету кезекші бөлімдері дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін Қазақстан Республиканың Еңбек кодексіне сәйкес мереке және демалыс күндерінен басқа;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік көрсетілетін қызметтің атауы</w:t>
-[...2 lines deleted...]
-        </w:tc>
+              <w:t>2) Қордың жұмыс кестесі дүйсенбіден жұмаға дейін сағат 9.00-ден 18.30-ға дейін, үзіліс сағат 13.00-ден 14.30-ға дейін. Өтініштер Мемлекеттік корпорация арқылы және портал арқылы беріледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Портал – тәулік бойы жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек кодексіне сәйкес демалыс және мереке күндері жүгінген кезде өтінімдерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтер үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z208" w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару</w:t>
-[...24 lines deleted...]
-          </w:tcPr>
+              <w:t>Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру қағидаларының (бұдан әрі – Қағидалар) 2-қосымшасына сәйкес өтініш;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлеуші қайтаруға өтініш берген кезде Қағидалардың 3-қосымшасына сәйкес пайдасына аударымдар және (немесе) жарналар жүргізілген жеке тұлғадан сомаларды қайтаруға өтініш берген кезде келісім беру туралы өтініш.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) портал арқылы сұрау салу кезінде:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы (бұдан әрі – қор).</w:t>
-[...24 lines deleted...]
-          </w:tcPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлеуші қайтаруға пайдасына жарналар жүргізілген жеке тұлғадан сомаларды қайтаруға келісім беру туралы өтініш:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету тәсілдері</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке басты куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкерді мемлекеттік тіркеу туралы не дара кәсіпкер ретінде қызметін бастау туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) арқылы;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы барлық қажетті құжаттарды портал арқылы – көрсетілетін қызметті алушының "жеке кабинеті" арқылы берген кезде Мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) "электрондық үкімет" веб-порталы www.egov.kz (бұдан әрі – портал) арқылы</w:t>
+Порталда мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен қол қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жіберіледі және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...842 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18975,169 +22397,298 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) енгізілген деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидаларда және Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
-[...1 lines deleted...]
-          </w:p>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидалардың 4-тармағында және Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімі бар, оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқығынан айырылған;</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызметті көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
+              <w:t>
+4) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес көрсетілетін қызметті алушының мемлекеттік қызметті көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19162,50 +22713,99 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет қағаз түрінде немесе электрондық нысанда көрсетіледі.</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпарат алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -19565,68 +23165,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акционерлік қоғамы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Басқармасының төрағасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="135"/>
+    <w:bookmarkStart w:name="z188" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыруға аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20961,68 +24561,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүзеге асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="136"/>
+    <w:bookmarkStart w:name="z190" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыруға аударымдары және (немесе) жарналары төленген тұлғадан (тұлғалардан) сомаларды қайтаруға келісім беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен (біз), ________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21325,68 +24925,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">асыру қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="137"/>
+    <w:bookmarkStart w:name="z192" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық өтінішті "электрондық үкімет" веб-порталында қарау мәртебесі туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сіздің "Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару" мемлекеттік көрсетілетін қызмет көрсетуге № __________________ өтінішіңіз (электрондық өтініштің нөмірі) "Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамына жіберілді". Өтініштің мәртебесі қарауда.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -21442,55 +25042,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21816,31 +25416,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>