--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7654c75" w14:textId="7654c75">
+    <w:p w14:paraId="d02586b" w14:textId="d02586b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -108,203 +108,78 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 30 маусымдағы № 478 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 25 шілдеде № 15361 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -336,145 +211,156 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес </w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабының 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 20</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -569,70 +455,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық қызметке ақы төлеу комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -661,70 +547,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін күнтізбелік он күннің ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -743,70 +629,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 2018 жылғы 1 қаңтардан туындайтын қатынастарға қолданылатын Аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдерінің 9, 10, 11, 12, 13-тармақтарын және 2017 жылғы 1 шілдеден бастап 2018 жылғы 1 қаңтар аралығында туындайтын қатынастарға қолданылатын осы қағидалардың 27-тармағының 4), 5) тармақшаларын қоспағанда, 2017 жылғы 1 шілдеден бастап туындайтын қатынастарға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1212,164 +1098,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 478 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда – ҚР Денсаулық сақтау министрінің 02.09.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдері (бұдан әрі – Қағидалар) "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және төлеушілердің міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару тәртібі мен мерзімдерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1388,70 +1274,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштер қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру үшін, сондай-ақ электрондық нысанда мемлекеттік қызметтер көрсету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1667,257 +1553,193 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қазақстан Республикасында қызметін тұрақты мекеме, сондай-ақ шетелдік заңды тұлғалардың филиалдары, өкілдіктері арқылы жүзеге асыратын шетелдік заңды тұлғаларды қоса алғанда, Заңның 30-бабында және осы Қағидаларда белгіленген тәртіппен Қорға аударымдар мен жарналарды есептейтін (ұстап қалатын) және аударатын шетелдік заңды тұлғалардың филиалдары, өкілдіктері, оның ішінде Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>820-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген арнаулы салық режимдерін қолданатын және бірыңғай төлем шеңберінде қорға аударымдарды төлеуді жүзеге асыратын жұмыс берушілер МӘМС-ке аударымдар төлеушілер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...132 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="8"/>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыс берушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2118,2400 +1940,1514 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. МӘМС-ге жарналарды төлеушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жұмыскерлер, әскери қызметшілер (өздеріне қатысты әскери бөлім (мекеме) командирінің (бастығының) жауынгерлік даярлық бойынша сабақтарға келу туралы бұйрығы шыққан, резервтегі әскери қызметті өткеріп жүрген әскери қызметшілерді қоспағанда), құқық қорғау, арнаулы мемлекеттік органдардың қызметкерлерін қоспағанда, жұмыскерлер, оның ішінде мемлекеттік және азаматтық қызметшілер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-1) Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>820-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген арнайы салық режимдерін қолданатын және бірыңғай төлем шеңберінде қорға жарналар төлеуді жүзеге асыратын микро және шағын кәсіпкерлік субъектілерінің қызметкерлері болып табылатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дара кәсіпкерлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке практикамен айналысатын адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасына сәйкес салық агентімен жасалған азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар (бұдан әрі – азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы тармақтың 2), 5) және 7) тармақшаларында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрғандардан немесе әрекетсіз деп танылғандардан басқа, осы тармақтың бірінші бөлігінің 3) тармақшасында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында белгіленген тәртіппен Қазақстан Республикасының шегінен тыс жерге тұрақты тұруға кеткен Қазақстан Республикасының азаматтарын және Қазақстан Республикасында өздері үшін аударымдар және (немесе) жарналар төлеу жүзеге асырылатын азаматтарды қоспағанда, Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрғандардан, сондай-ақ Қазақстан Республикасының шегінен тыс жерге кеткен азаматтарынан басқа (бұдан әрі – Қазақстан Республикасының шегінен тыс жерге кеткен азаматтар), осы тармақтың 4) тармақшасында көрестілген, жарналарды дербес төлейтін адамдар, оның ішінде Қазақстан Республикасының шегінен тыс жерге кеткен Қазақстан Республикасының азаматтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      7) алып тасталды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жеке көмекшілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының Салық кодексіне сәйкес өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-1) тармақша жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің м.а. 17.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің м.а. 04.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.</w:t>
-[...19 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...515 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Резидент заңды тұлғаның шешімі бойынша оның филиалдары мен өкілдіктері аударымдарды және (немесе) жарналарды төлеушілер ретінде қарастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Заңның 28-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қорға жарналардан төлеуден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың 7 және 7-1-тармақтарында көрсетілген адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өздеріне қатысты әскери бөлім (мекеме) командирінің (бастығының) жауынгерлік даярлық бойынша сабақтарға келу туралы бұйрығы шыққан, резервтегі әскери қызметті өткеріп жүрген әскери қызметшілерді қоспағанда, әскери қызметшілер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) арнаулы мемлекеттік органдардың қызметкерлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құқық қорғау органдарының қызметкерлері босатылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекет жарналары МӘМС-ке республикалық бюджеттен мынадай тұлғалар үшін төленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      2) алып тасталды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+        <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс істемейтін жүкті әйелдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы тармақтың 5) тармақшасында көзделген адамдарды қоспағанда, бала (балалар) үш жасқа толғанға дейін оны (оларды) тәрбиелеп отырған жұмыс істемейтін адам (баланың заңды өкілдерінің бірі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала (балалар) үш жасқа толғанға дейін оның (олардың) күтіміне байланысты демалыста жүрген адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мүгедектігі бар балаға күтім жасауды жүзеге асыратын жұмыс істемейтін адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жұмыс істемейтін бірінші топтағы мүгедектігі бар адамға күтім жасауды жүзеге асыратын мемлекеттік жәрдемақыны алушылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) зейнетақы төлемдерін алушылар, оның ішінде Ұлы Отан соғысының ардагерлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде (қауіпсіздігі барынша төмен мекемелерді қоспағанда) сот үкімі бойынша жазасын өтеп жатқан адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тергеу изоляторларындағы адамдар, сондай-ақ үйқамақ түріндегі бұлтартпау шарасы қолданылған жұмыс істемейтін адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жұмыс істемейтін қандастар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) "Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, сондай-ақ I және II дәрежелі "Ана даңқы" ордендерімен наградталған көпбалалы аналар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мүгедектігі бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары білім беру, сондай-ақ жоғары оқу орнынан кейінгі білім беру ұйымдарында күндізгі оқу нысанында білім алып жатқан адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік атаулы әлеуметтік көмекті алушы жұмыс істемейтіндер үшін төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 25.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Мемлекет жарналары жергілікті бюджеттен мынадай тұлғалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субсидияланатын жұмыс орындарына жұмысқа орналастырылған немесе жұмыс берушіде жұмыс орнында кәсіптік оқуға жіберілген адамдарды қоспағанда, жұмыссыздар ретінде тіркелген адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағында көрсетілген адамдарды қоспағанда, соңғы үш ай ішінде міндетті зейнетақы жарналарын аудармайтын және Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес әлеуметтік саламаттылығының дағдарыс немесе мүшкіл деңгейлеріне жататын жұмыс істемейтін адамдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 7-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...77 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1032 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Қазақстан Республикасының аумағында тұрақты тұратын шетелдіктер мен азаматтығы жоқ адамдар Заңның 2-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес МӘМС жүйесінде медициналық көмекті алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасының аумағында уақытша болатын шетелдіктер мен олардың отбасы мүшелері Заңның 2-бабының 3-тармағына сәйкес МӘМС жүйесінде медициналық көмекті алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Аударымдарды және (немесе) жарналарды төлемеген жағдайда, адамдар Заңның 5-бабының 2-тармағына сәйкес МӘМС жүйесіндегі медициналық көмекті осындай аударымдарды және (немесе) жарналарды төлеу тоқтатылған кезден бастап үш айдан артық алмайды. Жарналарды үздіксіз төлеген және (немесе) олар үшін аударымдарды алпыс ай ішінде төлеген тұлғалар (осы Қағидалардың 7 және 7-1-тармақтарында көрсетілген тұлғаларды қоспағанда) аударымдарды және (немесе) жарналарды төлемеген жағдайда Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес аударымдарды және (немесе) жарналарды төлеу тоқтатылған кезден бастап алты айдан аспайтын мерзімге міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алу құқығын сақтайды. Бұл ретте, көрсетілген адамдар төленбеген кезең үшін қорға әрбір ай үшін жарналар төлеуден босатылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...212 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағына сәйкес қорға аударымдар және (немесе) жарналар төлемеген адамдар қорға төленбеген кезең үшін жарналар төлеуді жүзеге асырады, бірақ олар республикалық бюджет туралы заңда ағымдағы қаржы жылына белгіленген жалақының ең төменгі мөлшерінің 5 пайызы мөлшерінде әрбір ай үшін төлем күнінің алдындағы он екі айдан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер кезең төленбеген кезеңді есептеу кезіндегі кезең Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4568,90 +3504,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="16"/>
+    <w:bookmarkStart w:name="z105" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12-1. Қорға жарналар төлемеген дербес төлеушілер МӘМС жүйесіндегі медициналық көмекке құқық алу үшін қорға Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-2 тармағында көзделген мынадай тәсілдердің бірімен жарналар төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4670,51 +3606,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4749,51 +3685,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тегін медициналық көмектің кепілдік берілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>көлемі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4811,297 +3747,211 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Салық агенттері МӘМС-ке жарналар мен аударымдарды ұстап қалу және аудару туралы, оның ішінде артық (қате) төлемдерді қайтару туралы мәліметтерді электрондық немесе қағаз жеткізгіштерде Қазақстан Республикасы Мәдениет және спорт министрінің 2025 жылғы 17 маусымдағы № 279-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген сақтау мерзімін көрсете отырып, мемлекеттік және мемлекеттік емес ұйымдар қызметінде жасалатын үлгілік құжаттар тізбесіне сәйкес сақтауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...91 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z102" w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z102" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Қорға төлеуге жататын аударымдар және (немесе) жарналар Заңның 29-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ай сайын есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5120,70 +3970,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жұмыс беруші жұмыскерлердің, оның ішінде мемлекеттік және азаматтық қызметшілердің аударымдарын және (немесе) жарналарын есептеуді (ұстап қалуды) ай сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қорға төлеуге жататын жұмыс берушілердің аударымдары Заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5336,51 +4186,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="21"/>
+    <w:bookmarkStart w:name="z104" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-1. "Экономиканы тұрақтандыру жөніндегі одан арғы шаралар туралы" Қазақстан Республикасы Президентінің 2020 жылғы 16 наурыздағы № 287 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5415,51 +4265,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - № 224 қаулы) 1-қосымшаға сәйкес қызмет түрлерінің тізбесі бойынша қызметін жүзеге асыратын жеке практикамен айналысатын адамдар және микро, шағын немесе орта кәсіпкерлік субъектілері және № 224 қаулыға 2-қосымшаға сәйкес қызмет түрлерінің тізбесі бойынша қызметін жүзеге асыратын, олар бойынша төлеу (аудару) мерзімі № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулыға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ай сайын есепті айдан кейінгі айдың 25-күнінен кешіктірмей басталатын міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдар ставкаларына "0" түзету коэффициентін қолданатын ірі кәсіпкерлік субъектілері жеке сәйкестендіру нөмірін көрсете отырып, қызметкерлердің тізімдерін қордың ақпараттық жүйесіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5477,2491 +4327,1905 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Қорға төлеуге жататын міндетті әлеуметтік медициналық сақтандыруға мемлекеттің жарналары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бабының 2-тармағына және 26-1-бабының 3-тармағына сәйкес есептеледі (ұстап қалады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттің жарналарын есептеу объектісі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бабының 3-тармағына және 26-1 бабының 4-тармағына сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">18. Алып тасталды – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың жарналары 2020 жылғы 1 қаңтардан бастап жарналарды есептеу объектісінің 5 пайызы мөлшерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған жеке практикамен айналысатын адамдарды және Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған немесе әрекетсіз деп танылған дара кәсіпкерлерді қоспағанда, республикалық бюджет туралы заңмен тиісті қаржы жылына белгіленген жалақының 1,4 еселенген ең төменгі мөлшері дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың жарналарын есептеу объектісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дара кәсіпкерлердің, жеке практикамен айналысатын, Қазақстан Республикасының шегінен тыс кеткен азаматтардың, сондай-ақ дербес төлеушілердің жарналарын есептеуді және аударуды салық кезеңінің әрбір айы үшін дербес немесе үшінші тұлға олардың пайдасына жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      17-тармақ жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19-1. Алып тасталды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.</w:t>
-[...19 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...495 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалардың жарналарын есептеуді (ұстап қалуды) және аударуды осындай жеке тұлғалардың кірістер есебінен Қазақстан Республикасының салық заңнамасымен айқындалған салық агенттері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғаның жарналары осы Қағидалардың 22-тармағында айқындалған, жарналар төленбейтін кірістерді қоспағанда, осы шарттар бойынша есептелген барлық кірістерден Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағына сәйкес есептеледі (ұстап қалады).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, жарналарды есептеу үшін қабылданатын ай сайынғы кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төменгі жалақының жиырма еселенген мөлшерінен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1. Жеке көмекшілердің жарналарын есептеуді (ұстап қалуды) және аударуды облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары (бұдан әрі – жергілікті атқарушы органдар) немесе өзге де заңды тұлғалар табыс төлеген кезде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке көмекшінің жарналары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28-бабының 1-тармағына сәйкес осы шарттар бойынша есептелген барлық кірістерден есептеледі (ұсталады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, жарналарды есептеу үшін қабылданатын ай сайынғы табыс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төменгі жалақының жиырма еселенген мөлшерінен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      20-тармақтың үшінші бөлігі жаңа редакцияда </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. Қағида 20-1-тармақпен толықтырылды – ҚР Денсаулық сақтау министрінің м.а. 17.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>көзделген - ҚР Денсаулық</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сақтау министрінің 13.10.2025 </w:t>
+        <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 106</w:t>
-[...29 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...343 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Дербес төлеушілердің, оның ішінде Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған жеке практикамен айналысатын адамдардың және Қазақстан Республикасының салық заңнамасына сәйкес салықтық есептілікті ұсынуды тоқтата тұрған немесе әрекетсіз деп танылған дара кәсіпкерлердің жарналары Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағына сәйкес есептеледі (ұстап қалады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жарналарды есептеуді (ұстап қалуды) олар дербес немесе үшінші тұлға оның пайдасына жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Ай сайынғы өмір бойғы қамтылым алатын, зейнеткерлік жасқа толған және зейнетақы төлемдерін алушылар болып табылмайтын отставкадағы судьялардың жарналарын есептеуді Заңның 28-бабының 4-тармағына сәйкес Жоғарғы Соттың, жергілікті және басқа да соттардың қызметін ұйымдастырушылық және материалдық-техникалық қамтамасыз ету жөніндегі уәкілетті орган үшінші тұлға ретінде салық кезеңінің әрбір айы үшін олардың пайдасына жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 08.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-33/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Ай сайынғы өмір бойғы қамтылым алатын, зейнеткерлік жасқа толған және зейнетақы төлемдерін алушылар болып табылмайтын отставкадағы судьялардың жарналарын есептеуді Заңның 28-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Жоғарғы Соттың, жергілікті және басқа да соттардың қызметін ұйымдастырушылық және материалдық-техникалық қамтамасыз ету жөніндегі уәкілетті орган үшінші тұлға ретінде салық кезеңінің әрбір айы үшін олардың пайдасына жүзеге асырады.</w:t>
+      21-1. Қазақстан Республикасының Салық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын және орындаушылар болып табылатын жеке тұлғалар үшін жарналары жарналарды есептеу объектісінің бір пайызы мөлшерінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарналарды ұстап қалуды және аударуды Қазақстан Республикасының Әлеуметтік кодексінде айқындалған интернет-платформа операторы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22.Қорға аударымдар және (немесе) жарналар Заңның 29-бабының 4-тармағына сәйкес төлемдер мен табыстардан ұсталмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Аударымдар және (немесе) жарналар Қазақстан Республикасының ұлттық валютасында төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z33" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Жұмыскерлердің аударымдарын және (немесе) жарналарын аударуды жұмыс беруші ай сайын жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақылы еңбек демалысының ұзақтығы бір немесе одан да көп күнтізбелік ай кезеңін қамтитын кірістерді есептеу (ұстап қалу) кезінде аударымдар мен жарналар айларға бөліне отырып, демалыс күндерінің санына барабар демалыс кезеңін қамтитын біржолғы кірістің есепке жазылған сомасымен аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепке жазылған (ұстап қалған) аударымдар және (немесе) жарналар Мемлекеттік корпорацияның кейіннен қордың шотына аударуы үшін банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 04.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24-1. Бірыңғай төлем төлеушілер қорға аударымдар мен жарналарды Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>823-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерде төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 24-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 01.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалардың жарналарын қордың шотына Мемлекеттік корпорация арқылы осындай шарттар жасалған салық агенттері ай сайын қорға аударуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z109" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1. Азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке көмекшілердің жарналарын аударуды осындай шарттар жасалған заңды тұлғалар ай сайын Мемлекеттік корпорация арқылы қордың шотына жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 25-1-тармақпен толықтырылды – ҚР Денсаулық сақтау министрінің м.а. 17.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Дербес төлеушілердің, дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың ай сайынғы жарналарын қорға төлеу Мемлекеттік корпорацияның кейіннен қордың шотына аударуы үшін банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 08.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-33/2020</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Есептелген (ұстап қалған) аударымдарды және (немесе) жарналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дара кәсіпкерлер мен заңды тұлғалар (осы тармақтың 2) және 3) тармақшаларында көрсетілген адамдардан басқа), жеке практикамен айналысатын адамдар – кіріс төленген айдан кейінгі айдың 25-ші күнінен кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дара кәсіпкерлер мен заңды тұлғалар (осы тармақтың 3) тармақшасында көрсетілген адамдардан басқа), жеке практикамен айналысатын адамдар өз пайдасына – ай сайын есепті айдан кейінгі айдың 25-ші күнінен кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve">      3) алып тасталды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дербес төлеушілер – есепті айдан кейінгі айдың 25-ші күнінен кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекет – Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің 82-бабымен айқындалған тәртіппен, ай сайын ағымдағы айдың алғашқы бес жұмыс күні ішінде аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар 21-1-тармақпен толықтыру көзделген - </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+        <w:t xml:space="preserve">28. Алып тасталды – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 106</w:t>
-[...29 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
-[...991 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-1-тармағына сәйкес дербес төлеушілер қорға алдағы кезеңге жарналар төлеуді жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7980,90 +6244,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасының шетелдік мекемесіне жұмысқа жіберілген, Қазақстан Республикасының дипломатиялық қызметі персоналымен ілесіп жүретін жұбайының (ілесіп жүретін зайыбының) жарналарын төлеу олардың өтініші бойынша еркін нысанда жасалатын Мемлекеттік корпорация арқылы кейіннен қорға аудару үшін дипломатиялық қызмет персоналының жалақысынан ұлттық валютада ұстап қалу арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z103" w:id="35"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z103" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-1. Ай сайынғы өмір бойғы қамтылым алатын, зейнеткерлік жасқа толған және зейнетақы төлемдерін алушылар болып табылмайтын отставкадағы судьялардың жарналарын төлеуді Жоғарғы Соттың, жергілікті және басқа да соттардың қызметін ұйымдастырушылық және материалдық-техникалық қамтамасыз ету жөніндегі уәкілетті орган үшінші тұлға ретінде олардың пайдасына соттардың қызметін қамтамасыз етуге көзделген қаражат есебінен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8082,70 +6346,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Аударымдарды және (немесе) жарналарды, оның ішінде берешектерді аудару Мемлекеттік корпорацияға жүргізіледі. Мемлекеттік корпорация аударымдар және (немесе) жарналарды жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің атын (бар болған жағдайда); аударымдар және (немесе) жарналар сомасы; және (немесе) жарналар төленетін кезең (жыл,ай) көрсетіле отырып қорға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аударымдар және (немесе) жарналар төленетін кезеңді төлеушілер қағаз жеткізгіштерде жасалатын еркін төлем тапсырмаларында "Төлемнің мақсаты" бағанында, ал электрондық форматта жіберілген еркін төлем тапсырмаларында нысанда көзделген "ААЖЖЖЖ" жеке жолағында көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8182,90 +6446,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Төлеушiлер Қорға аударымдарды және (немесе) жарналарды Мемлекеттік корпорация арқылы жеке тұлғалар тiзiмдерiн қоса бере отырып, өздерiнiң банктік шоттарынан қолма-қол ақшасыз тәртіппен төлейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z42" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Банктердің Мемлекеттік корпорацияға аударуы жеке сәйкестендіру нөмірін; тегі, аты, әкесінің атын (бар болған жағдайда); аударымдар және (немесе) жарналар төленетін жеке тұлғалар, аударымдар және (немесе) жарналар, аударымдар және (немесе) жарналар сомалары, Кезең (Жыл, ай) төленетін жеке тұлғалар аударымдар және (немесе) жарна сомасы, кезең (жыл, ай) көрсетілген жиынтық төлем тапсырмаларымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8284,70 +6548,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Мемлекеттік корпорация бір мезгілде Қағидалардың 33-тармағында көзделген мәліметтерді көрсете отырып, қорға жиынтық төлем тапсырмасын электрондық тәсілмен жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8366,90 +6630,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Төлеушілердің берешекті аударуы Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында және төлем жүйелерінің операторы немесе операциялық орталығы бекіткен хабарламалар форматтарында айқындалған знысан бойынша кезеңге (жылға, айға, айларға) жиынтық төлем тапсырмасымен жүргізіледі (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8468,70 +6732,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Дербес төлеушілердің, дара кәсіпкерлердің, жеке практикамен айналысатын адамдардың жарналарын оларды кейіннен Мемлекеттік корпорацияның шотына аудару үшін банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға қолма-қол ақшамен төлеуге рұқсат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8550,70 +6814,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Мемлекеттік корпорация жеке сәйкестендіру нөмірлерінің базасында аударымдарды және (немесе) жарналарды есептеуді жүзеге асырады және мемлекеттік кіріс органдарымен аударымдардың және (немесе) жарналардың түсімдерін салыстыруды жүргізеді, аударымдар және (немесе) жарналар төленген жеке тұлғалардың дерекқорын және Заңмен айқындалған өзге де функцияларды актуалдандырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8632,255 +6896,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Мемлекеттік корпорацияның шотына түскен аударымдар және (немесе) жарналар сомасы түскен күннен бастап үш операциялық күн ішінде жиынтық төлем тапсырмасымен қордың шотына аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z110" w:id="44"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z110" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация қайтаруды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z111" w:id="45"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z111" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖСН көрсетілмеген және (немесе) деректемелерінде қателіктер жіберілген жеке тұлғалар бойынша төлеушіге жарналар мен аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...144 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="46"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z112" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) төлеушіге, ол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27-бабының 2-2 тармағында және 28-бабының 5-2 тармағында белгіленген мөлшерден асатын аударымдарды және (немесе) жарналарды есептеу объектісінен жеке тұлға үшін аударымдар мен жарналар сомасын төлеген жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z113" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) көрсетілген аударымдарды төлеуден босатылған адамдар үшін төлеушіге жарналар мен аударымдар) Заңның 26 - бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8975,1521 +7135,1433 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13 тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z114" w:id="47"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z114" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз пайдасына төлеген дербес төлеушілерден, жеке кәсіпкерлерден және жеке практикамен айналысатын тұлғалардан аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z115" w:id="48"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z115" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке кәсіпкерлер мен жеке практикамен айналысатын адамдарды қоспағанда, дербес төлеушілердің пайдасына үшінші тұлғалардан аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z116" w:id="49"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z116" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген төлем мөлшерінен төмен мөлшерде төленген дербес төлеушілердің жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z117" w:id="50"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z117" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) дербес төлеушілердің, жеке кәсіпкерлердің және жеке практикамен айналысатын тұлғалардың өз пайдасына, сол кезең үшін қайта төленген жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z118" w:id="51"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z118" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының аумағында тұрақты тұратындарды, сондай-ақ Қазақстан Республикасы ратификациялаған халықаралық шарттың талаптарына сәйкес қандастарды және Қазақстан Республикасының аумағында уақытша болғандарды қоспағанда, шетел азаматтары мен азаматтығы жоқ адамдар үшін жарналар мен аударымдар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару мынадай тәртіппен тиындарды дөңгелектеуді ескере отырып, теңгеде жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50 тиынға дейінгі сома 0 теңгеге дейін дөңгелектенеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50 тиыннан жоғары сома 1 теңгеге дейін дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...55 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">44. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен алынған деректердің негізінде Мемлекеттік корпорация зейнетақы және жәрдемақы төлемдері бойынша қажеттілікті есептеу күніндегі жағдай бойынша олардың нақты саны негізінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бабының 1-тармағында, 26-1 бабы 1-тармағының 1) тармақшасында айқындалған қорға жарналар төлеуден босатылған адамдар санына қажеттілікті ай сайын екі жұмыс күні ішінде қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 19.03.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 115</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидасы мен мерзімі 46-тармақпен толықтырылды – ҚР Денсаулық сақтау министрінің 09.01.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-2/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46-1. Қазақстан Республикасы Денсаулық сақтау министрлігінің ақпараттық жүйесінен алынған деректер негізінде қор ай сайын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-1 бабы 1-тармағының 2) тармақшасында айқындалған қорға жарналарды төлеуден босатылған адамдардың МӘМС жүйесіндегі медициналық көмекке жүгінген күні келетін айдан кейінгі айдың екі жұмыс күні ішінде олардың медициналық-санитариялық алғашқы көмек ұйымға бекітілген жері бойынша осындай адамдардың санына қажеттілікті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 46-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">40. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-19</w:t>
+        <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Қорға жарналар төлеуден босатылған адамдар үшін МӘМС-ке республикалық бюджеттен мемлекеттің жарналары түрінде бюджет қаражатына қажеттілік туралы өтінімді Мемлекеттік корпорация уәкілетті органға Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен деректерді алған күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Субсидияланатын жұмыс орындарына жұмысқа орналастырылған немесе жұмыс берушіде жұмыс орнында кәсіптік оқуға жіберілген адамдарды қоспағанда, жұмыссыз ретінде тіркелген жарналарды төлеуден босатылған адамдарға жергілікті бюджеттен МӘМС-ке мемлекеттің жарналары түріндегі бюджет қаражатына қажеттілік туралы өтінімді Мемлекеттік корпорация Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен деректерді алған күннен бастап үш жұмыс күні ішінде жергілікті атқарушы органдарға ай сайын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган өтінімнің негізінде есепті кезеңге арналған төлемдер бойынша жеке қаржыландыру жоспарында көзделген сомалар шегінде ақша қаражатын жарналар төлеуден босатылған адамдардың санаттары бөлінісінде төлем тапсырмаларымен ағымдағы айдың алғашқы бес жұмыс күні ішінде қордың шотына аударуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган ақша қаражатын аударғаннан кейін жарналар төлеуден босатылған адамдардың санаттары мен көлемін көрсете отырып, ақпаратты қорға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдар өтінімнің негізінде ағымдағы айдың алғашқы бес жұмыс күні ішінде есепті кезеңдегі төлемдер бойынша жеке қаржыландыру жоспарында көзделген сомалар шегінде төлем тапсырмасында жарналарды төлеуден босатылған адамдардың санаты мен санын көрсете отырып, төлем тапсырмаларымен қордың шотына ақша қаражатын аударуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидасы мен мерзімі 47-тармақпен толықтырылды – ҚР Денсаулық сақтау министрінің 09.01.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-2/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">41. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-19</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47-1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бабының 1-тармағында көрсетілген адамдарды қоспағанда, соңғы үш ай ішінде міндетті зейнетақы жарналарын аудармайтын және Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес әлеуметтік саламаттылығының дағдарыс немесе мүшкіл деңгейлеріне жататын жұмыс істемейтін адамдар үшін МӘМС-ке жергілікті бюджеттен мемлекеттің жарналары түрінде бюджет қаражатына қажеттілік туралы өтінімдерді қор осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қажеттілікті қалыптастырған күннен бастап үш жұмыс күні ішінде ай сайын жергілікті атқарушы органдарға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдар қажеттілік туралы өтінімді алғаннан кейін бес жұмыс күні ішінде жарналарды төлеуден босатылған адамдардың санаттары бөлінісінде төлем тапсырмаларымен, оларда жарналарды төлеуден босатылған адамдардың санаттары мен саны көрсетіле отырып, қордың шотына есепті кезендегі төлемдер бойынша жеке қаржыландыру жоспарларында көзделген сомалар шегінде ақша қаражатын аударуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық қызметтерді тұтынушы осы Қағидалардың 7-1-тармағының 2-тармақшасында көрсетілген адамдар санаттарының бірінен шығып қалған жағдайда, осы Қағидалардың 4-тармағында көрсетілген МӘМС-ке жарналарды төлеуші ретінде Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес МӘМС-ке жарналарды төлеу жөніндегі міндет туындайды. Бұл ретте, жергілікті атқарушы органдар осындай тұлға үшін МӘМС жарналарын ағымдағы күнтізбелік жылдың соңына дейін ай сайын заңнамада белгіленген мөлшерде төлеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 47-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">42. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-19</w:t>
+        <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Жарналар төлеуден босатылған адамдар үшін МӘМС-ке мемлекеттің жарналарына есепті кезеңге арналған қаржыландыру жоспары бойынша бюджет қаражаты жеткіліксіз болған жағдайда нақты қажеттілікке сәйкес ақша қаражатының жетіспейтін сомасын аударуды уәкілетті орган, жергілікті атқарушы органдар төлемдер бойынша қаржыландыру жоспарларына енгізілген өзгерістерді ескере отырып, ағымдағы айдың 25-күніне дейін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидасы мен мерзімі 48-тармақпен толықтырылды – ҚР Денсаулық сақтау министрінің 09.01.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-2/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">43. Алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-19</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...934 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="53"/>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Қор ай сайын Мемлекеттік корпорацияға уәкілетті органнан жарналар төлеуден босатылған адамдар санаттары бөлінісінде мемлекеттің жарналарын алу туралы хабарламаны ақпараттық жүйе арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10656,68 +8728,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10912,68 +8984,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Анықтама-растама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11179,229 +9251,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша алып тасталды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...142 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11437,129 +9355,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Міндетті әлеуметтік </w:t>
+              <w:t>Міндетті әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық сақтандыру </w:t>
+              <w:t>медициналық сақтандыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бойынша аударымдарды және </w:t>
+              <w:t>аударымдарды және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) жарналарды есептеу </w:t>
+              <w:t>жарналарды есептеу (ұстап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(ұстап қалу) және аудару</w:t>
+              <w:t>қалу) және аудару қағидалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары мен мерзімдеріне</w:t>
+              <w:t>мен мерзімдеріне 4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4-қосымша </w:t>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11580,240 +9498,256 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымшамен толықтырылды – ҚР Денсаулық сақтау министрінің 09.01.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-2/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 20</w:t>
+        <w:t>№ 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="56"/>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Денсаулық сақтау министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...33 lines deleted...]
-      Әкімшілік нысанның атауы: Әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға төленетін мемлекеттік жарналар түріндегі бюджет қаражатының қажеттілігіне өтінім __________ 20_ жыл (айға) (__________ сағат, __ минут, __ күні бойынша)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинау нысаны www.gov.kz интернет-ресурсында</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Міндетті әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға республикалық бюджеттен мемлекеттің жарналары түріндегі бюджет қаражатына қажеттілігіне өтінім ___ 20_ жыл (айға) (___ сағат, __ минут, __ күні бойынша)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанының индексі (форма атауының қысқаша әріптік-цифрлық көрінісі): 1-Қ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Кезеңділігі: ай сайын </w:t>
+        <w:t>
+      Кезеңділігі: ай сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есептік кезең: _____20__ж</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өтеусіз негізде Әкімшілік деректерді жинау нысаны ұсынатын тұлғалар тобы: "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы.</w:t>
+      Өтеусіз негізде Әкімшілік деректерді жинау нысаны ұсынатын тұлғалар тобы: "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға нысанын ұсыну мерзімі: Мемлекеттік корпорация ай сайын Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен деректерді алған күннен бастап үш жұмыс күні ішінде уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11838,73 +9772,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3975100" cy="482600"/>
+            <wp:extent cx="7810500" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3975100" cy="482600"/>
+                      <a:ext cx="7810500" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -12010,429 +9944,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Мекеме 226</w:t>
+Мекеме 226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бағдарлама 002</w:t>
+Бағдарлама 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Кіші бағдарлама</w:t>
+Кіші бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ерекшелігі 361</w:t>
+Ерекшелігі 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Төлем түрі</w:t>
+Төлем түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жеңілдікті санаттардағы адамдардың саны (нақты деректер)</w:t>
+Жеңілдікті санаттардағы адамдардың саны (нақты деректер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қорға төленуге тиісті міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының мөлшері, пайыз</w:t>
+Қорға төленуге тиісті міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының мөлшері, пайыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Мемлекеттік статистика саласындағы уәкілетті орган айқындайтын ағымдағы қаржы жылының екі жылы алдындағы орташа айлық жалақы, теңге</w:t>
+Мемлекеттік статистика саласындағы уәкілетті орган айқындайтын ағымдағы қаржы жылының екі жылы алдындағы орташа айлық жалақы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома, теңге</w:t>
+Жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12885,72 +10729,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> айқындалған Әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған Қазақстан Республикасының азаматтары үшін міндетті медициналық сақтандыруға мемлекеттің жарналары түріндегі Әлеуметтік медициналық сақтандыру қорына нысаналы жарна</w:t>
+              <w:t>
+"Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының Заңында айқындалған әлеуметтік медициналық сақтандыру қорына жарналар төлеуден босатылған Қазақстан Республикасының азаматтары үшін республикалық бюджеттен мемлекеттің міндетті әлеуметтік медициналық сақтандыруға жарналары түріндегі әлеуметтік медициналық сақтандыру қорына трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13797,51 +11621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыссыз ретінде тіркелген адамдар;</w:t>
+жұмыс істемейтін жүкті әйелдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14094,51 +11918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыс істемейтін жүкті әйелдер;</w:t>
+МӘМС туралы Заңның 26-бабы 1-тармағының 5) тармақшасында көзделген адамдарды қоспағанда, бала (балалар) үш жасқа толғанға дейін оны (оларды) тәрбиелеп отырған жұмыс істемейтін адам (баланың заңды өкілдерінің бірі);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14390,72 +12214,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> көзделген адамдарды қоспағанда, бала (балалар) үш жасқа толғанға дейін оны (оларды) тәрбиелеп отырған жұмыс істемейтін адам (баланың заңды өкілдерінің бірі);</w:t>
+              <w:t>
+жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала (балалар) үш жасқа толғанға дейін оның (олардың) күтіміне байланысты демалыста жүрген адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14708,51 +12512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға байланысты, бала (балалар) үш жасқа толғанға дейін оның (олардың) күтіміне байланысты демалыста жүрген адамдар;</w:t>
+жұмыс істемейтін мүгедек баланы (мүгедек балаларды) тәрбиелеп отырған анаға немесе әкеге, бала асырап алушыға, қорғаншыға (қамқоршыға) тағайындалатын және төленетін мемлекеттік жәрдемақыны алушылар;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15005,51 +12809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мүгедектігі бар балаға күтім жасауды жүзеге асыратын жұмыс істемейтін адамдар;</w:t>
+жұмыс істемейтін бірінші топтағы мүгедектігі бар адамға күтім жасауды жүзеге асыратын адамдарға мемлекеттік жәрдемақыны алушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15302,51 +13106,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бірінші топтағы мүгедектігі бар адамға күтім жасауды жүзеге асыратын жұмыс істемейтін адамдар;</w:t>
+зейнетақы төлемдерін алушылар, оның ішінде Ұлы Отан соғысының ардагерлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15599,51 +13403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-зейнетақы төлемдерін алушылар, оның ішінде Ұлы Отан соғысының ардагерлері;</w:t>
+қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде (қауіпсіздігі барынша төмен мекемелерді қоспағанда) сот үкімі бойынша жазасын өтеп жатқан адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15896,51 +13700,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде (қауіпсіздігі барынша төмен мекемелерді қоспағанда) сот үкімі бойынша жазасын өтеп жатқан адамдар;</w:t>
+тергеу изоляторларындағы адамдар, сондай-ақ үйқамақ түріндегі бұлтартпау шарасы қолданылған жұмыс істемейтін адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16193,51 +13997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тергеу изоляторларындағы адамдар, сондай-ақ үйқамақ түріндегі бұлтартпау шарасы қолданылған жұмыс істемейтін адамдар;</w:t>
+жұмыс істемейтін қандастар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16490,51 +14294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыс істемейтін қандастар;</w:t>
+"Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, сондай-ақ I және II дәрежелі "Ана даңқы" ордендерімен марапатталған көп балалы аналар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16787,51 +14591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, сондай-ақ I және II дәрежелі "Ана даңқы" ордендерімен наградталған көпбалалы аналар;</w:t>
+мүгедектігі бар адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17084,51 +14888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мүгедектігі бар адамдар;</w:t>
+орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары білім беру, сондай-ақ жоғары оқу орнынан кейінгі білім беру ұйымдарында күндізгі оқу нысанында білім алып жатқан адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17381,51 +15185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары білім беру, сондай-ақ жоғары оқу орнынан кейінгі білім беру ұйымдарында күндізгі оқу нысанында білім алып жатқан адамдар;</w:t>
+мемлекеттік атаулы әлеуметтік көмекті алушы жұмыс істемейтін адамдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17678,347 +15482,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мемлекеттік атаулы әлеуметтік көмекті алушы жұмыс істемейтін адамдар</w:t>
-[...295 lines deleted...]
-              <w:t>
 Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18124,177 +15631,159 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атауы: ________________________________________________</w:t>
-[...125 lines deleted...]
-      Мөр орны</w:t>
+      Атауы________________________ Мекенжайы____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Телефоны Электрондық пошта мекенжайы/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы ______________________________ _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________ _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18362,454 +15851,246 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>негізде жинау нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="57"/>
+    <w:bookmarkStart w:name="z220" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинау нысанын толтыру бойынша түсіндірме</w:t>
-[...388 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинау нысанын толтыру бойынша түсіндірме "20_ жылғы __________ (бір айға) міндетті әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға республикалық бюджеттен мемлекеттің жарналары түріндегі бюджет қаражатына қажеттілігіне өтінім (__________ сағат, __ минут, __ күні бойынша)"  (индекс – 1-Қ, кезеңділігі – ай сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме "20_ жылғы ______ (бір айға) міндетті әлеуметтік медициналық сақтандыру қорына жарналарды төлеуден босатылған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға республикалық бюджеттен мемлекеттің жарналары түріндегі бюджет қаражатына қажеттілігіне өтінім (_______ сағат, __ минут, __ күні бойынша)" әкімшілік деректерді өтеусіз негізде жинау нысанын толтыруға қойылатын бірыңғай талаптарды айқындайды (бұдан әрі – Нысан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда 226-мекеме көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда 002 бағдарламасы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда кіші бағдарлама көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда 361 ерекшелігі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-бағанда төлем түрі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Кестенің 6-бағанында жеңілдікті санаттардағы адамдардың саны көрсетіледі (нақты деректер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 7-бағанда қорға төлеуге жататын міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының сомасы пайызбен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 8-бағанда мемлекеттік статистика саласындағы уәкілетті орган айқындаған ағымдағы қаржы жылының екі жылының алдындағы орташа айлық жалақысы, теңгеде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 9-бағанда адам санын, жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома, теңгеде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18845,1792 +16126,1593 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Міндетті әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау министрінің </w:t>
+              <w:t>медициналық сақтандыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2017 жылғы 30 маусымдағы</w:t>
+              <w:t>аударымдарды және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 478 бұйрығына </w:t>
+              <w:t>жарналарды есептеу (ұстап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>қалу) және аудару қағидалары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен мерзімдеріне 5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 5-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Жергілікті атқарушы органдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинау нысаны www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Субсидияланатын жұмыс орындарына жұмысқа орналастырылған немесе жұмыс берушіде жұмыс орнында кәсіптік оқуға жіберілген адамдарды қоспағанда, жұмыссыздар ретінде тіркелген тұлғалар үшін міндетті әлеуметтік медициналық сақтандыруға жергілікті бюджеттен мемлекеттің жарналары түрінде бюджет қаражатына қажеттілік туралы 20_____ жылғы _________ (ай) (_________ күні _______ сағат_______ минут жағдай бойынша) өтінім __________ 20_ жыл (айға) (__________ сағат, __ минут, __ күні бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанының индексі (форма атауының қысқаша әріптік-цифрлық көрінісі): 2-Қ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: ай сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептік кезең: _____20__ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтеусіз негізде Әкімшілік деректерді жинау нысаны ұсынатын тұлғалар тобы: "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға нысанын ұсыну мерзімі: Мемлекеттік корпорация ай сайын Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ақпараттық жүйесінен деректерді алған күннен бастап үш жұмыс күні ішінде жергілікті атқарушы органдарға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН/БСН</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...65 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="71"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...672 lines deleted...]
-      </w:pPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...913 lines deleted...]
-      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Әкімшілік дереккөздер қажет болған жағдайда нысанды мемлекеттік және орыс тілдерінде жеке әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адам саны (нақты деректер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорға төленуге тиісті міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының мөлшері, пайыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік статистика саласындағы уәкілетті орган айқындайтын ағымдағы қаржы жылының екі жылы алдындағы орташа айлық жалақы, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субсидияланатын жұмыс орындарына жұмысқа орналастырылған немесе жұмыс берушіде жұмыс орнында кәсіптік оқуға жіберілген адамдарды қоспағанда, жұмыссыздар ретінде тіркелген тұлғалар үшін мемлекеттің жергілікті бюджеттен міндетті медициналық сақтандыруға жарналары түріндегі әлеуметтік медициналық сақтандыру қорына трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы________________________ Мекенжайы_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны Электрондық пошта мекенжайы/Орындаушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________ ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20666,191 +17748,5488 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аударымдардың, жарналардың</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және (немесе) аударымдарды</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және (немесе) жарналарды</w:t>
+              <w:t>негізде жинау нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>уақтылы және (немесе) толық</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z223" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинау нысанын толтыру бойынша түсіндірме "20_ жылғы (бір айға) субсидияланатын жұмыс орындарына жұмысқа орналастырылған немесе жұмыс берушіде жұмыс орнында кәсіптік оқуға жіберілген адамдарды қоспағанда, жұмыссыздар ретінде тіркелген тұлғалар үшін міндетті әлеуметтік медициналық сақтандыруға жергілікті бюджеттен мемлекеттің жарналары түрінде бюджет қаражатына қажеттілігіне өтінім (__________ сағат, __ минут, __ күні бойынша)"  (индекс – 2-Қ, кезеңділігі – ай сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме "20_ жылғы __________ (бір айға) субсидияланатын жұмыс орындарына жұмысқа орналастырылған немесе жұмыс берушіде жұмыс орнында кәсіптік оқуға жіберілген адамдарды қоспағанда, жұмыссыздар ретінде тіркелген тұлғалар үшін міндетті әлеуметтік медициналық сақтандыруға жергілікті бюджеттен мемлекеттің жарналары түрінде бюджет қаражатына қажеттілігіне өтінім (__________ сағат, __ минут, __ күні бойынша)" әкімшілік деректерді өтеусіз негізде жинау нысанын толтыруға қойылатын бірыңғай талаптарды айқындайды (бұдан әрі – Нысан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда бюджет бағдарламалардың әкімшісі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда бағдарламасы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда кіші бағдарлама көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда ерекшелігі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-бағанда төлем түрі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Кестенің 6-бағанында адамдардың саны көрсетіледі (нақты деректер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 7-бағанда қорға төлеуге жататын міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының сомасы пайызбен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 8-бағанда мемлекеттік статистика саласындағы уәкілетті орган айқындаған ағымдағы қаржы жылының екі жылының алдындағы Қазақстан Республикасының тиісті өңіріндегі орташа айлық жалақы, теңгеде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 9-бағанда адам санын, жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома, теңгеде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>төлемегені үшін өсімпұлдың</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>артық (қате) есепке</w:t>
+              <w:t>Міндетті әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жатқызылған сомаларын</w:t>
+              <w:t>медициналық сақтандыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>төлеушілерге қайтаруды жүзеге</w:t>
+              <w:t>аударымдарды және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>асыру қағидаларына</w:t>
+              <w:t>жарналарды есептеу (ұстап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>қалу) және аудару қағидалары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен мерзімдеріне 6-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 6-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Жергілікті атқарушы органдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинау нысаны www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік медициналық сақтандыру қорына жарналар төлеуден босатылған адамдар үшін жергілікті бюджеттен міндетті әлеуметтік медициналық сақтандыруға мемлекет жарналары түріндегі бюджет қаражатына қажеттілік туралы 20___ жылғы _______ (ай) (____ күні ____ сағат_____ минут жағдай бойынша) өтінім ____ 20_ жыл (айға) (_______ сағат, __ минут, __ күні бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанының индексі (форма атауының қысқаша әріптік-цифрлық көрінісі): 3-Қ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: ай сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептік кезең: _____20__ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтеусіз негізде Әкімшілік деректерді жинау нысаны ұсынатын тұлғалар тобы: "Міндетті әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы (бұдан әрі - Қор).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға нысанын ұсыну мерзімі: Қор ай сайын қажеттілікті қалыптастырған күннен бастап үш жұмыс күні ішінде жергілікті атқарушы органдарға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН/БСН</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Әкімшілік дереккөздер қажет болған жағдайда нысанды мемлекеттік және орыс тілдерінде жеке әзірлейді</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны, адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорға төленуге тиісті міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының мөлшері, пайыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік статистика саласындағы уәкілетті орган айқындайтын ағымдағы қаржы жылының екі жылы алдындағы орташа айлық жалақы, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының Заңында айқындалған әлеуметтік медициналық сақтандыру қорына жарналар төлеуден босатылған Қазақстан Республикасының азаматтары үшін жергілікті бюджеттен мемлекеттің міндетті әлеуметтік медициналық сақтандыруға жарналары түрінде әлеуметтік медициналық сақтандыру қорына трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңның 26-бабының 1-тармағында көрсетілген адамдарды қоспағанда, соңғы үш ай ішінде міндетті зейнетақы жарналарын аудармайтын және Қазақстан Республикасының әлеуметтік қорғу туралы заңнамасына сәйкес әлеуметтік саламаттылығының дағдарыс деңгейіне жататын жұмыс істемейтін адамдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңның 26-бабының 1-тармағында көрсетілген адамдарды қоспағанда, соңғы үш ай ішінде міндетті зейнетақы жарналарын аудармайтын және Қазақстан Республикасының әлеуметтік қорғу туралы заңнамасына сәйкес әлеуметтік саламаттылығының мүшкіл деңгейіне жататын жұмыс істемейтін адамдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы________________________ Мекенжайы___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны Электрондық пошта мекенжайы/Орындаушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде жинау нысанына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z226" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинау нысанын толтыру бойынша түсіндірме "20_ жылғы (бір айға) Әлеуметтік медициналық сақтандыру қорына жарналар төлеуден босатылған адамдар үшін жергілікті бюджеттен міндетті әлеуметтік медициналық сақтандыруға мемлекет жарналары түріндегі бюджет қаражатына қажеттілігіне өтінім (сағат, __ минут, __ күні бойынша)"  (индекс – 3-Қ, кезеңділігі – ай сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме "20_ жылғы __________ (бір айға) Әлеуметтік медициналық сақтандыру қорына жарналар төлеуден босатылған адамдар үшін жергілікті бюджеттен міндетті әлеуметтік медициналық сақтандыруға мемлекет жарналары түріндегі бюджет қаражатына қажеттілігіне өтінім (__________ сағат, __ минут, __ күні бойынша)" әкімшілік деректерді өтеусіз негізде жинау нысанын толтыруға қойылатын бірыңғай талаптарды айқындайды (бұдан әрі – Нысан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда бюджет бағдарламалардың әкімшісі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда бағдарламасы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда кіші бағдарлама көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда ерекшелігі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-бағанда төлем түрі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Кестенің 6-бағанында адамдардың саны көрсетіледі (нақты деректер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 7-бағанда қорға төлеуге жататын міндетті әлеуметтік медициналық сақтандыруға мемлекет жарнасының сомасы пайызбен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 8-бағанда мемлекеттік статистика саласындағы уәкілетті орган айқындаған ағымдағы қаржы жылының екі жылының алдындағы Қазақстан Республикасының тиісті өңіріндегі орташа айлық жалақы, теңгеде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 9-бағанда адам санын, жарна сомасын және орташа айлық жалақыны 100-ге бөлу арқылы сома, теңгеде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Денсаулық сақтау министрінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 жылғы 30 маусымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 478 бұйрығына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z62" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрық қағидалармен толықтырылды – ҚР Денсаулық сақтау министрінің 04.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z135" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z136" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z137" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z138" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аударымдар – жұмыс берушілер өз қаражаты есебінен әлеуметтік медициналық сақтандыру қорына төлейтін, өздеріне аударымдар төлеу жүзеге асырылған медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмек алуға құқығын беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z139" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) аударымдарды және (немесе) жарналарды төлеушілер (бұдан әрі – төлеушілер) – "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – МӘМС туралы Заң) белгіленген тәртіппен әлеуметтік медициналық сақтандыру қорына аударымдарды және (немесе) жарналарды есептеуді, ұстап қалуды, аударуды, төлеуді жүзеге асыратын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z140" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамы – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және шарттарда медициналық көмек көрсететін денсаулық сақтау субъектілерінің қызметтерін сатып алуды және оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым (бұдан әрі – қор);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z141" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – Қазақстан Республикасы азаматтарының денсаулығын сақтау, медициналық және фармацевтикалық ғылым, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсету сапасы саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z142" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) жарналар – МӘМС туралы Заңның 14-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген жарналарды төлеушілер қорға төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алуға құқық беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z143" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z144" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті беруші);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z145" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекминінің ААЖ) – зейнетақы және әлеуметтік аударымдар мен төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z146" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) міндетті әлеуметтік медициналық сақтандыру (бұдан әрі – МӘМС) – қор активтері есебінен медициналық көрсетілетін қызметтерді тұтынушыларға медициналық көмек көрсету жөніндегі құқықтық, экономикалық және ұйымдастырушылық шаралар кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z147" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) медициналық көрсетілетін қызметтерді тұтынушы – МӘМС туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес МӘМС жүйесінде медициналық көмек алуға құқығы бар жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z148" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) электрондық өтініш – көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған, "Электрондық үкімет" веб-порталы арқылы келіп түскен электрондық құжат нысанында МӘМС аударымдарын, жарналарын және (немесе) жарналарын уақтылы және(немесе) толық төлемегені үшін аударымдардың, жарналардың және(немесе) өсімпұлдардың артық (қате) есептелген сомаларын қайтаруға арналған өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z149" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) "Электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымының операторы (бұдан әрі – оператор) – өзіне бекітілген "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымның жұмыс істеуін қамтамасыз ету жүктелген Қазақстан Республикасының Үкіметі айқындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z150" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) "Электрондық үкімет" веб-портал – нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және мемлекеттік көрсетілетін қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосылуға техникалық шарттар беру жөніндегі көрсетілетін қызметтерге және электрондық нысанда көрсетілетін квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтеріне қол жеткізудің бірыңғай терезесі болып табылатын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z151" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z152" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) "Saqtandyrý" ақпараттық жүйесі (бұдан әрі – "Saqtandyrý" АЖ) –медициналық қызметтерді тұтынушының мәртебесін автоматтандырылған режимде айқындайтын ақпараттық жүйе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z153" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларға мемлекеттік көрсетілетін қызметтер бөлігінде өзгерістер және (немесе) толықтырулар енгізілген кезде уәкілетті мемлекеттік орган өзгерістер және (немесе) толықтырулар енгізуді көздейтін бұйрық мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде "Азаматтарға арналған үкімет "Мемлекеттік корпорациясы", "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторын міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі бірыңғай байланыс орталығы мен ведомствосын өзгерістер және (немесе) толықтырулар туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z154" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z155" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару (бұдан әрі – қызмет) мынадай жағдайларда жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z156" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлеуші немесе банк екі немесе одан да көп рет қордың шотына қате аударғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z157" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алдыңғы кезең үшін берешек болмаған жағдайда артық есептелгенде (ішінара қайтару);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z158" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жарналарын мемлекет төлейтін "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының 27-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 28-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес аударымдар мен жарналарды төлеуден босатылған адамдар үшін қате төленгенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z159" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төлем мақсатының коды дұрыс көрсетілмегенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z160" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) алушының деректемелері (жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты, әкесінің аты (бар болса)), төлем жүргізілген кезең дұрыс көрсетілмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z161" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының аумағында тұрақты тұратындарды, сондай-ақ қандастарды және Қазақстан Республикасы ратификациялаған халықаралық шарттың талаптарына сәйкес Қазақстан Республикасының аумағында уақытша болғандарды қоспағанда, шетелдік азаматтар мен азаматтығы жоқ адамдар үшін қате аударылғанда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Үшінші тұлғалар өтінішті Қазақстан Республикасы Азаматтық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>167-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілген сенімхат бойынша береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z163" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру үшін талап қою мерзiмдерi Қазақстан Республикасы Азаматтық Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>178-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z164" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы МӘМС аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін аударымдардың, жарналардың және (немесе) өсімпұлдардың артық (қате) есептелген сомаларын мынадай тәсілдердің бірімен қайтару туралы өтініш (бұдан әрі - өтініш) береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z165" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z166" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Мемлекеттік корпорацияға қағаз жеткізгіш түрінде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z167" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. "Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z168" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Өтініш осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z169" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Өтініш берген кезде көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес пайдасына МӘМС аударымдары және (немесе) жарналары жүргізілген тұлғадан сомаларды қайтаруға келісім беру туралы өтінішті қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z170" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мемлекеттік корпорация ұсынылған құжаттардың осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестігін тексереді, МӘМС аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды төлеу фактісін растайды, көрсетілетін қызметті алушының құжаттарын қоса бере отырып, электрондық өтінімді қалыптастырады және көрсетілетін қызметті берушіге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z171" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Көрсетілетін қызметті алушы толық емес құжаттар пакетін және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға өтінішті қабылдаудан бас тарту туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z172" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Көрсетілетін қызметті портал арқылы алу үшін көрсетілетін қызметті алушы төлеушінің сұрау салынатын деректерін, МӘМС МӘМС аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды артық (қате) төленген төлем деректемелерін, сондай-ақ МӘМС жүйесінің әрбір қатысушысы бойынша ТАӘ, ЖСН, соманы және қайтару кезеңін осы Қағидалардың 4-тармағына сәйкес енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеуші өтініш берген кезде пайдасына МӘМС аударымдары және (немесе) жарналары жүргізілген тұлғадан сомаларды қайтаруға келісім беру туралы өтінішке осы Қағидаларға 3-қосымшаға сәйкес порталдың жеке кабинетінде қол қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Портал арқылы қалыптастырылатын құжаттары бар электрондық өтініш мемлекеттік органдардың және (немесе) ұйымдардың ақпараттық жүйелерінде төлеушінің порталда көрсетілген деректемелерінің МӘМС аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдар төленген жиынтық төлем тапсырмасының деректемелеріне сәйкестігі бойынша тексеруден өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Төлеуші портал арқылы өтініш берген кезде өтінімге басшының не төлемді өз пайдасына жүзеге асырған тұлғаның ЭЦҚ-ы қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порталдағы деректер сәйкес келген кезде көрсетілетін қызметті алушының электрондық өтініші(-тері) "Saqtandyrý" АЖ-не түседі. "Saqtandyrý" АЖ осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының "жеке кабинетіне" ҚР Еңбекминінің ААЖ және электрондық өтінішті тіркеу туралы хабарламаны қалыптастырады және жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Салық төлеушілер туралы ақпаратты (тіркеу, тоқтата тұру, ұзарту, ұзарту) алу салық түсімдері мен бюджетке төленетін төлемдерді қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органның интернет-ресурсы арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z175" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Қызметті портал арқылы алған кезде 10 (он) жұмыс күні ішінде МӘМС артық (қате) есепке жатқызылған ударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды қайтару (қайтарудан бас тарту) қаралады және жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z176" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Мемлекеттік корпорацияға қағаз түрінде берілген құжаттарды қарау мерзімі 15 (он бес) жұмыс күнін құрайды, өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді, оның ішінде Мемлекеттік корпорацияда 5 (бес) жұмыс күні, қорда қарау және қайтару туралы шешім қабылдау үшін 7 (жеті) жұмыс күні, 3 (үш) жұмыс күні ішінде Мемлекеттік корпорацияның қаражатты аударуына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы берілген құжаттарды қарау мерзімі – 10 (он) жұмыс күнін, оның ішінде қарау және қайтару немесе бас тарту туралы шешім қабылдау үшін Қорға 7 (жеті) жұмыс күнін, Мемлекеттік корпорацияның қаражат аударуына 3 (үш) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер осы Қағидаларға 1-қосымшаға сәйкес Негізгі талаптардың тізбесінің 10-тармағында көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z178" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ алдын ала шешім бойынша көрсетілетін қызметті алушыға позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тыңдау рәсімі Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аудару немесе аударымдар және (немесе) жарналар және (немесе) өсімпұлдар сомасын қайтарудан бас тарту туралы дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аудару туралы өтініштер бойынша оң шешім қабылданғаннан кейін мемлекеттік қызметті көрсетуші жиынтық төлем тапсырмасын қалыптастырады және ақша аударуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z180" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Мемлекеттік корпорация төлем тапсырмасын қалыптастырады және үш операциялық күн ішінде артық (қате) есептелген аударымдар және (немесе) жарналар және (немесе) өсімпұлдар сомасын төлеушіге аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z181" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z182" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің тікелей мемлекеттік қызметті көрсету мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы жүгінген кезде шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым шешімі, әрекеті (әрекетсіздігі) шағымданатын көрсетілетін қызметті берушіге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешімі, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік іс-әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аударымдардың, жарналардың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және (немесе) аударымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және (немесе) жарналарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уақтылы және (немесе) толық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлемегені үшін өсімпұлдың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>артық (қате) есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жатқызылған сомаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлеушілерге қайтаруды жүзеге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z186" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> "Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21887,70 +24266,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс істеу графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z206" w:id="123"/>
+          <w:bookmarkStart w:name="z206" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Өтініштерді қабылдау және мемлекеттік қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 18.00-ге дейін үзіліссіз жүзеге асырылады, Мемлекеттік корпорацияның халыққа қызмет көрсету кезекші бөлімдері дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін Қазақстан Республиканың Еңбек кодексіне сәйкес мереке және демалыс күндерінен басқа;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22048,70 +24427,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметтер үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z208" w:id="124"/>
+          <w:bookmarkStart w:name="z208" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Мемлекеттік корпорацияға жүгінген кезде:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -23165,68 +25544,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акционерлік қоғамы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Басқармасының төрағасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="125"/>
+    <w:bookmarkStart w:name="z188" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыруға аударымдарды, жарналарды және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24561,68 +26940,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүзеге асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="126"/>
+    <w:bookmarkStart w:name="z190" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік медициналық сақтандыруға аударымдары және (немесе) жарналары төленген тұлғадан (тұлғалардан) сомаларды қайтаруға келісім беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен (біз), ________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24925,68 +27304,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">асыру қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="127"/>
+    <w:bookmarkStart w:name="z192" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық өтінішті "электрондық үкімет" веб-порталында қарау мәртебесі туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сіздің "Міндетті әлеуметтік медициналық сақтандыруға аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын қайтару" мемлекеттік көрсетілетін қызмет көрсетуге № __________________ өтінішіңіз (электрондық өтініштің нөмірі) "Әлеуметтік медициналық сақтандыру қоры" коммерциялық емес акционерлік қоғамына жіберілді". Өтініштің мәртебесі қарауда.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -25042,55 +27421,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25412,35 +27791,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>