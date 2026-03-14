--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="940458d" w14:textId="940458d">
+    <w:p w14:paraId="c4ab46c" w14:textId="c4ab46c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,140 +93,236 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2017 жылғы 31 мамырдағы № 115 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 20 шілдеде № 15351 болып тіркелді</w:t>
-[...18 lines deleted...]
-      </w:t>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2017 жылғы 31 мамырдағы № 115 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 20 шілдеде № 15351 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидаларын, бағдарламаларын және оны ұйымдастыруды бекіту туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2016 жылғы 20 қыркүйектегі № 1 </w:t>
+      1. "Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидаларын, бағдарламаларын және оны ұйымдастыруды бекіту туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2016 жылғы 20 қыркүйектегі № 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 7 қарашада жарияланған) мынадай өзгерістер пен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидаларын, бағдарламаларын және оны </w:t>
+      көрсетілген бұйрықпен бекітілген Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидаларын, бағдарламаларын және оны </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ұйымдастыруда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
@@ -238,443 +334,443 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "14. Тестілеу залы ұялы байланысты тұншықтыратын құралмен, кандидатты сәйкестендіру мақсатында карт-ридермен, сонымен қатар тестілеу процессінің бейне - және аудиожазбасын жүргізу үшін техникалық жазба құралдарымен жабдықталады.";</w:t>
+      "14. Тестілеу залы ұялы байланысты тұншықтыратын құралмен, кандидатты сәйкестендіру мақсатында карт-ридермен, сонымен қатар тестілеу процессінің бейне - және аудиожазбасын жүргізу үшін техникалық жазба құралдарымен жабдықталады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Тестілеуден өтетін адамдарға тестілеу залына қабылдайтын-беретін электрондық құрылғылар (оның ішінде ұялы телефондар мен өзге де электрондық жабдықтар) кіргізуге рұқсат берілмейді. Мұндай құрылғылар тестілеуді өткізу уақытында ұяшықтары бар арнайы шкафтарға сақтауға салынады.";</w:t>
+      "Тестілеуден өтетін адамдарға тестілеу залына қабылдайтын-беретін электрондық құрылғылар (оның ішінде ұялы телефондар мен өзге де электрондық жабдықтар) кіргізуге рұқсат берілмейді. Мұндай құрылғылар тестілеуді өткізу уақытында ұяшықтары бар арнайы шкафтарға сақтауға салынады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Тестілеуде белгіленген мәндерден төмен нәтиже алған кандидаттарға қайта тестілеуге алдыңғы тестілеу өткізілген күннен бастап бір айдан кем емес мерзімнен кейін жол беріледі.";</w:t>
+      "Тестілеуде белгіленген мәндерден төмен нәтиже алған кандидаттарға қайта тестілеуге алдыңғы тестілеу өткізілген күннен бастап бір айдан кем емес мерзімнен кейін жол беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұндағы 32-1, 32-2 мен 32-3 тармақтарымен толықтырылсын:</w:t>
+      мынадай мазмұндағы 32-1, 32-2 мен 32-3 тармақтарымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "32-1. Апелляцияға кандидаттан келесі шағымдар қабылданады:</w:t>
+      "32-1. Апелляцияға кандидаттан келесі шағымдар қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) нақты сұрақтардың қисындығына шағымдану;</w:t>
+      1) нақты сұрақтардың қисындығына шағымдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) техникалық ақаулықтарға сілтеме жасап, тестілеу нәтижелеріне шағымдану;</w:t>
+      2) техникалық ақаулықтарға сілтеме жасап, тестілеу нәтижелеріне шағымдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тестілеу қағидаларын бұзу туралы актіге шағымдану;</w:t>
+      3) тестілеу қағидаларын бұзу туралы актіге шағымдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) тестілеудің қалыпты барысына кедергі болған жағдайларға сілтеме жасап, тестілеу нәтижелеріне шағымдану.</w:t>
+      4) тестілеудің қалыпты барысына кедергі болған жағдайларға сілтеме жасап, тестілеу нәтижелеріне шағымдану.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32-2. Апелляциялық комиссияның отырысында апелляцияға шағым берген кандидат дұрыс жауап бермеген тест тапсырмалары мен оның жауап нұсқалары және (немесе) кандидаттың тестілеу рәсімінің бейне - және аудиожазбалары қарастырылады.</w:t>
+      32-2. Апелляциялық комиссияның отырысында апелляцияға шағым берген кандидат дұрыс жауап бермеген тест тапсырмалары мен оның жауап нұсқалары және (немесе) кандидаттың тестілеу рәсімінің бейне - және аудиожазбалары қарастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32-3. Тест тапсырмаларын, сондай-ақ кандидаттың тестілеу рәсімінің бейне - және аудиожазбаларын апелляциялық комиссияға сұрау бойынша Орталық береді.</w:t>
+      32-3. Тест тапсырмаларын, сондай-ақ кандидаттың тестілеу рәсімінің бейне - және аудиожазбаларын апелляциялық комиссияға сұрау бойынша Орталық береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, тест тапсырмалары кандидаттарға тек танысу үшін ғана беріледі.";</w:t>
+      Бұл ретте, тест тапсырмалары кандидаттарға тек танысу үшін ғана беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидаларын, бағдарламаларын және оны ұйымдастырудың </w:t>
+      Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидаларын, бағдарламаларын және оны ұйымдастырудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -850,91 +946,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 </w:t>
+      2. "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14939 болып тіркелген, 2017 жылғы 19 сәуірдегі Қазақстан Республикасы нормативтiк құқықтық актiлерiнiң эталондық бақылау банкi жарияланған) мынадай өзгерістер пен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Мемлекеттік әкімшілік қызметшілерді, мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерді тестiлеуді ұйымдастыру, бағдарламалары мен </w:t>
+      көрсетілген бұйрықпен бекітілген Мемлекеттік әкімшілік қызметшілерді, мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерді тестiлеуді ұйымдастыру, бағдарламалары мен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
@@ -946,187 +1042,187 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "11. "А" корпусының кадр резервіне бір конкурстық іріктеу аясында "А" корпусының резервіне үміткерлер өтініште көрсетілген тиісті санат үшін әр тестілеу бағдарламасы бойынша бір рет тестілеуден өтеді.";</w:t>
+      "11. "А" корпусының кадр резервіне бір конкурстық іріктеу аясында "А" корпусының резервіне үміткерлер өтініште көрсетілген тиісті санат үшін әр тестілеу бағдарламасы бойынша бір рет тестілеуден өтеді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Бұл жағдайда, қайта тестілеуге алдыңғы тестілеу өткізілген күннен бастап бір айдан кем емес мерзімнен кейін жол беріледі.";</w:t>
+      "Бұл жағдайда, қайта тестілеуге алдыңғы тестілеу өткізілген күннен бастап бір айдан кем емес мерзімнен кейін жол беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген Мемлекеттік әкімшілік қызметшілерді, мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерді тестiлеуді ұйымдастырудың, бағдарламалары мен қағидаларының </w:t>
+      көрсетілген Мемлекеттік әкімшілік қызметшілерді, мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерді тестiлеуді ұйымдастырудың, бағдарламалары мен қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1222,269 +1318,289 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің Мемлекеттік қызмет департаменті заңнамада белгіленген тәртіппен:</w:t>
+      3. Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің Мемлекеттік қызмет департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықтың мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде Қазақстан Республикасының нормативтік құқықтық актілерінің Эталондық бақылау банкінде орналастыру үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығының" шаруашылық жүргізу құқығындағы Республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      2) осы бұйрықтың мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде Қазақстан Республикасының нормативтік құқықтық актілерінің Эталондық бақылау банкінде орналастыру үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығының" шаруашылық жүргізу құқығындағы Республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрықтың Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің ресми интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      3) осы бұйрықтың Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің ресми интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының мемлекеттік қызмет мәселелеріне жетекшілік ететін орынбасарына жүктелсін.</w:t>
+      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының мемлекеттік қызмет мәселелеріне жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі. </w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет істері және</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сыбайлас жемқорлыққа қарсы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>іс-қимыл агенттігінің төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1507,269 +1623,269 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Келісілді"</w:t>
+      "Келісілді"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының </w:t>
-[...53 lines deleted...]
-      "Келісілді"</w:t>
+      Қазақстан Республикасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас Прокуроры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________ Ж. Асанов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Келісілді"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының </w:t>
-[...35 lines deleted...]
-      </w:t>
+      Қазақстан Республикасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Б. Сұлтанов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Келісілді"</w:t>
+      "Келісілді"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының </w:t>
-[...35 lines deleted...]
-      ________________ Қ. Қасымов</w:t>
+      Қазақстан Республикасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі істер министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________ Қ. Қасымов</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2260,141 +2376,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мені Қазақстан Республикасының мемлекеттік тілі мен заңнамасын білуге арналған құқық қорғау қызметінің ____ бағдарламасы бойынша және жеке қасиеттерді бағалауға құқық қорғау қызметінің ____ бағдарламасы бойынша тестілеуге жіберуіңізді сұраймын.</w:t>
-[...89 lines deleted...]
-      "___" ___________________ 20 __ ж.</w:t>
+      Мені Қазақстан Республикасының мемлекеттік тілі мен заңнамасын білуге арналған құқық қорғау қызметінің ____ бағдарламасы бойынша және жеке қасиеттерді бағалауға құқық қорғау қызметінің ____ бағдарламасы бойынша тестілеуге жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқық қорғау қызметіне алғаш рет кіретін азаматтарды тесттен өткізу қағидалары, бағдарламалары және оны ұйымдастырудың негізгі талаптарымен таныстым, келісемін және оларды орындауға міндеттенемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту мекенжайы: ______________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өтуді қалаған күні: _____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өтуді қалаған уақыты: ____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________________ 20 __ ж.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2742,429 +2858,429 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құқық қорғау қызметінің лауазымына орналасуға кандидаттың</w:t>
-[...377 lines deleted...]
-      "___" ___________________ 20 __ ж.</w:t>
+      Құқық қорғау қызметінің лауазымына орналасуға кандидаттың</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________ өтініші қабылданды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегi, аты, әкесiнiң аты (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту күні: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту уақыты: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту мекенжайы: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу бағдарламасы: _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу бағдарламасында көзделген құқықтық актілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: тестiлеуден өту кезiнде шектi мәннен төмен баға алған құқық қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметінің лауазымына орналасуға кандидаттар қайта тестілеуді алдыңғы тестілеу өткізілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күннен бастап бір айдан кем емес мерзімнен кейін өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссиямен кандидаттың апелляциясы қанағаттандырылған жағдайда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ол тестілеуді қайта тапсыруға жоғарыда көрсетілген мерзімді сақтаусыз жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет істері жөнiндегi уәкiлеттi органның автоматтандырылған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тестілеуді өтуге тіркеу жүйесімен "электрондық үкімет" порталы арқылы берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________________ 20 __ ж.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3448,91 +3564,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құқық қорғау қызметіне алғаш рет кіретін азаматтарды Қазақстан Республикасының мемлекеттік тілі мен заңнамасын білуге арналған тестілеу бағдарламалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бірінші бағдарлама C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SGU-5, C-SGU-7, В-PK-1, В-PK-2, В-PK-3, В-PKО-1, В-PKО-2, В-PKО-3, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4 санаттағы құқық қорғау қызметінің лауазымдарына арналған және келесіні қамтиды:</w:t>
+      1) бірінші бағдарлама C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SGU-5, C-SGU-7, В-PK-1, В-PK-2, В-PK-3, В-PKО-1, В-PKО-2, В-PKО-3, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4 санаттағы құқық қорғау қызметінің лауазымдарына арналған және келесіні қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
+      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының </w:t>
+      Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (15 сұрақ), Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3688,371 +3804,371 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) бiлуге арналған тестілер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (135 сұрақ) кем дегенде 95 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      Бірінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (135 сұрақ) кем дегенде 95 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 110 минутті құрайды.</w:t>
+      Бірінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 110 минутті құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) екінші бағдарлама С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-13, C-SVU-14, C-SGU-11, C-SGU-12, C-SGU-13, В-PK-4, В-PK-5, В-PK-6, В-PK-7, В-PK-8, В-PKО-4, В-PKО-5, В-PKО-6, В-PKО-7, В-PKО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6 санаттағы құқық қорғау қызметінің лауазымдарына арналған және келесіні қамтиды:</w:t>
+      2) екінші бағдарлама С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-13, C-SVU-14, C-SGU-11, C-SGU-12, C-SGU-13, В-PK-4, В-PK-5, В-PK-6, В-PK-7, В-PK-8, В-PKО-4, В-PKО-5, В-PKО-6, В-PKО-7, В-PKО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6 санаттағы құқық қорғау қызметінің лауазымдарына арналған және келесіні қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
+      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Конституциясын (15 сұрақ), Қазақстан Республикасының Қылмыстық кодексi (15 сұрақ), Қазақстан Республикасының Қылмыстық-процестік кодексi (15 сұрақ) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексi, "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" (15 сұрақ), "Құқық қорғау қызметі туралы" (15 сұрақ), "Қазақстан Республикасының мемлекеттік қызметі туралы" (15 сұрақ) Қазақстан Республикасының заңдарын, Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 </w:t>
+      Қазақстан Республикасының Конституциясын (15 сұрақ), Қазақстан Республикасының Қылмыстық кодексi (15 сұрақ), Қазақстан Республикасының Қылмыстық-процестік кодексi (15 сұрақ) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексi, "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" (15 сұрақ), "Құқық қорғау қызметі туралы" (15 сұрақ), "Қазақстан Республикасының мемлекеттік қызметі туралы" (15 сұрақ) Қазақстан Республикасының заңдарын, Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) бiлуге арналған тестілер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Екінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (105 сұрақ) кем дегенде 63 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      Екінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (105 сұрақ) кем дегенде 63 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Екінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 90 минутті құрайды.</w:t>
+      Екінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 90 минутті құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) үшінші бағдарлама C-SV-12, C-SV-13 санаттағы құқық қорғау қызметінің лауазымдарына арналған және келесіні қамтиды:</w:t>
+      3) үшінші бағдарлама C-SV-12, C-SV-13 санаттағы құқық қорғау қызметінің лауазымдарына арналған және келесіні қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
+      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Конституциясын (15 сұрақ), "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасының заңын (15 сұрақ), Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 </w:t>
+      Қазақстан Республикасының Конституциясын (15 сұрақ), "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасының заңын (15 сұрақ), Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) бiлуге арналған тестілер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Үшінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (45 сұрақ) кем дегенде 21 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      Үшінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (45 сұрақ) кем дегенде 21 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Үшінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 40 минутті құрайды.</w:t>
+      Үшінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 40 минутті құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) төртінші бағдарлама C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-9, С-SVR-8, C-SVU-13, C-SVU-14, C-SVU-15, C-SGU-8, C-SGU-11, C-SGU-12, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-РК-3, В-РК-4, В-РК-5, В-РК-6, В-РК-7, В-РК-8, В-РКО-3, В-РКО-4, В-РКО-5, В-РКО-6, В-РКО-7, В-РКО-8 санаттағы құқық қорғау қызметінің заңгерлік мамандық бойынша тиісті білімнің бар болуын талап етпейтін лауазымдарына арналған және келесіні қамтиды:</w:t>
+      4) төртінші бағдарлама C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-9, С-SVR-8, C-SVU-13, C-SVU-14, C-SVU-15, C-SGU-8, C-SGU-11, C-SGU-12, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-РК-3, В-РК-4, В-РК-5, В-РК-6, В-РК-7, В-РК-8, В-РКО-3, В-РКО-4, В-РКО-5, В-РКО-6, В-РКО-7, В-РКО-8 санаттағы құқық қорғау қызметінің заңгерлік мамандық бойынша тиісті білімнің бар болуын талап етпейтін лауазымдарына арналған және келесіні қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
+      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының </w:t>
+      Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (15 сұрақ), "Қазақстан Республикасының Президентi туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4128,71 +4244,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) бiлуге арналған тестілер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Төртінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (75 сұрақ) кем дегенде 35 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      Төртінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (75 сұрақ) кем дегенде 35 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Төртінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 60 минутті құрайды.</w:t>
+      Төртінші бағдарлама бойынша Қазақстан Республикасының заңнамасын білуге арналған тестілерді орындау үшін жалпы уақыт 60 минутті құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4539,62 +4655,63 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеуді өту мәндерінен төмен нәтижелерімен тестілеуден өткені туралы АНЫҚТАМА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7316"/>
-        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7316" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4708,94 +4825,85 @@
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________ 20____ж. _____ бағдарлама бойынша тестілеуді өту</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мәндерінен төмен нәтижелерімен тестілеуден </w:t>
-[...9 lines deleted...]
-              <w:t>өткені туралы берілді.</w:t>
+              <w:t>мәндерінен төмен нәтижелерімен тестілеуден өткені туралы берілді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12300"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
@@ -4811,630 +4919,575 @@
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Сурет</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2006"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2842"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тест атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеу сұрақтарының/ тапсырмалардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2841" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеуді өту мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дұрыс жауаптардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2841" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚОРЫТЫНДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2841" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы кандидат қайта тестілеуді осы тестілеу өткізілген күннен бастап бір айдан кем емес</w:t>
-[...71 lines deleted...]
-      М.О.            "___" ___________________ 20 __ ж.</w:t>
+      Осы кандидат қайта тестілеуді осы тестілеу өткізілген күннен бастап бір айдан кем емес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мерзімнен кейін өте алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу әкімшісінің қолы: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу операторының қолы: ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.О.            "___" ___________________ 20 __ ж.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5718,211 +5771,211 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құқық қорғау қызметінің лауазымдарына орналасуға кандидаттардың жеке қасиеттерін бағалауға арналған тестілеу бағдарламалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кандидаттардың жеке қасиеттерін бағалауға арналған тестілеу екі бағдарламадан тұрады:</w:t>
+      Кандидаттардың жеке қасиеттерін бағалауға арналған тестілеу екі бағдарламадан тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бірінші бағдарлама C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-RGP-1, C-RGP-2, C-RGP-3, В-РК-1, В-РК-2, В-РК-3, В-РК-4, В-РК-5, В-РКО-1, В-РКО-2, В-РКО-3, В-РКО-4, В-РКО-5, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4, санаттарына арналған және келесіні қамтиды:</w:t>
+      1) бірінші бағдарлама C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-RGP-1, C-RGP-2, C-RGP-3, В-РК-1, В-РК-2, В-РК-3, В-РК-4, В-РК-5, В-РКО-1, В-РКО-2, В-РКО-3, В-РКО-4, В-РКО-5, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4, санаттарына арналған және келесіні қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бастамашылық (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), стратегиялық ойлану (12 тапсырма), көшбасшылық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестілер;</w:t>
+      бастамашылық (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), стратегиялық ойлану (12 тапсырма), көшбасшылық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестілер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші бағдарлама бойынша тестілерді орындау үшін жалпы уақыт 90 минутті құрайды.</w:t>
+      Бірінші бағдарлама бойынша тестілерді орындау үшін жалпы уақыт 90 минутті құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 2 балл, сараптамалық – 2,5 балл, ұйымдасқандық – 2,5 балл, стратегиялық ойлану – 2,5 балл, көшбасшылық – 2,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1,5 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
+      Бірінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 2 балл, сараптамалық – 2,5 балл, ұйымдасқандық – 2,5 балл, стратегиялық ойлану – 2,5 балл, көшбасшылық – 2,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1,5 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) екінші бағдарлама C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-7, C-OGP-8, C-RGP-4, C-RGP-5, C-SV-12, C-SV-13, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SVU-13, C-SVU-14, C-SGU-5, C-SGU-7, C-SGU-8, C-SGU-11, C-SGU-12, С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-15, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-РК-6, В-РК-7, В-РК-8, В-РКО-6, В-РКО-7, В-РКО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6, санаттарына арналған және келесіні қамтиды:</w:t>
+      2) екінші бағдарлама C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-7, C-OGP-8, C-RGP-4, C-RGP-5, C-SV-12, C-SV-13, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SVU-13, C-SVU-14, C-SGU-5, C-SGU-7, C-SGU-8, C-SGU-11, C-SGU-12, С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-15, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-РК-6, В-РК-7, В-РК-8, В-РКО-6, В-РКО-7, В-РКО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6, санаттарына арналған және келесіні қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бастамашылық (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестілер;</w:t>
+      бастамашылық (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестілер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Екінші бағдарлама бойынша тестілерді орындау үшін жалпы уақыт 75 минутті құрайды.</w:t>
+      Екінші бағдарлама бойынша тестілерді орындау үшін жалпы уақыт 75 минутті құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z71" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Екінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 1,5 балл, сараптамалық – 2 балл, ұйымдасқандық – 1,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
+      Екінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 1,5 балл, сараптамалық – 2 балл, ұйымдасқандық – 1,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6220,71 +6273,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "А" корпусының мемлекеттік әкімшілік қызметінің кадр резервіне алуға үміткерлерды Қазақстан Республикасы заңнамасын білуге арналған тестілеу бағдарламалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. "А" корпусының мемлекеттік әкімшілік қызметінің кадр резервіне алуға үміткерлерды Қазақстан Республикасы заңнамасын білуге арналған тестілеу екі бағдарламадан тұрады:</w:t>
+      1. "А" корпусының мемлекеттік әкімшілік қызметінің кадр резервіне алуға үміткерлерды Қазақстан Республикасы заңнамасын білуге арналған тестілеу екі бағдарламадан тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) бірінші бағдарлама "А" корпусының мемлекеттік әкімшілік қызметі лауазымдарынының (бұдан әрі – "А" корпусының лауазымдары) бірінші, екінші және үшінші санаттарына арналған және Қазақстан Республикасының </w:t>
+      1) бірінші бағдарлама "А" корпусының мемлекеттік әкімшілік қызметі лауазымдарынының (бұдан әрі – "А" корпусының лауазымдары) бірінші, екінші және үшінші санаттарына арналған және Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10 сұрақ), "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6480,71 +6533,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) (10 сұрақ) білуге арналған тестерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 90 минутты құрайды.</w:t>
+      Бірінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 90 минутты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) екінші бағдарлама "А" корпусы лауазымдарының төртінші санатына арналған және Қазақстан Республикасының </w:t>
+      2) екінші бағдарлама "А" корпусы лауазымдарының төртінші санатына арналған және Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10 сұрақ), "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6700,71 +6753,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) (10 сұрақ) бiлуге арналған тестерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Екінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 75 минутты құрайды.</w:t>
+      Екінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 75 минутты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "А" корпусының мемлекеттік әкімшілік қызметінің кадр резервіне алуға үміткерлер үшін тестілеуді өту мәні әрбір нормативтік құқықтық актілер бойынша мүмкін болған 10 жауаптан кем дегенде 7 дұрыс жауапты құрайды.</w:t>
+      2. "А" корпусының мемлекеттік әкімшілік қызметінің кадр резервіне алуға үміткерлер үшін тестілеуді өту мәні әрбір нормативтік құқықтық актілер бойынша мүмкін болған 10 жауаптан кем дегенде 7 дұрыс жауапты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7126,465 +7179,465 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға үміткердің</w:t>
-[...413 lines deleted...]
-      "___" ___________________ 20 __ ж.</w:t>
+      "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға үміткердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________ өтініші қабылданды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегi, аты, әкесiнiң аты (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту күні: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту уақыты: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу өту мекенжайы: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу бағдарламасы: _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу бағдарламасында көзделген құқықтық актілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Қазақстан Республикасы заңнамасын білуге арналған тестiлеуден өту кезiнде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шектi мәннен төмен баға алған "Б" корпусының лауазымына үміткерлер қайта тестілеуді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алдыңғы тестілеу өткізілген күннен бастап бір айдан кем емес мерзімнен кейін өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет істері жөнiндегi уәкiлеттi органның автоматтандырылған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тестілеуді өтуге тіркеу жүйесімен "электрондық үкімет" порталы арқылы берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________________ 20 __ ж.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7942,147 +7995,157 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеуді өту мәндерінен төмен нәтижелерімен тестілеуден өткені туралы АНЫҚТАМА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1773"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="12394"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (үміткердің тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының мемлекеттік тілі мен заңнамаларын білуге арналған тестілеуден _________________ қаласында "___" __________ 20____ж. _____ бағдарлама бойынша тестілеуді өту мәндерінен төмен нәтижелерімен тестілеуден өткені туралы берілді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12394" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12300"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
@@ -8093,140 +8156,133 @@
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Сурет</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тест атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеу сұрақтарының/ тапсырмалардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2511" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеуді өту мәні</w:t>
@@ -8250,414 +8306,365 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дұрыс жауаптардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2511" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚОРЫТЫНДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2511" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы үміткер қайта тестілеуді осы тестілеу өткізілген күннен бастап бір айдан кем емес</w:t>
-[...53 lines deleted...]
-      Тестілеу операторының қолы: ________________________________________________</w:t>
+      Осы үміткер қайта тестілеуді осы тестілеу өткізілген күннен бастап бір айдан кем емес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мерзімнен кейін өте алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу әкімшісінің қолы: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу операторының қолы: ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      М.О.            "___" ___________________ 20 __ ж. </w:t>
+      М.О.            "___" ___________________ 20 __ ж. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -8665,55 +8672,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>