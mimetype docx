--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b13b42c" w14:textId="b13b42c">
+    <w:p w14:paraId="eea37af" w14:textId="eea37af">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -276,91 +276,91 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkStart w:name="z15" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес оқу-жаттығу процесі, спорт резервін және жоғары дәрежедегі споршыларды даярлау жүзеге асырылатын ұйымдары үшін үлгілік штаттары;</w:t>
+        <w:t xml:space="preserve"> сәйкес оқу-жаттығу процесі, спорттық резервті және жоғары дәрежедегі спортшыларды даярлау жүзеге асырылатын ұйымдары үшін үлгілік штаттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -381,61 +381,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Мәдениет және спорт министрінің 24.02.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Туризм және спорт министрінің 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 48</w:t>
+        <w:t>№ 251</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -846,167 +846,225 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 155 бұйрығына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оқу-жаттығу процесі, спорт резервін және жоғары дәрежедегі споршыларды даярлау жүзеге асырылатын ұйымдары үшін үлгілік штаттары</w:t>
+        <w:t xml:space="preserve"> Оқу-жаттығу процесі, спорттық резервті және жоғары дәрежедегі спортшыларды даярлау жүзеге асырылатын ұйымдары үшін үлгілік штаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаға өзгеріс енгізілді – ҚР Мәдениет және спорт министрінің 25.09.2018 </w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Туризм және спорт министрінің 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 271</w:t>
+        <w:t>№ 251</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгерістер енгізілді – ҚР Мәдениет және спорт министрінің 25.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.04.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (21.04.2022 бастап қолданысқа енгізіледі); 20.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
@@ -6767,51 +6825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медициналық кешенің басшысы (меңгерушісі)</w:t>
+Медициналық кешеннің басшысы (меңгерушісі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11893,51 +11951,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Парашютттік-десанттық дайындық нұсқаушысы</w:t>
+Парашюттік-десанттық дайындық нұсқаушысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12007,51 +12065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Парашютттік-десанттық дайындық қоймасының меңгерушісі</w:t>
+Парашюттік-десанттық дайындық қоймасының меңгерушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15758,50 +15816,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымшамен толықтырылды – ҚР Мәдениет және спорт министрінің 24.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Туризм және спорт министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18543,86 +18621,88 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18644,777 +18724,802 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 бірліктен артық емес</w:t>
+4 бірліктен артық емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 бірлік</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
-[...71 lines deleted...]
-әрбір салалық бөліміне 1 бірліктен</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Негізгі персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас бухгалтердің орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
-[...71 lines deleted...]
-әрбір салалық бөліміне 7 бірліктен артық емес</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімінің басшысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әрбір салалық бөліміне 1 бірліктен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+24-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-көліктің әр түріне 1 бірлік</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Әкімшілік персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдіскер немесе бөлімнің нұсқаушысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әрбір салалық бөліміне 7 бірліктен артық емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
-[...35 lines deleted...]
-Бухгалтер</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дизайнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19447,539 +19552,424 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші (көлік бар жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көліктің әр түріне 1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-Заңгер</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 бірлік</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
-[...35 lines deleted...]
-Аудармашы</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономист</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20012,510 +20002,608 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік сатып алу жөніндегі менеджер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-Архивист</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңгер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 бірлік</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Медициналық-биологиялық және фармакологиялық қамтамасыз ету жүзеге асырылатын ұйымдар және спортшыларды медициналық көмекпен қамтамасыз ететін ұйымдар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Басқарушы персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудармашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
-[...35 lines deleted...]
-Басшы</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарламашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20548,200 +20636,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
-[...71 lines deleted...]
-2 бірліктен кем емес</w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.</w:t>
-[...35 lines deleted...]
-Бас бухгалтер</w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Референт (немесе хатшы, немесе іс жүргізуші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20774,1033 +20862,962 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40.</w:t>
-[...71 lines deleted...]
-қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
+36-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Асхана басшысы (меңгеруші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.</w:t>
-[...71 lines deleted...]
-6 бірліктен кем емес</w:t>
+36-2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бассейннің басшысы (меңгеруші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+36-3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кітапхана басшысы (меңгеруші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+36-4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық ғимараттың басшысы (меңгерушісі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+36-5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кір жуатын бөлме басшысы (меңгеруші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Негізгі персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36-6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруашылық қызмет көрсететін құрылымдық бөлімшенің (қазандық, қойма) басшысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45.</w:t>
-[...71 lines deleted...]
-штаттық бірліктердің саны орындалатын жұмыс көлеміне байланысты белгіленеді</w:t>
+36-7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық ғимараттың басшысы (меңгерушісі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-штаттық бірліктердің саны орындалатын жұмыс көлеміне байланысты белгіленеді</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық-биологиялық және фармакологиялық қамтамасыз ету жүзеге асырылатын ұйымдар және спортшыларды медициналық көмекпен қамтамасыз ететін ұйымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқарушы персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48.</w:t>
-[...35 lines deleted...]
-Психолог</w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басшы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21833,539 +21850,539 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49.</w:t>
-[...71 lines deleted...]
-4 бірліктен кем емес</w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басшының орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірліктен кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.</w:t>
-[...71 lines deleted...]
-штаттық бірліктердің саны орындалатын жұмыс көлеміне байланысты белгіленеді</w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51.</w:t>
-[...71 lines deleted...]
-2 бірліктен кем емес</w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімнің немесе қызметтің басшысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.</w:t>
-[...71 lines deleted...]
-5 бірліктен кем емес</w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше меңгерушісі -дәрігер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 бірліктен кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53.</w:t>
-[...35 lines deleted...]
-Медициналық тіркеуші</w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас медициналық бике</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22398,87 +22415,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54.</w:t>
-[...35 lines deleted...]
-Шаруашылық бикесі</w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертхана меңгерушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22511,581 +22528,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.</w:t>
-[...71 lines deleted...]
-техникалық қажеттілігіне сәйкес белгіленеді</w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік-шаруашылық бөлімінің меңгерушісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-көліктің әр түріне 1 бірлік</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Әкімшілік персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәрігер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штаттық бірліктердің саны орындалатын жұмыс көлеміне байланысты белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық бике/аға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штаттық бірліктердің саны орындалатын жұмыс көлеміне байланысты белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық бике/аға (мамандандырылған) (массаж бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59.</w:t>
-[...35 lines deleted...]
-Экономист</w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23118,652 +23135,652 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60.</w:t>
-[...71 lines deleted...]
-2 бірліктен кем емес</w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Емдік дене шынықтыру бойынша нұсқаушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 бірліктен кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61.</w:t>
-[...71 lines deleted...]
-қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санитар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штаттық бірліктердің саны орындалатын жұмыс көлеміне байланысты белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертхана маманы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірліктен кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фельдшер зертханашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірліктен кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64.</w:t>
-[...71 lines deleted...]
-2 бірліктен кем емес</w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық тіркеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65.</w:t>
-[...35 lines deleted...]
-Архивист</w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруашылық бикесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23796,431 +23813,1716 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66.</w:t>
-[...71 lines deleted...]
-1 бірлік</w:t>
+55.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық жабдық жөніндегі инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техникалық қажеттілігіне сәйкес белгіленеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Допингке қарсы қызмет, ғылыми-әдістемелік, медициналық-биологиялық және фармакологиялық қамтамасыз ету жүзеге асырылатын ұйымдар және спортшыларды медициналық көмекпен қамтамасыз ететін ұйымдарда өз меншігінде ғимараты болған жағдайда қосымша штаттық бірліктер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші (көлік болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көліктің әр түріне 1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-үй-жайларды тазалаушы тазалаушы лауазымының штаттық бірлігі жинайтын 250 шаршы метрінің әр алаңына 0,5 штат бірлігі есебінен, бірақ кемінде 1 бірліктен белгіленеді</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68.</w:t>
-[...71 lines deleted...]
-ғимаратқа 3 бірлікке дейін</w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтер-кассир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңгер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірліктен кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік сатып алу жөніндегі менеджер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қызметтік қажеттілігіне сәйкес белгіленеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудармашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарламашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірліктен кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Референт (немесе хатшы, немесе іс жүргізуші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Допингке қарсы қызмет, ғылыми-әдістемелік, медициналық-биологиялық және фармакологиялық қамтамасыз ету жүзеге асырылатын ұйымдар және спортшыларды медициналық көмекпен қамтамасыз ететін ұйымдарда өз меншігінде ғимараты болған жағдайда қосымша штаттық бірліктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй-жайларды тазалаушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үй-жайларды тазалаушы тазалаушы лауазымының штаттық бірлігі жинайтын 250 шаршы метрінің әр алаңына 0,5 штат бірлігі есебінен, бірақ кемінде 1 бірліктен белгіленеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күзетші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғимаратқа 3 бірлікке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -24250,75 +25552,1566 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 техникалық қажеттілігіне сәйкес белгіленеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дизельдік техника жабдықтарына қызмет көрсету жөніндегі механик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3 бірлік, жеке спорт ғимараты болған жағдайда </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5 бірлік, жеке спорт ғимараты болған жағдайда </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кітапханашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Энергетик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке спорт ғимараты болған жағдайда, әрбір жеке тұрған жатақхана, асхана ғимаратына 1 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезекші әкімші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке спорт ғимараты болған жағдайда, әрбір жеке тұрған жатақхана, асхана ғимаратына</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірлікке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кассир (ұйымдарда халыққа ақылы қызметтерді көрсету кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке спорт ғимараты болған жағдайда, жеке орналасқан халыққа қызмет көрсететін әрбір аймаққа (спорттық арена, фитнес, жаттығу залы, бассейн, спорт түрлері бойынша секциялар, қонақ үй, асхана) 1 бірлік</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке спорт ғимараты болған жағдайда, жеке орналасқан халыққа қызмет көрсететін әрбір аймаққа (спорттық арена, фитнес, жаттығу залы, бассейн, спорт түрлері бойынша секциялар, қонақ үй, асхана) 2 бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дыбыстық техника жабдықтарына қызмет көрсету жөніндегі механик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3 бірлік, жеке спорт ғимараты болған жағдайда </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Механик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5 бірлік, жеке спорт ғимараты болған жағдайда </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірлік, жеке спорт ғимараты болған жағдайдам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұсқаушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шебер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 бірлік, жеке спорт ғимараты болған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -24339,55 +27132,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>