--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b2e1b24" w14:textId="b2e1b24">
+    <w:p w14:paraId="ea072c2" w14:textId="ea072c2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,206 +76,174 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Екінші деңгейдегі банктердегі, ипотекалық ұйымдардағы және "Қазақстан Даму Банкі" акционерлік қоғамындағы бухгалтерлік есептің үлгі шот жоспарын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 31 қаңтардағы № 3 қаулысына өзгерістер мен толықтырулар енгізу және Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулықты бекіту туралы</w:t>
+        <w:t>"Екінші деңгейдегі банктердегі, ипотекалық ұйымдардағы және "Қазақстан Даму Банкі" акционерлік қоғамындағы бухгалтерлік есептің үлгі шот жоспарын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 31 қаңтардағы № 3 қаулысына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 27 наурыздағы № 46 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 12 мамырда № 15117 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...69 lines deleted...]
-        <w:t>ЕТЕДІ:</w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4014,90 +3982,142 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша инвестициялық депозит туралы шарт бойынша қабылданған ақша есебінен сатып алынған активтердің әділ құнының теріс өзгеруі нәтижесінде болған шығыстардың сомасы жазылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша шығыстардың сомаларын № 7851 баланстан тыс шотқа есептен шығару жазылады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
-[...15 lines deleted...]
-      2. Қоса беріліп отырған Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулық бекітілсін.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Исламдық банктердің бухгалтерлік есепті жүргізуі жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2009 жылғы 27 сәуірдегі № 33 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4130,184 +4150,184 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне бухгалтерлік есепті жүргізу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 17 шілдедегі № 131 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11993 болып тіркелген, 2015 жылғы 17 қыркүйекте "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) бекітілген Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының бухгалтерлік есепті жүргізу мәселелері бойынша нормативтік құқықтық актілерінің тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бухгалтерлік есеп департаменті (Рахметова С.К.) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Заң департаментімен (Сәрсенова Н.В.) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулы мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз және электрондық түрдегі көшірмесін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде ресми жариялау және енгізу үшін жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қаржылық қызметтерді тұтынушылардың құқықтарын қорғау және сыртқы коммуникациялар басқармасы (Терентьев А.Л.) осы қаулы мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспасөз басылымдарында ресми жариялауға жіберуді қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...69 lines deleted...]
-      5. Қаржылық қызметтерді тұтынушылардың құқықтарын қорғау және сыртқы коммуникациялар басқармасы (Терентьев А.Л.) осы қаулы мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспасөз басылымдарында ресми жариялауға жіберуді қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары Д.Т. Ғалиеваға жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      6. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары Д.Т. Ғалиеваға жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -4551,52011 +4571,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 46 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулық 1-тарау. Жалпы ережелер</w:t>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулық (бұдан әрі – Нұсқаулық) Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...58 lines deleted...]
-</w:t>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
-[...51836 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -56937,31 +5050,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>