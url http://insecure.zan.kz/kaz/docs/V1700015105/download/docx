--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3d258a1" w14:textId="3d258a1">
+    <w:p w14:paraId="cc67aba" w14:textId="cc67aba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,414 +85,502 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қаржы мониторингi субъектiлерiнің клиентті тиісінше тексеруі үшін қажетті құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2010 жылғы 15 ақпандағы № 56 бұйрығына өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2017 жылғы 5 сәуірдегі № 219 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 10 мамырда № 15105 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2026 жылғы 28 қаңтардағы № 2 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржылық мониторинг агенттігі Төрағасының 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеруi үшiн қажеттi құжаттар тiзбесiн бекiту туралы" Қазақстан Республикасының Қаржы министрінің 2010 жылғы 15 ақпандағы № </w:t>
+      1. "Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеруi үшiн қажеттi құжаттар тiзбесiн бекiту туралы" Қазақстан Республикасының Қаржы министрінің 2010 жылғы 15 ақпандағы № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6107 болып тіркелген, 2010 жылғы 26 наурыздағы № 42 (1664) "Заң газеті" газетінде жарияланған) мынадай өзгеріс енгізілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеруi үшiн қажеттi құжаттар </w:t>
+      көрсетілген бұйрықпен бекітілген Қаржы мониторингi субъектiлерiнiң клиенттi тиiсiнше тексеруi үшiн қажеттi құжаттар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тiзбесiнде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1-тармақтың екінші бөлігі мынадай редакцияда жазылсын: </w:t>
+      1-тармақтың екінші бөлігі мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Қаржы мониторингі субъектілері клиентті тиісінше тексеру кезінде клиенттің (оның өкілінің) таңдауы бойынша көрсетілген құжаттардың түпнұсқасы не нотариалдық куәландырылған көшірмелерін не апостиль қойдырылған немесе Қазақстан Республикасы ратификациялаған халықаралық шарттарда белгіленген тәртіппен заңдастырылған құжаттардың көшірмелері негізінде клиент туралы мәліметтерді құжаттап тіркейді.".</w:t>
+      "Қаржы мониторингі субъектілері клиентті тиісінше тексеру кезінде клиенттің (оның өкілінің) таңдауы бойынша көрсетілген құжаттардың түпнұсқасы не нотариалдық куәландырылған көшірмелерін не апостиль қойдырылған немесе Қазақстан Республикасы ратификациялаған халықаралық шарттарда белгіленген тәртіппен заңдастырылған құжаттардың көшірмелері негізінде клиент туралы мәліметтерді құжаттап тіркейді.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Қаржы министрлігінің Қаржы мониторингі комитеті (А.З. Мекебеков) заңнамада белгіленген тәртіппен:</w:t>
+      2. Қазақстан Республикасы Қаржы министрлігінің Қаржы мониторингі комитеті (А.З. Мекебеков) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
-[...35 lines deleted...]
-      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспа басылымдарында ресми жариялауға жіберуді;</w:t>
+      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі көшірмелерін баспа және электрондық түрде Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне ресми жариялау және қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспа басылымдарында ресми жариялауға жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсына орналастыруды қамтамасыз етсін. </w:t>
+      4) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсына орналастыруды қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі.</w:t>
+      3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -513,629 +603,651 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "КЕЛІСІЛДІ"</w:t>
-[...161 lines deleted...]
-      Д. Абаев</w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әділет министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Бекетаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      " " 2017 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпарат және коммуникациялар министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д. Абаев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________ </w:t>
-[...197 lines deleted...]
-      Д. Ақышев</w:t>
+      ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      " " 2017 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдениет және спорт министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Мұхамедиұлы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6 наурыз 2017 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық Банкінің төрағасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д. Ақышев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________ </w:t>
-[...89 lines deleted...]
-      Т. Сүлейменов</w:t>
+      ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 сәуір 2017 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық экономика министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Сүлейменов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________ </w:t>
-[...17 lines deleted...]
-      10 ақпан 2017 жыл</w:t>
+      ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10 ақпан 2017 жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1457,35 +1569,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>