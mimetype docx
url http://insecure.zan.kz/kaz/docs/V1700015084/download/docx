--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="656e695" w14:textId="656e695">
+    <w:p w14:paraId="e064d5a" w14:textId="e064d5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -177,130 +177,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...29 lines deleted...]
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы №1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі төртінші абзацының 12) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -821,120 +811,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бухгалтерлік есеп жүргізуді автоматтандыру қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Бухгалтерлік есеп жүргізуді автоматтандыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және қаржы ұйымдарының (айрықша қызметі банкноттарды, монеталарды және құндылықтарды инкассациялау болып табылатын заңды тұлғаларды қоспағанда), "Қазақстанның Даму Банкі" акционерлік қоғамының және Қазақстан Республикасының бейрезидент - банктері филиалдарының, Қазақстан Республикасының бейрезидент - сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент - сақтандыру брокерлері филиалдарының (бұдан әрі – ұйым) бухгалтерлік есеп жүргізуін автоматтандыру тәртібін айқындайды.</w:t>
+      1. Осы Бухгалтерлік есеп жүргізуді автоматтандыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы №1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі төртінші абзацының 12) тармақшасына сәйкес әзірленді және онда қаржы ұйымдарының (айрықша қызметі банкноттарды, монеталарды және құндылықтарды инкассациялау болып табылатын заңды тұлғаларды қоспағанда), "Қазақстанның Даму Банкі" акционерлік қоғамының және Қазақстан Республикасының бейрезидент - банктері филиалдарының, Қазақстан Республикасының бейрезидент - сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент - сақтандыру брокерлері филиалдарының (бұдан әрі – ұйым) бухгалтерлік есеп жүргізуін автоматтандыру тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>