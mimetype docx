--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e535cd" w14:textId="7e535cd">
+    <w:p w14:paraId="9809fdc" w14:textId="9809fdc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,80 +86,156 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тұрмыс деңгейін бағалау бойынша үй шаруашылықтарын іріктемелі зерттеу нәтижелері бойынша табыстарды есептеу әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті Төрағасының 2017 жылғы 31 наурыздағы № 55 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 27 сәуірде № 15064 болып тіркелді. Күші жойылды - Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 2026 жылғы 5 қаңтардағы № 2 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңының </w:t>
+      Ескерту. Күші жойылды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5) тармақшасына және Қазақстан Республикасы Үкіметінің 2014 жылғы 24 қыркүйектегі № 1011 қаулысымен бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы ереженің 17-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -183,316 +261,332 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Тұрмыс деңгейін бағалау бойынша үй шаруашылықтарын іріктемелі зерттеу нәтижелері бойынша табыстарды есептеу </w:t>
+      1. Қоса беріліп отырған Тұрмыс деңгейін бағалау бойынша үй шаруашылықтарын іріктемелі зерттеу нәтижелері бойынша табыстарды есептеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Еңбек және тұрмыс деңгейі статистикасы басқармасы Заң басқармасымен бірлесіп заңнамада белгіленген тәртіппен:</w:t>
+      2. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Еңбек және тұрмыс деңгейі статистикасы басқармасы Заң басқармасымен бірлесіп заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде қазақ және орыс тілдерінде қағаз және электрондық түрдегі оның көшірмелерін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына ресми жариялау және Қазақстан Республикасының нормативтік құқықтық актілерінің Эталондық бақылау банкіне қосу үшін жіберілуін;</w:t>
+      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде қазақ және орыс тілдерінде қағаз және электрондық түрдегі оның көшірмелерін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына ресми жариялау және Қазақстан Республикасының нормативтік құқықтық актілерінің Эталондық бақылау банкіне қосу үшін жіберілуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспасөз басылымдарында ресми жариялануға жіберілуін; </w:t>
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспасөз басылымдарында ресми жариялануға жіберілуін; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      4) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының орынбасарына (Қ.К. Орынханов) жүктелсін.</w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының орынбасарына (Қ.К. Орынханов) жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      4. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасы</w:t>
+              <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрлігі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Статистика комитетінің төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -752,537 +846,537 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Тұрмыс деңгейін бағалау бойынша үй шаруашылықтарын іріктемелі зерттеу нәтижелері бойынша табыстарды есептеу әдістемесі (бұдан әрі - Әдістеме) "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы </w:t>
+      1. Тұрмыс деңгейін бағалау бойынша үй шаруашылықтарын іріктемелі зерттеу нәтижелері бойынша табыстарды есептеу әдістемесі (бұдан әрі - Әдістеме) "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - Заң) сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Әдістеменің мақсаты іріктемелі зерттеу қорытындылары бойынша үй шаруашылықтарының табыстарын есептеудің негізгі аспектілерін айқындау болып табылады.</w:t>
+      2. Осы Әдістеменің мақсаты іріктемелі зерттеу қорытындылары бойынша үй шаруашылықтарының табыстарын есептеудің негізгі аспектілерін айқындау болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Әдістеме Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитетінің (бұдан әрі - Комитет) қолдануына арналған.</w:t>
+      3. Осы Әдістеме Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитетінің (бұдан әрі - Комитет) қолдануына арналған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Әдістемеде келесі анықтамалар пайдаланылады:</w:t>
+      4. Әдістемеде келесі анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) алименттер – бір адам оны алуға құқығы бар екінші адамға беруге міндетті болатын ақшалай немесе материалдық асырау;</w:t>
+      1) алименттер – бір адам оны алуға құқығы бар екінші адамға беруге міндетті болатын ақшалай немесе материалдық асырау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) әлеуметтік трансферттер – зейнетақылар, атаулы əлеуметтік жəне тұрғын үй көмегі, жəрдемақы мен шəкіртақылар;</w:t>
+      2) әлеуметтік трансферттер – зейнетақылар, атаулы əлеуметтік жəне тұрғын үй көмегі, жəрдемақы мен шəкіртақылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жалдамалы жұмыстан түскен табыстар – жалақы, ынталандыру төлемдерінің барлық түрлері, жалақыға үстемеақылар, қаламақылар, сыйлықақылар мен жұмыс орны бойынша жұмысшылардың алатын жәрдемақылары;</w:t>
+      3) жалдамалы жұмыстан түскен табыстар – жалақы, ынталандыру төлемдерінің барлық түрлері, жалақыға үстемеақылар, қаламақылар, сыйлықақылар мен жұмыс орны бойынша жұмысшылардың алатын жәрдемақылары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) меншіктен түскен табыс – акциялар жəне басқа да бағалы қағаздар бойынша дивиденділер мен ұтыстар; салымдар бойынша, қарыз түрінде берілген сомаларды пайдаланғаны үшін пайыздар; салымдар бойынша ұтыстар; тұрғын үйді, көлік құралдарын, техникаларды, жер телімдерін жалға беруден түскен табыстар; сондай-ақ ақшалай тұлғаланудағы заттай түсімдер түріндегі рантье табыстары;</w:t>
+      4) меншіктен түскен табыс – акциялар жəне басқа да бағалы қағаздар бойынша дивиденділер мен ұтыстар; салымдар бойынша, қарыз түрінде берілген сомаларды пайдаланғаны үшін пайыздар; салымдар бойынша ұтыстар; тұрғын үйді, көлік құралдарын, техникаларды, жер телімдерін жалға беруден түскен табыстар; сондай-ақ ақшалай тұлғаланудағы заттай түсімдер түріндегі рантье табыстары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       5) өз бетінше жұмыспен қамтылудан түскен табыс – өз бетінше жұмыспен қамтылу негізінде тауарлар мен көрсетілетін қызметтерді өндіруден алынатын ақшалай және заттай нысандағы табыс;</w:t>
+       5) өз бетінше жұмыспен қамтылудан түскен табыс – өз бетінше жұмыспен қамтылу негізінде тауарлар мен көрсетілетін қызметтерді өндіруден алынатын ақшалай және заттай нысандағы табыс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) үй шаруашылығы - бірге тұратын, өз табыстары мен мүлкін толықтай немесе ішінара біріктіретін және тауарлар мен көрсетілетін қызметтерді бірлесіп тұтынатын бір немесе одан да көп жеке тұлғалардан құралған экономикалық субъект;</w:t>
+      6) үй шаруашылығы - бірге тұратын, өз табыстары мен мүлкін толықтай немесе ішінара біріктіретін және тауарлар мен көрсетілетін қызметтерді бірлесіп тұтынатын бір немесе одан да көп жеке тұлғалардан құралған экономикалық субъект;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) үй шаруашылықтарының ақшалай табыстары – үй шаруашылығы мүшелерінің жалақы түрінде алған ақшалай қаражаттарының сомасы, кəсіпкерліктен түскен табыс, əлеуметтік төлемдер (зейнетақы, шəкіртақы, жəрдемақылар жəне басқа төлемдер), пайыздар, меншіктен түскен дивиденділер мен басқа да табыстар, өзге де ақшалай түсімдер;</w:t>
+      7) үй шаруашылықтарының ақшалай табыстары – үй шаруашылығы мүшелерінің жалақы түрінде алған ақшалай қаражаттарының сомасы, кəсіпкерліктен түскен табыс, əлеуметтік төлемдер (зейнетақы, шəкіртақы, жəрдемақылар жəне басқа төлемдер), пайыздар, меншіктен түскен дивиденділер мен басқа да табыстар, өзге де ақшалай түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) халықтың тұтынуға жұмсаған табыстарына тұтыну шығыстары (өндірістік қызметке және қорланымға ақша қаражатын жұмсаусыз) және өзі өндірген өнімдердің заттай түрдегі құны (ақшалай мәндегі) мен трансферттер кіреді.</w:t>
+      8) халықтың тұтынуға жұмсаған табыстарына тұтыну шығыстары (өндірістік қызметке және қорланымға ақша қаражатын жұмсаусыз) және өзі өндірген өнімдердің заттай түрдегі құны (ақшалай мәндегі) мен трансферттер кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Үй шаруашылықтары табыстарының көрсеткіштерін есептеу түрлері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Халықтың тұрмыс деңгейі статистикасы үй шаруашылықтары табыстарының көрсеткіштерін есептеу келесі түрлерінен: </w:t>
+      5. Халықтың тұрмыс деңгейі статистикасы үй шаруашылықтары табыстарының көрсеткіштерін есептеу келесі түрлерінен: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      халықтың орта есеппен жан басына шаққандағы атаулы және нақты ақшалай табыстарынан;</w:t>
+      халықтың орта есеппен жан басына шаққандағы атаулы және нақты ақшалай табыстарынан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тұтынуға жұмсалған халықтың табыстарынан; </w:t>
-[...17 lines deleted...]
-      халықтың ақшалай табыстарынан тұрады.</w:t>
+      тұтынуға жұмсалған халықтың табыстарынан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықтың ақшалай табыстарынан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Халықтың орта есеппен жан басына шаққандағы атаулы және нақты ақшалай табыстары ұлттық шоттар жүйесінің деректерін зерттеу қорытындыларымен салғастыру арқылы макродеңгейдің деректерін пайдаланумен бағаланады және оларды есептеу алгоритмі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14350 болып тіркелген Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының 2016 жылғы 21 қыркүйектегі № 214 бұйрығымен бекітілген Халықтың атаулы ақшалай табыстарын есептеу (бағалау) </w:t>
+      6. Халықтың орта есеппен жан басына шаққандағы атаулы және нақты ақшалай табыстары ұлттық шоттар жүйесінің деректерін зерттеу қорытындыларымен салғастыру арқылы макродеңгейдің деректерін пайдаланумен бағаланады және оларды есептеу алгоритмі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14350 болып тіркелген Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының 2016 жылғы 21 қыркүйектегі № 214 бұйрығымен бекітілген Халықтың атаулы ақшалай табыстарын есептеу (бағалау) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сипатталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Халықтың тұтынуға жұмсаған табыстары тұрмыс деңгейі бойынша үй шаруашылықтарын іріктемелі зерттеу (бұдан әрі – іріктемелі зерттеу) қорытындылары бойынша есептеледі. Халықтың әл-ауқатының материалдық деңгейін объективті сипаттау үшін халықтың ақшалай табыстарын олардың шығыстары арқылы бағалау пайдаланылады. </w:t>
+      7. Халықтың тұтынуға жұмсаған табыстары тұрмыс деңгейі бойынша үй шаруашылықтарын іріктемелі зерттеу (бұдан әрі – іріктемелі зерттеу) қорытындылары бойынша есептеледі. Халықтың әл-ауқатының материалдық деңгейін объективті сипаттау үшін халықтың ақшалай табыстарын олардың шығыстары арқылы бағалау пайдаланылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы тәсіл, өзін өзі жұмыспен қамтудан жəне "көлеңкелі" экономикалық қызметтен түскен табыстарды есепке алмайтын табыс көздерінің əр алуандығын және жүзеге асырылған қызмет пен оған төлем төлеудің арасындағы уақыт үзілісіне, сондай-ақ табыстардың ақшалай нысаны ғана емес, сонымен бірге тамақ өнімдері, басқа тауарлар жəне халыққа ұсынылатын жеңілдіктер сияқты заттай түсімдердің барлығына байланысты табыстар туралы анық емес ақпаратқа жол бермеу мақсатында қолданылады.</w:t>
+      Осы тәсіл, өзін өзі жұмыспен қамтудан жəне "көлеңкелі" экономикалық қызметтен түскен табыстарды есепке алмайтын табыс көздерінің əр алуандығын және жүзеге асырылған қызмет пен оған төлем төлеудің арасындағы уақыт үзілісіне, сондай-ақ табыстардың ақшалай нысаны ғана емес, сонымен бірге тамақ өнімдері, басқа тауарлар жəне халыққа ұсынылатын жеңілдіктер сияқты заттай түсімдердің барлығына байланысты табыстар туралы анық емес ақпаратқа жол бермеу мақсатында қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Халықтың ақшалай табыстары үй шаруашылықтарының іріктемелі зерттеу нәтижелері бойынша есептеледі және оған жалдамалы мен өзін өзі жұмыспен қамтудан түскен табыстар, әлеуметтік трансферттер және өзге де түсімдер кіреді.</w:t>
+      8. Халықтың ақшалай табыстары үй шаруашылықтарының іріктемелі зерттеу нәтижелері бойынша есептеледі және оған жалдамалы мен өзін өзі жұмыспен қамтудан түскен табыстар, әлеуметтік трансферттер және өзге де түсімдер кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Үй шаруашылықтарына іріктемелі зерттеу жүргізу кезінде бақыланып отыратын табыстарға салық аударымын және міндетті түрдегі төлемдерді шегергендегі тұрақты түрде алынатын ақшалай эквиваленттегі барлық ақшалай және заттай түсімдер кіреді.</w:t>
+      Үй шаруашылықтарына іріктемелі зерттеу жүргізу кезінде бақыланып отыратын табыстарға салық аударымын және міндетті түрдегі төлемдерді шегергендегі тұрақты түрде алынатын ақшалай эквиваленттегі барлық ақшалай және заттай түсімдер кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Үй шаруашылықтарын іріктемелі зерттеу табыстары көрсеткіштерінің агрегациясы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Үй шаруашылықтарының табыстары көрсеткіштерінің жалпылама мәні зерттеу барысында алынған барлық деректердің кесек массиві негізінде әрбір үй шаруашылықтары үшін анықталады. Деректерді біріктіру бірыңғай уақыт кезеңіне әкелу қағидатына негізделген және екі апталық кезеңдегі күнделіктегі жазбаларды, журналдағы жазбаларды және тоқсандағы пікіртерім парақтары көрсеткіштерін біріктірумен жүргізіледі. Апталық күнделіктегі жазбаларды тоқсандық кезеңге дейін өзгерту Кz жете есептеу коэффициентіне көрсеткіштер мәніне көбейтумен жүзеге асырылады, ол мына формула бойынша есептеледі:</w:t>
+      9. Үй шаруашылықтарының табыстары көрсеткіштерінің жалпылама мәні зерттеу барысында алынған барлық деректердің кесек массиві негізінде әрбір үй шаруашылықтары үшін анықталады. Деректерді біріктіру бірыңғай уақыт кезеңіне әкелу қағидатына негізделген және екі апталық кезеңдегі күнделіктегі жазбаларды, журналдағы жазбаларды және тоқсандағы пікіртерім парақтары көрсеткіштерін біріктірумен жүргізіледі. Апталық күнделіктегі жазбаларды тоқсандық кезеңге дейін өзгерту Кz жете есептеу коэффициентіне көрсеткіштер мәніне көбейтумен жүзеге асырылады, ол мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1343,607 +1437,629 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда,</w:t>
-[...17 lines deleted...]
-      N</w:t>
+      мұнда,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – тоқсандағы күндер саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      N</w:t>
+      N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – күнделік жүргізілген күндер саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      P – күнделікті жүргізудің кезең саны, P = 2.</w:t>
+      P – күнделікті жүргізудің кезең саны, P = 2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Үй шаруашылықтарын іріктемелі зерттеу қорытындылары бойынша халықтың табыс көрсеткіштерінің агрегациясы:</w:t>
+      10. Үй шаруашылықтарын іріктемелі зерттеу қорытындылары бойынша халықтың табыс көрсеткіштерінің агрегациясы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ақшалай табыстарға еңбек қызметінен түскен табыс, ағымда алынған трансферттер және өзге де ақшалай табыстар кіреді;</w:t>
-[...35 lines deleted...]
-      жалдамалы жұмыстан түскен табыс – еңбекақыға заттай төлемді қосқанда жалақы:</w:t>
+      ақшалай табыстарға еңбек қызметінен түскен табыс, ағымда алынған трансферттер және өзге де ақшалай табыстар кіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек қызметінен түскен табыс – жалдамалы жұмыстан және өзін өзі жұмыспен қамтудан түскен табыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалдамалы жұмыстан түскен табыс – еңбекақыға заттай төлемді қосқанда жалақы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      өзін өзі жұмыспен қамтудан түскен табыс – ауыл шаруашылығы өнімінен табыс жəне кəсіпкерлік қызметтен түскен табыс; </w:t>
-[...71 lines deleted...]
-      өзге де табыстар – меншіктен түскен табыс (дивиденділер, салымдар бойынша пайыздар, қаламақылар) туыстардан және таныстардан материалдық көмек, алименттер және өзге де ақшалай түсімдер.</w:t>
+      өзін өзі жұмыспен қамтудан түскен табыс – ауыл шаруашылығы өнімінен табыс жəне кəсіпкерлік қызметтен түскен табыс; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алынған ағымдағы трансферттер – мемлекеттен түскен трансферттер, жасы бойынша зейнетақылар, шәкіртақылар, атаулы әлеуметтік көмек, тұрғын үй көмегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік жәрдемақылар және әлеуметтік көмектің басқа да түрлері – балалары бар отбасыларға берілетін мемлекеттік жәрдемақы, мемлекеттік әлеуметтік жәрдемақы, арнайы мемлекеттік жәрдемақы және мемлекеттен түсетін трансферттің басқа түрлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа үй шаруашылықтарынан трансферттер – ақшалай түрдегі материалдық көмек және алименттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзге де табыстар – меншіктен түскен табыс (дивиденділер, салымдар бойынша пайыздар, қаламақылар) туыстардан және таныстардан материалдық көмек, алименттер және өзге де ақшалай түсімдер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Үй шаруашылықтарының табыстарын өлшеу әдістері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Үй шаруашылықтарының табыстарын өлшеу үшін келесі әдістер пайдаланылады:</w:t>
+      11. Үй шаруашылықтарының табыстарын өлшеу үшін келесі әдістер пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      табыстарды өлшеудің тура әдісі;</w:t>
-[...17 lines deleted...]
-      табыстарды өлшеудің жанама әдісі.</w:t>
+      табыстарды өлшеудің тура әдісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      табыстарды өлшеудің жанама әдісі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Үй шаруашылықтарының табыстарын өлшеудің тура әдісі үй шаруашылықтарының бюджетіне жеке статистикалық байқау жүргізуді анықтайды, үй шаруашылықтары мүшелерінің табыстары мен шығыстары, олардың тұтыну құрылымы, сондай-ақ өмір сүрудің негізгі сипаттаттамасы олардың объектісі болып табылады.</w:t>
+      12. Үй шаруашылықтарының табыстарын өлшеудің тура әдісі үй шаруашылықтарының бюджетіне жеке статистикалық байқау жүргізуді анықтайды, үй шаруашылықтары мүшелерінің табыстары мен шығыстары, олардың тұтыну құрылымы, сондай-ақ өмір сүрудің негізгі сипаттаттамасы олардың объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Үй шаруашылықтарының табыстарын өлшеудің жанама әдісін зерттеу үшін негіздеме ретінде салық қызметтерінің деректері (табыс туралы ақпараттар, жеке меншікте жылжымайтын мүліктің және көлік құралдарының бар болуы), банк секторларының есептері (клиенттердің есепшоттарындағы қолда бар қаражаты), ақшалай-несиелеу статистикасы (халықтың салымдары мен жинақтары туралы деректер), жеке тауарайналымының көлемін талдау және басқалар пайдаланылады.</w:t>
+      13. Үй шаруашылықтарының табыстарын өлшеудің жанама әдісін зерттеу үшін негіздеме ретінде салық қызметтерінің деректері (табыс туралы ақпараттар, жеке меншікте жылжымайтын мүліктің және көлік құралдарының бар болуы), банк секторларының есептері (клиенттердің есепшоттарындағы қолда бар қаражаты), ақшалай-несиелеу статистикасы (халықтың салымдары мен жинақтары туралы деректер), жеке тауарайналымының көлемін талдау және басқалар пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Табыстарды өлшеудің жанама әдісінің көмегімен тәжірибеден алынған, тәрбие деңгейімен және білімімен, сонымен қатар адамның жеке дарындылығымен ұсынылған "адам капиталы" немесе байлықты бағалау анықталады. Адам капиталының осы атрибуттары адамның физикалық және қаржылай байлығының артуына әсерін тигізеді. Адамның білімділігі деңгейінің оның материалдық әл-ауқатына елеулі әсері негізінде халықтың табыстпраын жанама бағалау әдісімен зерттеудің объектісі ретінде респонденттер білімінің деңгейі пайдаланылады.</w:t>
+      Табыстарды өлшеудің жанама әдісінің көмегімен тәжірибеден алынған, тәрбие деңгейімен және білімімен, сонымен қатар адамның жеке дарындылығымен ұсынылған "адам капиталы" немесе байлықты бағалау анықталады. Адам капиталының осы атрибуттары адамның физикалық және қаржылай байлығының артуына әсерін тигізеді. Адамның білімділігі деңгейінің оның материалдық әл-ауқатына елеулі әсері негізінде халықтың табыстпраын жанама бағалау әдісімен зерттеудің объектісі ретінде респонденттер білімінің деңгейі пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Іріктемелі зерттеулерде жоғары табысты отбасылардың есебін талдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Үй шаруашылықтарының іріктемелі зерттеу қорытындылары бойынша алынған табыстар агрегатын талдау үшін жоғары табысты отбасылар табыстарының қолда барына қолжетімді көрсеткіштер бойынша жанама салыстырулар пайдаланылады. База ретінде салыстырмалы талдау үшін халық санағының соңғы қолда бар және тұрмыс деңгейін бағалау бойынша үй шаруашылықтарының іріктемелі зерттеу қорытындылары пайдаланылады.</w:t>
+      14. Үй шаруашылықтарының іріктемелі зерттеу қорытындылары бойынша алынған табыстар агрегатын талдау үшін жоғары табысты отбасылар табыстарының қолда барына қолжетімді көрсеткіштер бойынша жанама салыстырулар пайдаланылады. База ретінде салыстырмалы талдау үшін халық санағының соңғы қолда бар және тұрмыс деңгейін бағалау бойынша үй шаруашылықтарының іріктемелі зерттеу қорытындылары пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тәуелділікті анықтау үшін корреляцияның базалық ауыспалы коэффициентіне есептеу жүргізіледі: </w:t>
-[...53 lines deleted...]
-      Салыстырмалы талдау барысында үй шаруашылықтарының білімпаздығының жоғары және төмен жағына қарай екі статистикалық байқау қорытындылары бойынша айырмашылық алған жағдайда, үй шаруашылықтарының іріктемелі зерттеу нәтижелері жергілікті жердің типі және үй шаруашылықтары табыстарының деңгейі бойынша едәуір егжей-тегжейлі жіктелімге түседі.</w:t>
+      Тәуелділікті анықтау үшін корреляцияның базалық ауыспалы коэффициентіне есептеу жүргізіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім деңгейі (жоғары және жоғары оқу орындаынан кейінгі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      материалдық әл-ауқаты (халықтың децильдік топтары бөлінісінде).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салыстырмалы талдау барысында үй шаруашылықтарының білімпаздығының жоғары және төмен жағына қарай екі статистикалық байқау қорытындылары бойынша айырмашылық алған жағдайда, үй шаруашылықтарының іріктемелі зерттеу нәтижелері жергілікті жердің типі және үй шаруашылықтары табыстарының деңгейі бойынша едәуір егжей-тегжейлі жіктелімге түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2265,35 +2381,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>