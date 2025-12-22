--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="453a5ed" w14:textId="453a5ed">
+    <w:p w14:paraId="bbc3d8e" w14:textId="bbc3d8e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,80 +85,156 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясын қызметтік автомобильдермен, телефон байланысымен, кеңсе жиһазымен және мемлекеттік мекеменің аппаратын орналастыру үшін аумақпен қамтамасыз етудің заттай нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Бас прокурорының 2017 жылғы 19 қаңтардағы № 5 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 7 сәуірде № 14991 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Бас прокурорының 2017 жылғы 19 қаңтардағы № 5 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 7 сәуірде № 14991 болып тіркелді. Күші жойылды - Қазақстан Республикасы Бас Прокурорының 2025 жылғы 10 қарашадағы № 139 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Бас Прокурорының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджеттік кодексінің 69-бабының </w:t>
+      2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджеттік кодексінің 69-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 1995 жылғы 21 желтоқсандағы "Прокуратура туралы" Қазақстан Республикасы Заңының 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -182,423 +260,435 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Мына:</w:t>
+      1. Мына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрықтың </w:t>
+      1) осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясын қызметтік автомобильдермен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы бұйрықтың </w:t>
+      2) осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академияны телефон байланысымен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрықтың </w:t>
+      3) осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академияның кеңсе жиһаздарымен қамтамасыз етудің заттай нормалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы бұйрықтың </w:t>
+      4) осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары аппараты орналастыру үшін аумақпен қамтамасыз етудің заттай нормалары бекітілсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясының ректоры:</w:t>
+      2. Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясының ректоры:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты мемлекеттік тіркеу күнінен бастап күнтізбелік он күн ішінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне орналастыру үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы Республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      2) осы бұйрықты мемлекеттік тіркеу күнінен бастап күнтізбелік он күн ішінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне орналастыру үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы Республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрықты Қазақстан Республикасы Бас прокуратурасының интернет-ресурсында орналастыруды қамтамасыз етсін. </w:t>
+      3) осы бұйрықты Қазақстан Республикасы Бас прокуратурасының интернет-ресурсында орналастыруды қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3.Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Бас Прокурорының бірінші орынбасары И.Д.Меркельге жүктеймін.</w:t>
+      3.Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Бас Прокурорының бірінші орынбасары И.Д.Меркельге жүктеймін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Осы бұйрық оның алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі. </w:t>
+      4. Осы бұйрық оның алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бас Прокуроры</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -621,123 +711,123 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "КЕЛІСІЛДІ"</w:t>
+      "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының</w:t>
+      Қазақстан Республикасының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қаржы министрі </w:t>
+      Қаржы министрі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________ Б. Сұлтанов</w:t>
+      ____________ Б. Сұлтанов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "__" __________ 2017 жыл</w:t>
+      "__" __________ 2017 жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -862,778 +952,783 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құқық қорғау органдары академиясының қызметтік автокөліктерімен қамтамасыз етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1072"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1370" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заттай нормалар таратылатын аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3056" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтік автокөліктер саны (1 бірлікке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қозғалтқыш көлемі, куб.см</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 автокөліктің бір айдағы жүруі (км)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1370" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3056" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1370" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3056" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500 артық емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1370" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші проректор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3056" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 артық емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1812,700 +1907,701 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясын телефон байланысымен қамтамасыз етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="817"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9607"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телефон байланысы түрлерінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9607" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заттай нормалар таратылатын аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9607" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Республика ішіндегі қалааралық телефон байланысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9607" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор, бірінші проректор, проректорлар, институт директорлары, оперативтік кезекшi дербес құрылымдық бөлімшелердің басшылары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіз Мемлекеттер Достастығы елдерімен халықаралық телефон байланысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9607" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор, бірінші проректор, проректорлар, институт директорлары, қызметіне халықаралық ұйымдармен қарым-қатынас кіретін құрылымдық бөлімшелер басшылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алыс шет елдермен халықаралық телефон байланысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9607" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор, бірінші проректор, проректорлар, институт директорлары, қызметіне халықаралық ұйымдармен қарым-қатынас кіретін құрылымдық бөлімшелер басшылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалалық (ауылдық) нөмірлермен телефон байланысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9607" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2684,472 +2780,473 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясын кеңсе жиһазымен қамтамасыз етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1380"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="6240"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заттай нормалар таратылатын аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиһаз атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеңселік жиһаздың саны (1 бірлікке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшының үстелі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3172,87 +3269,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3275,87 +3372,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастыру техникасының астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3378,87 +3475,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Келіссөздер жүргізуге арналған үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3481,87 +3578,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3584,87 +3681,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3687,87 +3784,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшыға арналған кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3790,87 +3887,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Келушілерге арналған кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3893,87 +3990,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3983,124 +4080,124 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректордың демалыс бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмсақ жиһаз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4123,87 +4220,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теледидардың астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4226,87 +4323,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Журнал үстелі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4316,124 +4413,124 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректордың қабылдау бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4456,87 +4553,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4559,87 +4656,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4662,87 +4759,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастыру техникасының астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4765,87 +4862,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4868,87 +4965,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4971,238 +5068,238 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші проректор, проректор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстел қосымшасымен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5225,87 +5322,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5328,87 +5425,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастыру техникасының астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5431,87 +5528,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Келіссөздер жүргізуге арналған үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5534,87 +5631,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5637,87 +5734,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5740,87 +5837,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшыға арналған кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5843,87 +5940,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5946,87 +6043,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теледидар астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6036,124 +6133,124 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші проректор, проректорлардың қабылдау бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6176,87 +6273,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6279,87 +6376,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6382,87 +6479,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастыру техникасының астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6485,87 +6582,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6588,87 +6685,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6691,238 +6788,238 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Институт директоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстел қосымшасымен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6945,87 +7042,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7048,87 +7145,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастыру техникасының астына қоятын тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7151,87 +7248,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7254,87 +7351,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7357,87 +7454,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7460,238 +7557,238 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқарма бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7714,87 +7811,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7817,87 +7914,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7920,87 +8017,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8023,87 +8120,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8126,238 +8223,238 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеме қызметкерлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8380,87 +8477,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналаған тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8483,87 +8580,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағазға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8586,87 +8683,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырт киімге арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8689,87 +8786,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттарға арналған стеллаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8792,87 +8889,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кресло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9051,471 +9148,472 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясының аппаратын орналастыруға арналған алаңдармен қамтамасыз етудің заттай нормалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="928"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3158"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үй-жайдың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үй-жайдың ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9525,123 +9623,123 @@
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректордың демалыс бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9651,273 +9749,273 @@
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректордың қабылдау бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші проректор, проректор бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9927,719 +10025,719 @@
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші проректор, проректордың қабылдау бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Институт директорының бөлмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметкер бөлмесі (1 қызметкерге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ортақ үй-жайлар (мәжіліс залы, көбейту-көшірме қызметі, серверлік, қойма жабдықтары, мүкәммәл, кеңсе керек-жарақтары және т.б.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтығының 25 %-ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қосалқы үй-жайлар (дәліздер, желдеткіш камералар, дәретханалар, жеке гигиенаға арналған үй-жайлар және басқалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кв.м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10693,55 +10791,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -11071,35 +11191,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>