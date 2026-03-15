--- v0 (2025-10-13)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="662cd2b" w14:textId="662cd2b">
+    <w:p w14:paraId="68fb2cc" w14:textId="68fb2cc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -134,87 +134,96 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>РҚАО-ның ескертпесі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергiлiктi мемлекеттiк басқару және өзiн-өзi басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -232,297 +241,4204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-1) тармақшасына сәйкес Шығыс Қазақстан облысының әкiмдiгi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДI:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Қоса беріліп отырған Шығыс Қазақстан облысының агроөнеркәсiптік кешені саласында инновациялық жобаларды iрiктеудi ұйымдастыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекiтiлсiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. "Шығыс Қазақстан облысының агроөнеркәсiп кешені саласындағы инновациялық жобаларды iрiктеудi ұйымдастыру қағидасын бекiту туралы" Шығыс Қазақстан облысы әкiмдiгiнің 2012 жылғы 27 сәуірдегі № 98 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде тіркелген нөмірі 2574, 2012 жылғы 1 маусымдағы № 63 (16692) "Дидар", 2012 жылғы 2 маусымдағы № 63 (19203) "Рудный Алтай" газеттерінде жарияланған) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күші жойылды деп танылсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Қоса беріліп отырған Шығыс Қазақстан облысының агроөнеркәсiптік кешені саласында инновациялық жобаларды iрiктеудi ұйымдастыру </w:t>
-[...86 lines deleted...]
-        </w:rPr>
         <w:t>3. Осы қаулы алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысының әкімі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Д. Ахметов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шығыс Қазақстан </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">облысы әкімдігінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 жылғы 1 сәуірдегі № 90 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шығыс Қазақстан облысының агроөнеркәсіптік кешені саласында инновациялық жобаларды іріктеуді ұйымдастыру қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда-Шығыс Қазақстан облысы әкімдігінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z18" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Шығыс Қазақстан облысының агроөнеркәсіптік кешені саласында инновациялық жобаларды іріктеуді ұйымдастыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес әзірленді және Шығыс Қазақстан облысының агроөнеркәсіптік кешені (бұдан әрі – АӨК) саласындағы инновациялық жобаларды іріктеуді ұйымдастыру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z19" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z20" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) АӨК субъектілері – агроөнеркәсіптік кешенде қызметін жүзеге асыратын жеке және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z21" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бюджеттік бағдарламаның әкімшісі – Қазақстан Республикасының заңнамасында белгіленген Шығыс Қазақстан облысының агроөнеркәсіптік кешенінде инновациялық тәжірибені әзірлеу және тарату мен енгізу жөніндегі бюджеттік бағдарламаға әкімшілік ету бойынша функциялар жүктелген АӨК саласындағы мемлекеттік саясатты іске асыру мәселелері жөніндегі жергілікті атқарушы органның уәкілетті органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми ұйымдар (бұдан әрі – ҒҰ) – қызметінің негізгі түрлері ғылыми және (немесе) ғылыми-техникалық қызметті, оның ішінде зияткерлік меншік объектілеріне құқықты іске асыру, сондай-ақ ғылыми зерттеулер жүргізуді жүзеге асыру болып табылатын заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z23" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) инновациялық жобаны іске асыру жөніндегі іс-шара – жергілікті бюджет қаражаты есебінен өңірдің АӨК-не инновациялық жобаны енгізу жөніндегі шаралар кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) өтінім – АӨК саласындағы мемлекеттік саясатты іске асыру мәселелері жөніндегі жергілікті атқарушы органның уәкілетті органына ұсынылатын, осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымшаларға сәйкес белгіленген нысандағы құжаттар топтамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтініш беруші(лер) – инновациялық жобаны іске асыру жөніндегі іс-шаралармен оны жергілікті бюджет қаражаты есебінен қаржыландыру үшін енгізу және өңірдің АӨК-не тарату үшін өтінім беретін Қазақстан Республикасының аумағындағы АӨК, ғылыми, ғылыми-техникалық және инновациялық қызмет субъектісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Шығыс Қазақстан облысының агроөнеркәсіптік кешені саласындағы инновациялық жобаларды іріктеуді ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Инновациялық жобаларды іріктеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Шығыс Қазақстан облысының агроөнеркәсіптік кешені саласындағы инновациялық жобаларды іріктеуді (бұдан әрі – Инновациялық жобаларды іріктеу) бюджеттік бағдарламаның әкімшісі конкурстық негізде Қазақстан Республикасының мемлекеттік сатып алу туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік сатып алудың электрондық веб-порталы арқылы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Инновациялық жобаларды іріктеу жөніндегі конкурсқа (бұдан әрі – Конкурс) құжаттарды тапсыру және оны өткізу мерзімдерін жыл сайын облыстық бюджеттік бағдарламаның әкімшісі айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бюджеттік бағдарламаның әкімшісі тиісті хабарландыруды және конкурстық құжаттаманы мемлекеттік сатып алу порталында конкурс басталғанға дейін 10 (он) жұмыс күні ішінде Қазақстан Республикасының бүкіл аумағында таратылатын ресми бұқаралық ақпарат құралдарында және АӨК саласындағы мемлекеттік саясатты іске асыру мәселелері жөніндегі жергілікті атқарушы органның уәкілетті органының ресми сайтында жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Инновациялық жобаларды іріктеу рәсімі төрт кезеңде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші кезең: бюджеттік бағдарлама әкімшісінің өтінімдерді ресімдеудің толықтығы мен сапасына қарауы, осы Қағидалардың талаптарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші кезең: бюджеттік бағдарлама әкімшісінің инновациялық жобаларды іріктеу талаптарына сәйкестігі негізінде өтінімдер бойынша кешенді қорытынды дайындауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші кезең: жергілікті атқарушы органның мүдделі мемлекеттік органдарының, ғылымның, бизнестің және үкіметтік емес ұйымдардың өкілдерінен тұратын Комиссия өтінімдері мен кешенді қорытындысын қарауы, оның құрамы мен ережесін АӨК саласындағы мемлекеттік саясатты іске асыру мәселелері жөніндегі жергілікті атқарушы органның уәкілетті органы бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төртінші кезең: Комиссияның қорытындысы негізінде бюджеттік бағдарлама әкімшісінің инновациялық жобаны қаржыландыру немесе қаржыландырудан бас тартуы туралы шешім қабылдауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Конкурсқа қатысу үшін өтініш беруші(лер) келесі құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтінімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес инновациялық жобаны (жобаларды) іске асыру жөніндегі іс-шаралар жоспарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес инновациялық жобаларды іске асыру жөніндегі іс-шаралар жоспарына түсіндірме жазбаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес инновациялық жобаны (жобаларды) іске асыру жөніндегі іс-шаралар шығыстарының сметасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасы Ғылым және жоғары білім министрлігі (бұдан әрі – ҚР ҒЖБМ) ғылыми және (немесе) ғылыми-техникалық қызмет субъектісі ретінде аккредиттеу туралы куәлікті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заңды тұлғалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарғының және мемлекеттік тіркеу (қайта тіркеу) туралы куәліктің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соңғы екі жылдағы қаржылық есептіліктің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есебі салық органында жүргізілетін берешектің жоқ (бар) екендігі туралы салық заңнамасымен белгіленген нысан бойынша мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушінің өтініш берген күннің алдындағы үш айдан астам уақыт ішінде банк (банктер) алдындағы мерзімі өткен берешегінің жоқтығы туралы бірінші басшысының немесе оны алмастыратын тұлғаның қолы қойылған және банктің (банктердің) мөрімен банктің (банктердің) анықтамасының түпнұсқасын (егер өтініш беруші бірнеше екінші деңгейдегі банктердің немесе филиалдардың, сондай-ақ шетелдік банктің клиенті болып табылған жағдайда, осы анықтама осындай банктердің әрқайсысынан ұсынылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аграрлық бейіндегі ғылыми, ғылыми-техникалық және инновациялық салалардағы жұмыстарды орындауға өтініш берушінің біліктілігін растайтын лицензиялардың, патенттердің, куәліктердің, сертификаттардың, дипломдардың және басқа да құжаттардың көшірмелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өңірдің АӨК-ке инновациялық жобаны енгізуге бағытталған іс-шараларды жүзеге асыру үшін өтініш берушінің өзінің ғылыми-техникалық және материалдық-өндірістік базасын ұсыну туралы міндеттемесін растайтын құжаттарды (мәліметтер) (болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке тұлғалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көшірменің құжат түпнұсқасымен дұрыстығын куәландыру туралы куәландыру жазбасы бар Қазақстан Республикасы азаматының жеке куәлігінің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есебі салық органында жүргізілетін берешектің жоқ (бар) екендігі туралы салық заңнамасымен белгіленген нысан бойынша мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аграрлық бейіндегі ғылыми, ғылыми-техникалық және инновациялық салалардағы жұмыстарды орындауға өтініш берушінің біліктілігін растайтын лицензиялардың, патенттердің, куәліктердің, сертификаттардың, дипломдардың және басқа да құжаттардың нотариат куәландырған көшірмелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновациялық жобаны енгізуге бағытталған іс-шараларды жүзеге асыру үшін өзінің ғылыми-техникалық және өндірістік базасын ұсыну туралы оның міндеттемесін растайтын құжаттарды (мәліметтер) (болған жағдайда) тапсыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Инновациялық жобаларды енгізу және тарату үшін жергілікті бюджеттен қаржыландыру алуға арналған конкурсқа қатысу үшін өтініш беруші(лер) ұсынатын материалдар осы Қағидалар мен оларға қосымшалардың талаптарына сәйкес қалыптастырылуы және ресімделуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Өтініш беруші ұсынылған құжаттардың, бастапқы деректердің, есептеулердің, негіздемелердің толықтығы мен дұрыстығын қамтамасыз етеді. Өтініш берушінің толық емес немесе дәйексіз деректерді ұсынуы өтінімді қабылдамау үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Конкурсқа қатысуға өтінімдерді қабылдау мерзімі аяқталғаннан кейін бюджеттік бағдарламаның әкімшісі 30 (отыз) жұмыс күні ішінде осы Қағидалардың талаптарына сәйкестікке өтінімдерді іріктеуді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Ұсынылған құжаттар осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес келмеген жағдайда, бюджеттік бағдарламаның әкімшісі бұл туралы өтініш берушіге(лерге) құжаттарды қабылдаған күннен бастап 10 (он) жұмыс күні ішінде хабарлайды. Анықталған сәйкессіздіктерді жоюды өтініш беруші(лер) бюджеттік бағдарламаның әкімшісі хабарлама жіберген күннен бастап 10 (он) жұмыс күні ішінде жүргізеді, әйтпесе өтінім қабылданбауға жатады. Пысықталған өтінімдерді бюджеттік бағдарламаның әкімшісі анықталған сәйкессіздіктер жойылған күннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім қабылданбаған кезде ұсынылған құжаттар өтініш берушіге қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Осы Қағидалардың талаптарына сәйкес келетін және инновациялық жобаларды іріктеу рәсімінің бірінші кезеңінен өткен өтінімдер бойынша бюджеттік бағдарламаның әкімшісі инновациялық жобаларды іріктеу талаптарына сәйкестігі негізінде өтінімдер бойынша кешенді қорытынды дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бюджеттік бағдарламаның әкімшісі инновациялық жобаға (жобаларға) іріктеудің мынадай талаптары негізінде инновациялық жобаның (жобалардың) өтінімдері бойынша кешенді қорытынды шығарады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өтініш берушінің(лердің) материалдарының осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаның инновациялық бағыты, техникалық іске асырылуы және оның Шығыс Қазақстан облысының аумағында АӨК-ге енгізуге және таратуға дайындық деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысы мен Қазақстан Республикасының АӨК дамытудың басым бағыттарының өзектілігі мен сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК-де инновациялық жоба қаражатын игеру және инновациялық жобаның одан әрі перспективасы туралы егжей-тегжейлі тұжырымдалған пайымның болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновациялық жобаларды орындау үшін жабдықтардың, инфрақұрылымның және ресурстардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновациялық жобаның бәсекеге қабілеттілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновациялық жобаның экономикалық орындылығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Комиссия бюджеттік бағдарлама әкімшісінің өтінімдерін және кешенді қорытындысын қарауды осы Қағидаларға сәйкес жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Комиссия өтінімдерді және кешенді қорытындыны (бұдан әрі – Материалдар) қарауды бюджеттік бағдарлама әкімшісінен инновациялық жобаларды іріктеу конкурсына өтінімдер бойынша кешенді қорытынды алған сәттен бастап 20 (жиырма) жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Материалдарды қарау қорытындылары бойынша Комиссия Қазақстан Республикасының заңнамасында айқындалған бюджеттік бағдарлама шеңберінде жергілікті бюджет қаражаты есебінен инновациялық жобаны қаржыландыру туралы немесе оны қаржыландырудан бас тарту туралы ұсынымдар шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Инновациялық жобаны қаржыландыру туралы немесе оны қаржыландырудан бас тарту туралы Комиссияның ұсынымдары Комиссия отырысының хаттамасымен ресімделеді және оған Комиссияның барлық мүшелері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комиссияның ұсынымы негізінде бюджеттік бағдарламаның әкімшісі оның отырысының хаттамасына қол қойылған күннен бастап 10 (он) жұмыс күні ішінде заңнамада белгіленген тәртіппен инновациялық жобаны Қазақстан Республикасының заңнамасында айқындалған бюджеттік бағдарлама шеңберінде жергілікті бюджет қаражаты есебінен қаржыландыру туралы немесе оны қаржыландырудан бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бюджеттік бағдарламаның әкімшісі инновациялық жобаны қаржыландыру туралы шешім қабылдаған сәттен бастап 7 (жеті) жұмыс күні ішінде оның және конкурс қорытындылары бойынша айқындалған өтінім беруші(лер) арасында мемлекеттік сатып алу веб-порталы арқылы инновациялық жоба туралы шарт жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Инновациялық жобаны оның нысаналы мақсатына және белгіленген тәртіппен бекітілген шығыстар сметасына қатаң сәйкестікте қаржыландыруға жергілікті бюджеттен бөлінген қаражатты пайдалану инновациялық жоба туралы шарттың міндетті талабы болып табылады. Инновациялық жобаның пайдаланылмаған қаражаты жергілікті бюджетке қайтарылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инновациялық жобаны қаржыландыруға берілген бюджет қаражаты бекітілген шығыстар сметасында көзделмеген мақсаттарға алынған бюджет қаражаты пайдаланылған жағдайда жергілікті бюджетке толық қайтарылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Конкурстық Комиссия қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Облыстың жергілікті атқарушы органы конкурстық Комиссия құрады. Комиссия төрағасы болып облыс әкімінің ауыл шаруашылығы мәселелеріне жетекшілік ететін орынбасары тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комиссия тұрақты негізде әрекет етеді. Комиссияның жалпы құрамы бестен кем емес адамды құрайды. Хатшы комиссияның мүшесі болып табылмайды және комиссия шешімдерін қабылдау кезінде дауыс беру құқығына ие емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Бағдарламаның әкімшісі комиссияның жұмыс органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Комиссияның шешімі комиссия отырысының хаттамасымен ресімделеді және комиссия төрағасы мен мүшелерінің қолдары қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Комиссия хатшысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) комиссия мүшелері мен өтінім берушілерді отырыс өтетін күннен кемінде үш жұмыс күні бұрын оның күні, уақыты, форматы және өткізу орны туралы хабардар етуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отырыстың күн тәртібі бойынша ұсыныстар мен құжаттарды дайындауды, комиссия отырысының күн тәртібін қалыптастыруды және оны жариялауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) комиссия отырысының хаттамасына енгізілетін дауыс беру нәтижелерін есептеуді және оларды жариялауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) комиссия отырысының хаттамасын жүргізуді және комиссия мүшелерінің қолдарымен ресімдеуді және хаттаманы сақтауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) хаттама бекітілген күннен бастап бес жұмыс күні ішінде комиссия отырысы хаттамасынан үзінді көшірмені қоса берумен таңдау нәтижесі туралы ақпаратты өтінім берушіге жолдауды қамтамасыз етуді жүзеге асырады. Үзінді көшірме нақты өтінімге қатысты комиссия отырысы хаттамасының деректерін ғана қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Комиссия отырысы оның құрамының жалпы санынан екіден үш бөлігі болған кезде құзіретті. Шешімдер ашық дауыспен қабылданады және егер олар үшін комиссия мүшелерінің жалпы санынан көп дауыс берілсе, қабылданды деп есептеледі. Дауыстар тең болған жағдайда комиссия төрағасының дауысы шешуші болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Инновациялық жобаларды іріктеу шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Шығыс Қазақстан облысының АӨК-де инновациялық жобаны іске асыру жөніндегі іс-шараларға жергілікті бюджеттен қаржыландыру:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының жағдайларына қатысты АӨК саласында қолданбалы сипаттағы ғылыми жетістіктерді (әзірлемелерді) енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӨК субъектілерінде Шығыс Қазақстан облысының табиғи-климаттық, әлеуметтік-экономикалық және өзге де жағдайларына қатысты инновациялық агротехнологияларды енгізуге және таратуға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Шығыс Қазақстан облысының АӨК саласында қолданбалы сипаттағы ғылыми жетістіктерді (әзірлемелерді) енгізу және тарату мынадай жұмыс түрлерін қамтуы мүмкін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z93" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы өнімдерін өндірудің технологиялық процестерін енгізу және тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z94" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженерлік объектінің немесе техникалық жүйенің конструкцияларын Шығыс Қазақстан облысының АӨК-не енгізу және тираждау (конструкторлық жұмыстар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ғылыми және инновациялық технологиялардың тәжірибелік үлгілерін енгізу және тарату (жасалған инновацияның қағидаттық ерекшеліктері бар түпнұсқа модельдер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      селекциялық жетістіктерді енгізу және тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аграрлық өндірістің экономикалық модельдерін және АӨК инфрақұрылымдық объектілерін енгізу және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Шығыс Қазақстан облысының АӨК саласындағы қолданбалы сипаттағы ғылыми жетістіктерді (әзірлемелерді) енгізуге және (немесе) АӨК субъектілерінде инновациялық агротехнологияларды енгізуге және таратуға өңірдің АӨК-де инновациялық жобаны іске асыру жөніндегі іс-шараларға жергілікті бюджеттен қаржыландыруды ұсынудың негізгі өлшемі бюджеттік бағдарлама әкімшісінің кешенді қорытындысының және Комиссияның ұсынымдарының нәтижелері бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Шығыс Қазақстан облысының АӨК инновациялық жобасының іс-шараларын орындауға өтініш берушінің(лердің) жергілікті бюджет қаражатын игеру нәтижесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК субъектілерінде ауыл шаруашылығы өнімін өндірудің жетілдірілген технологиялық процестерін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК субъектілерінде қолданбалы сипаттағы ғылыми әзірлемелерді енгізу және тарату туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК субъектілерінде селекциялық жетістіктерді енгізу және тарату туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК субъектілерінде өндіріске ұсынылатын ауыл шаруашылығы өнімдерінің тәжірибелік үлгілерін енгізу туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК субъектілерінде ұсынылатын ауыл шаруашылығы өнімін немесе жабдығын өндіруге технологиялық (конструкторлық) құжаттаманы беру туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК субъектілерінде нақты инновациялық технологияларды, инновациялар мен ғылыми әзірлемелерді енгізу және тарату бойынша өңірлік кеңес (семинарлар, дала күндері және т.б.) өткізу туралы есеп болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Шығыс Қазақстан облысының АӨК-де инновациялық жобаларды енгізу және тарату нәтижелерін бағалау мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновациялық жобаларды енгізу мен таратудан алынған нәтижелердің сандық және сапалық көрсеткіштері, олар еңбек өнімділігін жақсартуға және өтініш беруші өндірісінің тиімділігіне және аудан (облыс) экономикасына әсерін бағалай отырып, нақты нәтижелерді қамтуы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын пайдаланылған технологиялармен салыстырғанда инновациялық жобаларды енгізу жөніндегі іс-шараларды іске асырудан Шығыс Қазақстан облысының АӨК және ауыл шаруашылығы өндірісі субъектісі үшін экономикалық тиімділік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысының АӨК дамыту контекстінде инновациялық жобаны енгізу нәтижелерін, аграрлық нарықтағы жағдайды экономикалық бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӨК нақты субъектісі жағдайында енгізу процестерін ғалымдардың жеке сүйемелдеу жолымен жоба іс шараларын енгізуден технологиялық тәуекелдерді барынша азайту және тиімді іске асырудан барынша табыс алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z111" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Шығыс Қазақстан облысының АӨК-де инновациялық жобаларды енгізу және тарату жөніндегі іс-шаралар мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстардың (бұдан әрі – ҒЗТКЖ) нәтижелерін өндіріске енгізуді ғылыми-әдістемелік сүйемелдеу, оның ішінде ғылыми шығыс материалдарын сатып алу бойынша консультациялық қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зертханалық талдау жүргізу, оның ішінде енгізу нәтижелері бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӨК субъектілерінің немесе аграрлық бейіндегі ғылыми және тәжірибелік пен өзге де ұйымдардың өндірістік базасында инновациялық жобаны (дала күндері және т.б.) енгізу бойынша ғылыми-практикалық семинар-кеңестер өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҒЗТКЖ тәжірибесі мен нәтижелерін тарату (презентациялар, мақалалар жариялау, брошюралар, буклеттер дайындау және басып шығару, бейнематериалдар дайындау).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Шығыс Қазақстан облысының АӨК-те инновациялық жобаны іске асыру жөніндегі іс-шараларға жергілікті бюджеттен қаржыландыру басқа да тең жағдайларда мемлекеттік бюджет қаражаты есебінен ғылыми жұмыстарды орындау құқығына ҚР ҒЖБМ аккредиттеуге қосымша, сондай-ақ оригинаторлар мен элиталық тұқым шаруашылығы шаруашылықтарының мәртебесі бар, ерекше жұмыс түрлерін жүргізуге лицензиялары, түрлі патенттері, куәліктері, сертификаттар, дипломдар және аграрлық бейіннің ғылыми-техникалық және инновациялық салаларындағы жұмыстарды орындауға персоналдың біліктілігін растайтын басқа да құжаттары бар ғылыми ұйымдарға, ұқсас жұмыстарды, оның ішінде бағдарламалық-нысаналы және гранттық қаржыландырудың АӨК жобалары бойынша орындауда тәжірибесі бар, Шығыс Қазақстан облысының табиғи-климаттық, әлеуметтік-экономикалық және өзге де жағдайларына қатысты АӨК субъектілерінде аграрлық бейіннің қолданбалы сипатындағы ғылыми жетістіктерді (әзірлемелерді), инновациялық агротехнологияларды одан әрі дамыту, енгізу және тарату мүмкіндіктері барларға басымды түрде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. АӨК субъектілерінде аграрлық бейіннің қолданбалы сипатындағы ғылыми жетістіктерді (әзірлемелерді) және инновациялық агротехнологияларды енгізу және тарату жөніндегі инновациялық жобаның (жобалардың) с-шараларына жергілікті бюджеттен қаржыландыруды игеру мерзімі мен сомасы нақты инновациялық жобаның ерекшеліктеріне сәйкес, бірақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мерзімі бойынша – 36 (отыз алты) айдан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сомасы бойынша – 60 (алпыс) миллион теңгеден артық емес болып айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Аграрлық бейіндегі инновациялық технологияларды енгізуді және таратуды көздейтін инновациялық жоба жөніндегі іс-шаралар үшін жергілікті бюджеттен қаржыландыру осы технологияларды енгізу бойынша қабылданған шаралар туралы бюджеттік бағдарлама әкімшісіне мерзімді есептер ұсынумен инновациялық жоба туралы шартта айқындалған мерзім ішінде Шығыс Қазақстан облысының АӨК субъектісінің кәсіпорындарында инновациялық технологияны міндетті түрде енгізу шартымен ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Аграрлық бейіндегі инновациялық технологияларды енгізу мен таратуды көздейтін инновациялық жоба бойынша іс-шараларды жергілікті бюджеттен қаржыландыру Шығыс Қазақстан облысының АӨК субъектілеріне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Аграрлық бейіндегі инновациялық технологияларды енгізу мен таратуға арналған инновациялық жоба бойынша іс шараларды жергілікті бюджеттен қаржыландыруды ұсынудың негізі оларды қолдану үшін объективті қажеттіліктердің болуы және таңдалған инновациялық технологияның негізделген бәсекелестік артықшылықтары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысының </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">агроөнеркәсіптік кешені саласында </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">инновациялық жобаларды іріктеуді </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтінім нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...20 lines deleted...]
-            </w:r>
+1.    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="left"/>
+Тіркеу нөмірі және күні (бюджеттік бағдарлама әкімшісінің қызметкерлері толтырады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...10 lines deleted...]
-            </w:r>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-            </w:r>
+Инновациялық жобаның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шығыс Қазақстан облысының АӨК-де инновациялық тәжірибені енгізу және тарату саласы (кіші саласы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық жобаларды іске асыру жөніндегі іс-шараның қысқаша сипаттамасы (жобаның негізгі мақсаттары мен мәнін, жоба нәтижелерінің нақты қолданылуын, ұқсас жобаларды іске асыруға қатысу тәжірибесін көрсету)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның ұзақтығы (айларда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның басталу және аяқталу күндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сұралған қаражаттардың сомасы (теңгемен) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы, мекен-жайы, телефон/факсі, өтінім білдірушінің (лердің) электрондық мекен-жайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтінім білдірушілердің байланыс тұлғасының тегі, аты, әкесінің аты (ол болған жағдайда), мекен-жайы, телефоны, электрондық мекен-жайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық жобаның басшысы (ҒЗҰ қызметкері) (аты, жөні және лауазымы, телефон/факсі, электрондық мекен-жайы көрсетіледі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Инновациялық жобаларды іске асыру бойынша іс-шараны жүзеге асыруға қатысушы АӨК субъектілерінің атауы, мекен-жайы, телефон/факсі, электрондық мекен-жайы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -560,2235 +4476,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облысы</w:t>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімдігінің</w:t>
+              <w:t xml:space="preserve">агроөнеркәсіптік кешені саласында </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2016 жылғы "1" сәуірдегі</w:t>
+              <w:t xml:space="preserve">инновациялық жобаларды іріктеуді </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 90 қаулысымен бекітілген</w:t>
+              <w:t xml:space="preserve"> ұйымдастыру қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шығыс Қазақстан облысының агроөнеркәсіптік кешені саласында инновациялық жобаларды іріктеуді ұйымдастыру қағидалары</w:t>
+        <w:t xml:space="preserve"> Инновациялық жобаны (жобаларды) іске асыру бойынша іс-шаралар жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...2121 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2822,1453 +4629,1812 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облысының</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> 1-қосымша</w:t>
+              <w:t>(атауын көрсету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="16"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2133"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="257"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z90" w:id="17"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күтілетін нәтижелер (1 жыл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="17"/>
-[...73 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z91" w:id="18"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9910" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инновациялық жобаның атауы</w:t>
-[...28 lines deleted...]
-            </w:r>
+Жұмыс түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Күтілетін нәтижелер (1 жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z92" w:id="19"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="9910" w:type="dxa"/>
+1 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инновациялық жобаны енгізу және тарату саласы (кіші саласы)</w:t>
-[...28 lines deleted...]
-            </w:r>
+2 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...25 lines deleted...]
-          <w:bookmarkStart w:name="z93" w:id="20"/>
+3 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="9910" w:type="dxa"/>
+4 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инновациялық жобаны енгізу жөніндегі іс-шаралардың қысқаша сипаттамасы (жобаның негізгі мақсаттарын және мәнін, жоба нәтижелерінің нақты қолданылуын, осыған ұқсас жобаларды іске асыруға қатысу тәжірибесін көрсету)</w:t>
-[...28 lines deleted...]
-            </w:r>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-            </w:r>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z94" w:id="21"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="9910" w:type="dxa"/>
+Жұмыс түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жобаның ұзақтығы (айлар бойынша)</w:t>
-[...28 lines deleted...]
-            </w:r>
+Күтілетін нәтижелер (1 жыл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...25 lines deleted...]
-          <w:bookmarkStart w:name="z95" w:id="22"/>
+1 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="9910" w:type="dxa"/>
+2 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жобаның басталу және аяқталу күндері</w:t>
-[...28 lines deleted...]
-            </w:r>
+3 тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+4 тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z96" w:id="23"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="9910" w:type="dxa"/>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сұратылатын қаражат сомасы (теңгемен)</w:t>
-[...511 lines deleted...]
-            </w:r>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4306,471 +6472,446 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облысының</w:t>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">агроөнеркәсіптік кешені </w:t>
+              <w:t xml:space="preserve">агроөнеркәсіптік кешені саласында </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында инновациялық </w:t>
-[...12 lines deleted...]
-              <w:t>жобаларды іріктеуді</w:t>
+              <w:t xml:space="preserve">инновациялық жобаларды іріктеуді </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ұйымдастыру қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2-қосымша</w:t>
+              <w:t xml:space="preserve">3-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z102" w:id="28"/>
+    <w:bookmarkStart w:name="z129" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Инновациялық жобаны енгізу жөніндегі іс-шаралар жоспарына түсіндірме жазба</w:t>
+        <w:t xml:space="preserve"> Инновациялық жобаны (жобаларды) іске асыру бойынша іс-шаралар жоспарына түсіндірме жазба</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z103" w:id="29"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z130" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Инновациялық жобаларды іске асыру жөніндегі іс-шараның атауы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z131" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Іс-шараны іске асыру орны: аудан, елді мекен </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z132" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Инновациялық жобаны енгізу жөніндегі іс-шаралар жоспарының атауы.</w:t>
-[...3 lines deleted...]
-      </w:r>
+      3. Инновациялық жобаларды іске асыру жөніндегі іс-шараның мақсаты мен міндеттері (1 беттен артық емес)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z133" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Инновациялық жобаларды іске асыру жөніндегі іс-шараға қатысатын негізгі өтініш берушінің (ғылыми-зерттеу ұйымының) және АӨК субъектілерінің қысқаша сипаттамасы (1 беттен артық емес):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z134" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      толық атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z135" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі өтініш берушінің және АӨК субъектілерінің инновациялық жобаларын іске асыру жөніндегі іс-шараға қатысушылардың қызметін сипаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z136" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі мамандар, олар орындайтын жұмыстардың түрлері (түйіндеме және біліктілігін растайтын құжаттармен қоса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z137" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      осы бағдарлама шеңберінде басқа жобаларды іске асыру туралы ақпарат. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z138" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      АӨК субъектісінен – жеке тұлғадан өтінім ұсынылған жағдайда білімін, жасын, негізгі қызмет түрлері мен жұмыс тәжірибесі көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z139" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Инновациялық жобаны(-ларды) іске асыру жөніндегі іс-шараның негіздемесі: өндірістің осы сегментінде бар проблемаларды көрсете отырып, іс-шара қандай проблеманы шешуге бағытталатын болады. Іс-шараны іске асырудың өзектілігі мен қажеттілігін, оның Шығыс Қазақстан облысының АӨК технологиялық даму деңгейіне және еңбек өнімділігіне әсерін сипаттау (0,5 беттен артық емес).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z140" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      6. Инновациялық жобаларды іске асыру жөніндегі іс-шараны іске асыру шеңберінде орындалатын негізгі жұмыстардың сипаттамасы: қандай жұмыстар орындалатын болады, өндірісте пайдалану үшін, жобаны орындау барысында сынақтан өткізу және көрсету үшін ұсынылатын нақты шешімдер мен технологиялар, нақты шаруашылық, аудан және облыс экономикасы үшін практикалық маңыздылығын бағалау. Әрбір жұмыстың мақсатын, мазмұнын, ұзақтығын, күтілетін нәтижелерін, ресурстарға қажеттілігін, оның ішінде Бағдарламаның іс-шарасын іске асыруға қатысатын АӨК субъектісінің базасында ғылыми әзірлемені (технологияны) енгізу және тарату жөніндегі ғылыми-зерттеу ұйымының (бұдан әрі – ҒЗҰ) әдіснамасы көрсетіледі (2 беттен артық емес). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z141" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      7. Нәтижелілігі: инновациялық жобаларды іске асыру жөніндегі іс-шараны іске асырудан алынған нәтижелердің сандық және сапалық көрсеткіштері. Еңбек өнімділігінің жақсаруы мен өтініш беруші өндірісінің тиімділігіне және аудан (облыс) экономикасына әсерін бағалай отырып, түпкілікті, нақты нәтижелерін қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z142" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұрын пайдаланылған технологиялармен салыстырғанда инновациялық жобаларды іске асыру жөніндегі іс-шараны іске асырудан экономикалық пайданы көрсету, Шығыс Қазақстан облысының АӨК-ін дамыту, аграрлық нарықтағы ахуал тұрғысынан іс-шараның орындылығы негізделеді (1 беттен артық емес).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z143" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Экологиялық бағалау ұсынылған технологиялардың аймақтың қоршаған ортасына және табиғи ресурстарына әсерін бағалау қамтылады (оң, бейтарап немесе теріс). Теріс әсер ету жағдайында мұндай әсерді азайту үшін не жасалатыныны көрсетіледі (0,5 беттен артық емес).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z144" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...201 lines deleted...]
-        <w:t xml:space="preserve">10. Жобаның тіршілікке қабілеттілігі: іс-шараны іске асыруға қатысушы АӨК субъектілері өндірісінің қаржыландыру аяқталғаннан кейінгі тұрақтылығын қамтамасыз ету үшін алдын ала қабылданатын шараларды сипаттау қажет. </w:t>
+      9. Тәуекелдер: инновациялық жобаларды іске асыру жөніндегі іс-шараны сәтті аяқтау үшін негізгі тәуекелдер және осындай тәуекелдерді еңсеру жөніндегі шаралар (0,5 беттен артық емес). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z145" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жобаның өміршеңдігі: қаржыландыру аяқталғаннан кейін инновациялық жобаларды іске асыру жөніндегі іс-шараға қатысатын АӨК субъектілері өндірісінің орнықтылығын қамтамасыз ету үшін қабылданатын шаралар сипатталады (0,5 беттен артық емес).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4804,1504 +6945,146 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облысының</w:t>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">агроөнеркәсіптік кешені </w:t>
+              <w:t xml:space="preserve">агроөнеркәсіптік кешені саласында  </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында инновациялық </w:t>
+              <w:t xml:space="preserve">инновациялық жобаларды іріктеуді </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жобаларды іріктеуді </w:t>
+              <w:t xml:space="preserve"> ұйымдастыру қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдастыру қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t xml:space="preserve">4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="30"/>
+    <w:bookmarkStart w:name="z147" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Инновациялық жобаны іске асыру жөніндегі іс-шаралар жоспары</w:t>
+        <w:t xml:space="preserve"> Инновациялық жобаларды іске асыру бойынша іс-шаралар шығындарының сметасы¹ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z119" w:id="31"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z148" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (атауын көрсету)</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (атауын көрсету)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...1346 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6335,391 +7118,265 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облысының</w:t>
-[...64 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="38"/>
-[...34 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1312"/>
-[...15 lines deleted...]
-        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z131" w:id="40"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың теңге</w:t>
-[...11 lines deleted...]
-            <w:tcW w:w="1312" w:type="dxa"/>
+      №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1139" w:type="dxa"/>
+Шығындар бабы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z150" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шығыстардың баптары**</w:t>
-[...20 lines deleted...]
-          </w:tcPr>
+Өлшем</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлш. бірл.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="276" w:type="dxa"/>
+бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағасы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="276" w:type="dxa"/>
+Баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6743,51 +7400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде айлар бойынша</w:t>
+Оның ішінде айлар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6819,12918 +7476,6764 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="622" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="622" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="622" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="622" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="622" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="623" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="623" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="623" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z134" w:id="42"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1139" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еңбекақы</w:t>
-[...585 lines deleted...]
-            </w:r>
+Жалақы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z135" w:id="43"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
-[...622 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z136" w:id="44"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
-[...622 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z137" w:id="45"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1139" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Іссапар шығыстары</w:t>
-[...585 lines deleted...]
-            </w:r>
+Іссапар шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z138" w:id="46"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
-[...622 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z139" w:id="47"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
-[...622 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z140" w:id="48"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1139" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тікелей шығыстар</w:t>
-[...585 lines deleted...]
-            </w:r>
+Тікелей шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z141" w:id="49"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
-[...622 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z142" w:id="50"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
-[...622 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z143" w:id="51"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1139" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үстеме шығыстар</w:t>
-[...28 lines deleted...]
-            </w:r>
+Үстеме шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...1175 lines deleted...]
-            </w:r>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="53"/>
+    <w:bookmarkStart w:name="z151" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Инновациялық жобаны енгізу жөнiндегi iс-шараларды іске асырудың әрбiр жылына бөлек көрсетiледi</w:t>
-[...23 lines deleted...]
-        <w:t>** Бюджет қаражатынан және өтiнiм берушiлердiң өз қаражатынан (болған жағдайда) қаржыландырылатын шығыстар бөлек көрсетiледi</w:t>
+      ¹ Инновациялық жобаларды іске асыру жөніндегі іс-шаралардың әр жылына жеке көрсетіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...166 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="55"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z152" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20 ж. "___" __________ № _____</w:t>
-[...23 lines deleted...]
-        <w:t>Бұдан әрі Тапсырыс беруші деп аталатын _____________________ атынан, Қағида негiзiнде әрекет ететiн ___________________________ бiр тараптан, және бұдан әрi Орындаушы деп аталатын,_______________________________ атынан, Жарғы негiзiнде әрекет ететiн _______________________________________екiншi тараптан, Инновациялық жобаларды іріктеу жөніндегі комиссияның 20__ жылғы "___" __________ № ___ шешімін басшылыққа ала отырып, инновациялық жобаны іске асыру жөніндегі осы Шартты жасасты және мынадай келiсiмге келдi:</w:t>
+      ² Бюджет қаражатынан және өтініш берушілердің өз қаражатынан (бар болса) қаржыландырылатын шығыстарды жеке көрсету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...4840 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>