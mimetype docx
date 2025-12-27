--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8122398" w14:textId="8122398">
+    <w:p w14:paraId="fcdf091" w14:textId="fcdf091">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,170 +85,246 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мәслихаттың 2015 жылғы 11 желтоқсандағы № 468 "Қостанай облысының су объектілерінде ортақ су пайдалану қағидаларын белгілеу туралы" шешіміне өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қостанай облысы мәслихатының 2016 жылғы 13 желтоқсандағы № 101 шешімі. Қостанай облысының Әділет департаментінде 2017 жылғы 19 қаңтарда № 6808 болып тіркелді. Күші жойылды - Қостанай облысы мәслихатының 2025 жылғы 12 қарашадағы № 251 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2003 жылғы 9 шілдедегі Қазақстан Республикасы Су кодексінің </w:t>
+      Ескерту. Күші жойылды - Қостанай облысы мәслихатының 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2003 жылғы 9 шілдедегі Қазақстан Республикасы Су кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Қостанай облыстық мәслихаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қостанай облыстық мәслихатының 2015 жылғы 11 желтоқсандағы № 468 "Қостанай облысының су объектілерінде ортақ су пайдалану қағидаларын белгілеу туралы" </w:t>
+      1. Қостанай облыстық мәслихатының 2015 жылғы 11 желтоқсандағы № 468 "Қостанай облысының су объектілерінде ортақ су пайдалану қағидаларын белгілеу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6157 тіркелген, 2016 жылғы 11 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген </w:t>
+      көрсетілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіммен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қостанай облысының су объектілерінде ортақ су пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -278,409 +356,428 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "12. Облыстың жергілікті атқарушы органы тиiстi аумақтарда орналасқан су объектiлерiнiң, сумен жабдықтау және су бұру жүйелерінің жай-күйi туралы халықты хабардар етудi жүзеге асырады.";</w:t>
+      "12. Облыстың жергілікті атқарушы органы тиiстi аумақтарда орналасқан су объектiлерiнiң, сумен жабдықтау және су бұру жүйелерінің жай-күйi туралы халықты хабардар етудi жүзеге асырады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мынадай мазмұндағы </w:t>
+      мынадай мазмұндағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-1-тармақпен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "14-1. Облыстың жергілікті өкілді органы маслихаттың кезекті немесе кезектен тыс сессиясы барысында ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын белгілеу бойынша тиісті шешім қабылдайды және оны үш жұмыс күні ішінде су пайдаланушыға жолдайды.";</w:t>
+      "14-1. Облыстың жергілікті өкілді органы маслихаттың кезекті немесе кезектен тыс сессиясы барысында ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын белгілеу бойынша тиісті шешім қабылдайды және оны үш жұмыс күні ішінде су пайдаланушыға жолдайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "15. Жарияланған ортақ су пайдаланудың шарттары немесе оған салынатын тыйымдар шаруашылық-ауызсу мақсаттарын қанағаттандыру үшін ортақ су пайдалануды жүзеге асыруды шектемеуі тиіс.";</w:t>
+      "15. Жарияланған ортақ су пайдаланудың шарттары немесе оған салынатын тыйымдар шаруашылық-ауызсу мақсаттарын қанағаттандыру үшін ортақ су пайдалануды жүзеге асыруды шектемеуі тиіс.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мынадай мазмұндағы </w:t>
+      мынадай мазмұндағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-1-тармақпен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "15-1. Су пайдаланушы облыстың жергілікті өкілді органынан оң шешім алғаннан кейін бұқаралық ақпарат құралдары арқылы, сондай-ақ арнайы ақпараттық белгілер арқылы халықты шомылуға тыйым салынатыны және ортақ су пайдалануды жүзеге асырудың басқа шарттары туралы хабардар етуді қамтамасыз етеді.".</w:t>
+      "15-1. Су пайдаланушы облыстың жергілікті өкілді органынан оң шешім алғаннан кейін бұқаралық ақпарат құралдары арқылы, сондай-ақ арнайы ақпараттық белгілер арқылы халықты шомылуға тыйым салынатыны және ортақ су пайдалануды жүзеге асырудың басқа шарттары туралы хабардар етуді қамтамасыз етеді.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қостанай облыстық мәслихаты</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сессиясының төрайымы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -693,126 +790,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Г. Капенова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қостанай облыстық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәслихатының хатшысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -836,220 +951,242 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "КЕЛІСІЛДІ"</w:t>
+      "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Қостанай облысы әкімдігінің табиғи</w:t>
+      "Қостанай облысы әкімдігінің табиғи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ресурстар және табиғат пайдалануды</w:t>
+      ресурстар және табиғат пайдалануды</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      реттеу басқармасы" мемлекеттік</w:t>
+      реттеу басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мекемесінің басшысы </w:t>
+      мекемесінің басшысы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _______________ Ә. Мауқұлов</w:t>
+      _______________ Ә. Мауқұлов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2016 жылғы 13 желтоқсан</w:t>
+      2016 жылғы 13 желтоқсан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1379,35 +1516,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>