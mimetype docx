--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ac7315" w14:textId="4ac7315">
+    <w:p w14:paraId="a9a5e5f" w14:textId="a9a5e5f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,648 +85,772 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қарағанды облысында ортақ су пайдаланудың қағидалары туралы" Қарағанды облыстық мәслихатының 2016 жылғы 19 ақпандағы XLII сессиясының № 479 шешіміне өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облыстық мәслихатының 2016 жылғы 12 желтоқсандағы VI сессиясының № 139 шешімі. Қарағанды облысының Әділет департаментінде 2017 жылғы 9 қаңтарда № 4090 болып тіркелді</w:t>
-[...208 lines deleted...]
-      </w:r>
+        <w:t>Қарағанды облыстық мәслихатының 2016 жылғы 12 желтоқсандағы VI сессиясының № 139 шешімі. Қарағанды облысының Әділет департаментінде 2017 жылғы 9 қаңтарда № 4090 болып тіркелді. Күші жойылды - Қарағанды облыстық мәслихатының 2025 жылғы 20 қарашадағы № 337 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...98 lines deleted...]
-      </w:r>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - Қарағанды облыстық мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының 6 бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-2 тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасының 2003 жылғы 9 шілдедегі Су кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38 бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес облыстық мәслихат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М ЕТТІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысында ортақ су пайдаланудың қағидалары туралы" Қарағанды облыстық мәслихатының 2016 жылғы 19 ақпандағы XLII сессиясының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3707 болып тіркелген, 2016 жылғы 22 наурыздағы № 53-54 (22 159) "Орталық Қазақстан" және № 35-36 (21980-21981) "Индустриальная Караганда" газеттерінде, "Әділет" аппараттық-құқықтық жүйесінде 2016 жылдың 25 наурызыңда жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген шешіммен бекітілген Қарағанды облысында ортақ су пайдаланудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...9 lines deleted...]
-        <w:t>16-тармақ</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...121 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"13. Облыстың жергілікті атқарушы органы облыс, соның ішінде Қарағанды облысының әкімшілік шекаралары шегінде Балқаш көлінің аумағында орналасқан су объектiлерiнiң, сумен жабдықтау және су бұру жүйелерінің жай-күйi туралы халықты хабардар етудi жүзеге асырады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай мазмұндағы 14-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"14-1. Қарағанды облыстық мәслихатының кезекті немесе кезектен тыс сессиясы барысында ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын белгілеу бойынша тиісті шешім қабылдайды және оны үш жұмыс күні ішінде су пайдаланушыға жолдайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"16. Жарияланған ортақ су пайдаланудың шарттары немесе оған салынатын тыйымдар шаруашылық-ауыз су мақсаттарын қанағаттандыру үшін ортақ су пайдалануды жүзеге асыруды шектемеуі тиіс.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай мазмұндағы 16-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"16-1. Су пайдаланушы Қарағанды облыстық мәслихатынаң оң шешім алғаннан кейін бұқаралық ақпарат құралдары арқылы, сондай-ақ, арнайы ақпараттық белгілер арқылы халықты шомылуға тыйым салынатыны және ортақ су пайдалануды жүзеге асырудың басқа шарттары туралы хабардар етуді қамтамасыз етеді.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Шешімнің орындалуын бақылау облыстық мәслихаттың өнеркәсіп, шағын және орта бизнесті дамыту, аграрлық мәселелер және экология жөніндегі тұрақты комиссиясына (Ш.А. Осин) жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы шешім алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Сессия төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -737,113 +863,113 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Г. Прокоп</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Облыстық мәслихат хатшысы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -861,107 +987,108 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1291,35 +1418,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>