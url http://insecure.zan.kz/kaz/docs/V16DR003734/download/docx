--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d67c57b" w14:textId="d67c57b">
+    <w:p w14:paraId="72d8398" w14:textId="72d8398">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,356 +85,448 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Талғар ауданының жер қатынастары бөлімі" мемлекеттік мекемесінің Ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, Талғар ауданының әкімдігі </w:t>
+        <w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:i w:val="false"/>
-[...6 lines deleted...]
-        <w:br/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...105 lines deleted...]
-      </w:r>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы облысы Талғар ауданы әкімдігінің 2016 жылғы 19 қаңтардағы № 01-40 қаулысы. Алматы облысы Әділет департаментінде 2016 жылы 18 ақпанда № 3734 болып тіркелді. Күші жойылды - Алматы облысы Талғар ауданы әкімдігінің 2025 жылғы 23 қыркүйектегі № 09-316 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Күші жойылды - Алматы облысы Талғар ауданы әкімдігінің 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 09-316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік мүлік туралы" 2011 жылғы 1 наурыздағы Қазақстан Республикасы Заңының 18-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасы мемлекеттік органының үлгі ережесін бекіту туралы" 2012 жылғы 29 қазандағы № 410 Қазақстан Республикасы Президентінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, Талғар ауданының әкімдігі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. "Талғар ауданының жер қатынастары бөлімі" мемлекеттік мекемесінің Ережесі осы қаулының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. "Талғар ауданының жер қатынастары бөлімі" мемлекеттік мекемесінің басшысы Тыныбай Мақсат Молдашұлына осы қаулы әділет органдарында мемлекеттік тіркелгеннен кейін ресми және мерзімді баспа басылымдарында, сондай-ақ Қазақстан Республикасының Үкіметі айқындаған интернет-ресурста және аудан әкімдігінің интернет-ресурсында жариялау жүктелсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы қаулының орындалуын бақылау аудан әкімінің орынбасары Тойбаев Абдыгали Абдыхановичке жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Осы қаулы әділет органдарында мемлекеттік тіркелген күннен бастап күшіне енеді және алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудан әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -440,71 +534,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Р. Садықова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -544,1849 +617,2006 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Талғар ауданы әкімдігінің 2016 жылғы "19" қаңтардағы № " 01-40" қаулысымен бекітілген қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="0"/>
+    <w:bookmarkStart w:name="z11" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Талғар ауданының жер қатынастары бөлімі" мемлекеттік мекемесі туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z12" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z12" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Талғар ауданының жер қатынастары бөлімі" мемлекеттік мекемесі (бұдан әрі - Бөлім) Талғар ауданы аумағында жер қатынастары саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Бөлімнің ведомстволары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Бөлім өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Бөліммемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Бөлім азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Бөлімгеегер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Бөлім өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен рәсімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Бөлімнің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Заңды тұлғаның орналасқан жері: индекс 041600, Қазақстан Республикасы, Алматы облысы, Талғар ауданы, Талғар қаласы, Рысқұлов көшесі, № 72.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Мемлекеттік органның толық атауы – "Талғар ауданының жер қатынастары бөлімі" мемлекеттік мекемесі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Осы Ереже Бөлімнің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Бөлімнің қызметін қаржыландыру республикалық және жергілікті бюджеттерінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Бөлімге кәсіпкерлік субъектілерімен Бөлімнің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...18 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.Мемлекеттік органның миссиясы, негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z28" w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      14. Бөлімнің миссиясы: жер қатынастарын реттеу саласындағы мемлекеттік саясатты іске асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) жер учаскесіне меншік құқығы мен жер пайдалану құқығы туындауының, өзгертілуі мен тоқтатылуының негіздерін, шарттары мен шектерін, жер учаскелерінің меншік иелері мен жер пайдаланушылардың құқықтары мен міндеттерін жүзеге асыру тәртібін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) жерді ұтымды пайдалану мен қорғауды, топырақ құнарлығын ұдайы қалпына келтіріп отыруды, табиғи ортаны сақтау мен жақсартуды қамтамасыз ету мақсатында жер қатынастарын реттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) шаруашылық жүргізудің барлық нысандарын тең құқықпен дамыту үшін жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) жеке және заңды тұлғалар мен мемлекеттің жерге құқықтарын қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) жылжымайтын мүлік рыногын жасау және дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) жер қатынастары саласында заңдылықты нығайту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Талғар ауданы әкімдігінің жер учаскелерін беру және олардың нысаналы мақсатын өзгерту жөніндегі ұсыныстары мен қаулылардың жобаларын дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Талғар ауданы әкімдігінің іздестіру жұмыстарын жүргізу үшін жер учаскелерін пайдалануға рұқсат беруі жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) жерді резервке қалдыру жөніндегі ұсыныстарды дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) жерді аймақтарға бөлу жобаларын, жерді ұтымды пайдалану жөніндегі жобалары мен схемаларын әзірлеуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) ауыл шаруашылығы алқаптарын бір түрден екіншісіне ауыстыру жөніндегі ұсыныстарды дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) аудан бойынша жер сауда-саттығын (конкурстар, аукциондар) жүргізуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) Талғар ауданының жер балансын жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) ауыл шаруашылығы мақсатындағы жер учаскелерінің паспорттарын беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) жер учаскесін сатып алу-сату шарттары мен жалдау және жерді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақытша өтеусіз пайдалану шарттарын жасасу және жасалған шарттар талаптарының орындалуын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) иесі жоқ жер учаскелерін анықтау және оларды есепке алу жөніндегі жұмысты ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) мемлекеттік мұқтажы үшін жер учаскелерін мәжбүрлеп иеліктен шығару жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) жер учаскелерінің бөлінетіндігі мен бөлінбейтіндігін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) мемлекет жеке меншікке сататын нақты жер учаскелерінің кадастрлық (бағалау) құнын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) жерге орналастыруды жүргізуді ұйымдастыру және жер учаскелерін қалыптастыру жөніндегі жерге орналастыру жобаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) жерді пайдалану мен қорғау мәселелерін қозғайтын, аудандық маңызы бар жобалар мен схемаларға сараптама жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) жер учаскелерінің меншік иелері мен жер пайдаланушылардың, сондай-ақ жер құқығы қатынастарының басқа да субъектілерінің есебін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) пайдаланылмай жатқан және Қазақстан Республикасының заңнамасын бұза отырып пайдаланылып жатқан жерді анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Құқықтары мен міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Бөлімнің құзыретіне кіретін мәселелерді шешу бойынша аудан әкімінің және аудандық мәслихаттың қарауына ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) мемлекеттік органдардан және өзге де ұйымдардан өз қызметіне қажетті ақпаратты заңнамада белгіленген тәртіппен сұрату және алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) оперативті басқару құқығымен қарасты мүліктерді пайдалануды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) жеке және заңды тұлғалардың өтініштерін уақытылы және сапалы қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өз құзыреті шегінде өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z63" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      18. Бөлімге басшылықты Бөлімге жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Бөлімнің бірінші басшысын Талғар ауданының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Бөлімнің бірінші басшысының орынбасарлары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Бөлімнің бірінші басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Бөлімнің қызметкерлерінің міндеттері мен өкілеттіктерін өз құзыреті шегінде айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Бөлімнің қызметкерлерін қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Бөлімнің қызметкерлерін заңнамада белгіленген тәртіппен ынталандырады және тәртіптік жазалар қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) өз құзыреті шегінде бұйрықтар шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) мемлекеттік органдар мен басқа да ұйымдарда өз құзыреті шегінде Бөлімнің мүддесін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) Бөлімде сыбайлас жемқорлыққа қарсы әрекет етеді, сол үшін жеке жауапкершілік алуды белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бөлімнің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z76" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      22. Бөлімде заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Егер заңнамада өзгеше көзделсе, Бөлім, өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z81" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...1605 lines deleted...]
-    </w:p>
+      25. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2716,35 +2946,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>