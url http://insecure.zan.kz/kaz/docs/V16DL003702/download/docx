--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c7182a4" w14:textId="c7182a4">
+    <w:p w14:paraId="bbbb490" w14:textId="bbbb490">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,68 +93,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаратал ауданында үгіттік баспа материалдарын орналастыру үшін орындарды белгілеу және кандидаттарға сайлаушыларман кездесуі үшін үй-жайлар беру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы облысы Қаратал ауданы әкімдігінің 2016 жылғы 02 ақпандағы № 17 қаулысы. Алматы облысы Әділет департаментінде 2016 жылы 11 ақпанда № 3702 болып тіркелді</w:t>
+        <w:t>Алматы облысы Қаратал ауданы әкімдігінің 2016 жылғы 02 ақпандағы № 17 қаулысы. Алматы облысы Әділет департаментінде 2016 жылы 11 ақпанда № 3702 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Қазақстан Республикасындағы сайлау туралы" 1995 жылғы 28 қыркүйектегі Қазақстан Республикасының Конституциялық заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -183,300 +183,301 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, аудан әкімдігі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Қаратал аудандық сайлау комиссиясымен (келісім бойынша) бірлесіп кандидаттар үшін үгіттік баспа материалдарын орналастыру орындары осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленсін.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Кандидаттардың сайлаушылармен кездесуі үшін шарттық негізде үй-жайлар осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілсін.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. "Қаратал ауданының ішкі саясат бөлімі" мемлекеттік мекемесі басшысының міндетін атқарушы М. Сырлыбаевқа осы қаулы әділет органдарында мемлекеттік тіркелгеннен кейін ресми және мерзімді баспа басылымдарында, сондай-ақ Қазақстан Республикасының Үкіметі айқындаған интернет-ресурста және аудан әкімдігінің интернет-ресурсында жариялау жүктелсін. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4. Осы қаулының орындалуын бақылау аудан әкімінің орынбасары К. Байтаеваға жүктелсін.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5. Осы қаулы әділет органдарында мемлекеттік тіркелген күннен бастап күшіне енеді және алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудан әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -588,1029 +589,1054 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаратал ауданы әкімдігінің 2016 жылғы 02 ақпандағы "Қаратал ауданында үгіттік баспа материалдарын орналастыру үшін орындарды белгілеу және кандидаттарға сайлаушылармен кездесуі үшін үй-жайлар беру туралы" № 17 қаулысына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-қосымша жаңа редакцияда - Жетісу облысы Қаратал ауданы әкімдігінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаратал ауданында үгіттік баспа материалдарын орналастыру үшін орындар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">1. Үштөбе қаласы бойынша: </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Үштөбе қаласы бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Үштөбе қаласы, Жолбарыс батыр және Кузнецов көшелерінің қиылысындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Үштөбе қаласы, Б. Момышұлы көшесі, № 229, Қаратал аудандық ауруханасы ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Үштөбе қаласы, Төле би және Абдрахман ақын көшелерінің қиылысындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Үштөбе қаласы, Түркісіб және Б. Момышұлы көшелерінің қиылысындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) Үштөбе қаласы, Мартынов және Нұрмұхамбетов көшелерінің қиылысындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) Үштөбе қаласы, Қабанбай батыр көшесіндегі № 51 мекенжайындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Айту би ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Көкпекті ауылы, Ыбырайымұлы көшесі № 4, фельдшерлік-акушерлік пункт ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Жасталап ауылы, Сейфуллин көшесі, № 1, Құлжабай батыр атындағы орта мектеп ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Айту би ауылы, Достық көшесі, № 1 үй жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Қожбан ауылы, Мұнайтпасов және К. Әзірбаев көшелерінің қиылысындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Балпық ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Жанаталап ауылы, Жамбыл көшесі, № 34, ауылдық дәрігерлік амбулатория ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Оян ауылы, Асықбаев көшесі, № 11/2, фельдшерлік пункт ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Ұмтыл ауылы, Бейсенбіұлы Ахметше көшесі, № 5, фельдшерлік пункт ғимаратының жанындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Бастөбе ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Бастөбе ауылы, Комаров көшесі, № 3, Мәдениет үйі ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Ортатөбе ауылы, Серегин көшесі, № 3, фельдшерлік акушерлік пункт ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Кішітөбе ауылы, Комсомолская көшесі, № 35, фельдшерлік пункт ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Жылыбұлақ ауылы, Мира және Әуезов көшелерінің қиылысындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Елтай ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Қаражиде ауылы, Қонаев көшесі, № 10, фельдшерлік-акушерлік пункт ғимаратының жанындағы стенд</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Сарыбұлақ ауылы, Өтеген батыр көшесі, № 15, Сарыбұлақ бастауыш мектебі ғимаратының жанындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Ескелді ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Ескелді ауылы, Жансүгіров көшесіндегі 13/2 дәріхана жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Көкдала ауылы, Жамбыл көшесі, № 14/1, фельдшерлік акушерлік пункт ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Қызылжар ауылы, Байтұрсынов және Д. Дүйсенбаев көшелерінің қиылысындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Қайнар ауылы, Қайнар көшесі, № 3 үйдің жанындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Жолбарыс батыр ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Қалпе ауылы, Р.Бекенов көшесі, № 19, пошта ғимараттарының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Қанабек ауылы, Саринов көшесі, № 20, Мәдениет үйі ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Қарашеңгел ауылы, Жамбыл көшесі, № 8, Қарашеңгел мектебінің жанындағы стенд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Бәйшегір ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Алмалы ауылы, Жайлығұлов көшесі, № 1, ауылдық аурухана ғимаратының жанындағы стенд;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Ақжар ауылы, Тілеуғұл батыр көшесі, № 5, фельдшерлік пункт ғимаратының жанындағы стенд.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>1) Үштөбе қаласы, Жолбарыс батыр және Кузнецов көшелерінің қиылысындағы стенд;</w:t>
+      9. Қызылбалық ауылдық округі бойынша:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>2) Үштөбе қаласы, Б. Момышұлы көшесі, № 229, Қаратал аудандық ауруханасы ғимаратының жанындағы стенд;</w:t>
+      1) Көпбірлік ауылы, Жетінші көшесі, № 4, ауылдық аурухана ғимаратының жанындағы стенд;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>3) Үштөбе қаласы, Төле би және Абдрахман ақын көшелерінің қиылысындағы стенд;</w:t>
+      2) Қарақұм ауылы, Ш. Уәлиханов және С. Сейфуллин көшелерінің қиылысындағы стенд.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>4) Үштөбе қаласы, Түркісіб және Б. Момышұлы көшелерінің қиылысындағы стенд;</w:t>
+      10. Тастөбе ауылдық округі бойынша:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...825 lines deleted...]
-        <w:t>1) Тастөбе ауылы, Халықов көшесі, № 1, фельдшерлік пункт ғимаратының жанындағы стенд.</w:t>
+      1) Тастөбе ауылы, Халықов көшесі, № 1, фельдшерлік пункт ғимаратының жанындағы стенд.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1666,165 +1692,662 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаратал ауданы әкімдігінің 2016 жылғы 02 ақпандағы "Қаратал ауданында үгіттік баспа материалдарын орналастыру үшін орындарды белгілеу және кандидаттарға сайлаушылармен кездесуі үшін үй-жайлар беру туралы" № 17 қаулысына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-қосымша жаңа редакцияда - Жетісу облысы Қаратал ауданы әкімдігінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қаратал ауданында сайлаушылармен кездесуі үшін шарттық негізде кандидаттарға берілетін үй-жайлар</w:t>
+        <w:t xml:space="preserve">  Қаратал ауданында сайлаушылармен кездесуі үшін шарттық негізде кандидаттарға берілетін үй-жайлар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Бастөбе ауылдық округі бойынша:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...24 lines deleted...]
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Бастөбе ауылы, Комаров көшесі, № 3, Қаратал ауданы Қабылиса жырау атындағы аудандық мәдениет үйінің мәжіліс залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Жолбарыс батыр ауылдық округі бойынша:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>1) Қанабек ауылы, Саринов көшесі, № 20, Мәдениет үйінің акті залы.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Қанабек ауылы, Саринов көшесі, № 20, Мәдениет үйінің акті залы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Кәлпе ауылы, Бектенов көшесі, № 25, Мәдениет үйінің мәжіліс залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Ескелді ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Ескелді ауылы, Жансүгіров көшесі, № 5А, Мәдениет үйінің мәжіліс залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Балпық ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Жаңаталап ауылы, Жамбыл көшесі, № 42А, Мәдениет үйінің акті залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Айту би ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Көкпекті ауылы, Ыбырайымұлы көшесі, № 1, Мәдениет үйінің акті залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Бәйшегір ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Алмалы ауылы, Абай көшесі, № 6А, Мәдениет үйінің акті залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Қызылбалық ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Көпбірлік ауылы, Жетінші көшесі, № 6А, Мәдениет үйінің мәжіліс залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Елтай ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Қаражиде ауылы, Елубай көшесі, № 4А, Мәдениет үйінің мәжіліс залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Тастөбе ауылдық округі бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Тастөбе ауылы, Абай көшесі, № 13, Мәдениет үйінің мәжіліс залы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Үштөбе қаласы бойынша:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Үштөбе қаласы, Қонаев даңғылы, № 7А, тарихи-өлкетану мұражайының мәжіліс залы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Үштөбе қаласы, Водопроводная көшесі, № 12 Үштөбе қаласының Гуманитарлық колледжінің мәжіліс залы.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -1846,55 +2369,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>