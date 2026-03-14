--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="76fd916" w14:textId="76fd916">
+    <w:p w14:paraId="a4546cb" w14:textId="a4546cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,403 +85,495 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы облысында ортақ су пайдаланудың қағидаларын белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, Алматы облыстық мәслихаты </w:t>
+        <w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:i w:val="false"/>
-[...6 lines deleted...]
-        <w:br/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...105 lines deleted...]
-      </w:r>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы облыстық мәслихатының 2016 жылғы 12 мамырдағы № 2-16 шешімі. Алматы облысы Әділет департаментінде 2016 жылы 17 маусымдағы № 3891 болып тіркелді. Алматы облыстық мәслихатының 2025 жылғы 23 қазандағы № 42-236 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z110" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Күші жойылды - Алматы облыстық мәслихатының 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42-236</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2003 жылғы 9 шілдедегі "Қазақстан Республикасы Су кодексінің" 38-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, Алматы облыстық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Алматы облысында Ортақ су пайдаланудың қағидалары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы шешімшің орындалуына бақылау жүргізу облыс әкімінің орынбасары Серікжан Іслямұлы Бескемпіровке жүктелсін (келісім бойынша).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Алматы облыстық мәслихаты аппаратының басшысы Құрманбаев Ерлан Бақытжанұлына осы шешімді әділет органдарында мемлекеттік тіркелгеннен кейін ресми және мерзімді баспасөз басылымдарында, сондай ақ Қазақстан Республикасы Үкіметі айқындайтын интернет-ресурста және облыстық мәслихаттың интернет-ресурсында жариялау жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Осы шешім әділет органдарында мемлекеттік тіркелген күннен бастап күшіне енеді және алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Облыстық мәслихат </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сессиясының төрайымы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -492,103 +586,103 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж.Телпекбаева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Облыстық мәслихаттың хатшысы</w:t>
+              <w:t>      Облыстық мәслихаттың хатшысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -596,71 +690,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Мұқанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -720,521 +793,582 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 жылғы "12" мамыр </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 2-16 шешімімен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="0"/>
+    <w:bookmarkStart w:name="z120" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Алматы облысында ортақ су пайдалану қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">1. Осы ортақ су пайдаланудың қағидалары (бұдан әрі - Қағидалар) 2003 жылғы 9 шілдедегі Қазақстан Республикасы Су кодексінің (бұдан әрі - Кодекс) 38-бабының </w:t>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z101" w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы ортақ су пайдаланудың қағидалары (бұдан әрі - Қағидалар) 2003 жылғы 9 шілдедегі Қазақстан Республикасы Су кодексінің (бұдан әрі - Кодекс) 38-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 20 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19-1/252</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен бекітілген "Ортақ су пайдаланудың үлгілік қағидалары" негізінде әзірленді және Алматы облыстық мәслихаты Алматы облысының өңірлік жағдайларының ерекшеліктерін ескере отырып ортақ су пайдалану қағидаларын белгілеу тәртібін айқындайды.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Ортақ су пайдалану халықтың мұқтаждарын қанағаттандыру үшін су объектілері жекелеген немесе заңды тұлғаларға бекітіліп берілмей және судың жай-күйіне әсер ететін құрылыстар немесе техникалық құрылғылар қолданылмай жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Ортақ су пайдалануды жүзеге асыру үшін арнайы рұқсат талап етілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Кодексте көзделген жағдайларды қоспағанда, жеке және заңды тұлғалардың ортақ су пайдалану объектілеріне халықтың кіруін қоршаулар, күзет пункттерін, тиым салатын белгілер орнату жолымен шектеуіне жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Экологиялық, техникалық және халықтың санитариялық-эпидемиологиялық қауіпсіздігі мақсатында ортақ су пайдалану шектелуі немесе оған тиым салынуы мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Ортақ су пайдалануға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) шаруашылық-ауыз су мақсаттарын қанағаттандыру үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ықтимал сел қаупі бар су объектілерін қоспағанда, рекреациялық мақсаттарда, жаппай демалу, туризм және спорт мақсаттарында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      3) кеме қатынасы және шағын кемелерді пайдалану үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      4) мал суару үшін су объектілерін пайдалану жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Шаруашылық-ауыз су мақсаттарын қанағаттандыру үшін жер үсті су көздерінен су алу судың жай-күйiне әсер ететiн құрылыстар немесе техникалық құрылғылар қолданылмай жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Су объектiлерi мен су шаруашылығы құрылыстарындағы көпшiлiктiң демалуына, туризм мен спортқа арналған жерлердi экологиялық талаптар мен адам өмірінің қауіпсіздігін сақтай отырып, су қорын пайдалану және қорғау, сумен жабдықтау, су бұру саласындағы, қоршаған ортаны қорғау саласындағы және халықтың санитариялық-эпидемиологиялық салауаттылығы саласындағы уәкiлеттi органдармен келiсiм бойынша Алматы облысының әкімдігі белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Кеме қатынасы санатына жатқызылған Қазақстан Республикасының жер үстi су объектiлерi, оларды осы мақсаттарға пайдалануға толық немесе iшiнара тыйым салынған не олар оқшау пайдалануға берiлген жағдайларды қоспағанда, ортақ пайдаланудағы су жолдары болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...219 lines deleted...]
-      Су объектiлерiн кеме қатынасы санатына жатқызу тәртiбi, кеме қатынасы, әуе кемелерінің ұшуы (қонуы) үшін пайдаланылатын кеме қатынасы су жолдарының тiзбесi және оларды пайдалану қағидалары Кодекстің 105-бабының </w:t>
+      Су объектiлерiн кеме қатынасы санатына жатқызу тәртiбi, кеме қатынасы, әуе кемелерінің ұшуы (қонуы) үшін пайдаланылатын кеме қатынасы су жолдарының тiзбесi және оларды пайдалану қағидалары Кодекстің 105-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілетін қағидаларға сәйкес жүзеге асырылады.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10. Су объектiлерiн мал суару үшiн пайдалануға санитарлық қорғау аймақтарынан тыс жерде және суат алаңдары мен су объектiлерiнiң ластануы мен қоқыстануын болғызбайтын басқа да құрылғылар болған жағдайда жол берiледi.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11. Алматы облыстық мәслихаты азаматтардың өмірі мен денсаулығын сақтау мақсатында өңірлік жағдайлардың ерекшеліктерін ескере отырып, ортақ су пайдалану қағидаларында Алматы облысының аумағында орналасқан су объектілерінде шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару, шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайтын жерлерді айқындайды.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12. Алматы облыстық мәслихаты бұқаралық ақпарат құралдары арқылы, сондай-ақ, арнайы ақпараттық белгілер арқылы халықты шомылуға тыйым салу және ортақ су пайдалануды жүзеге асырудың басқа шарттары туралы хабардар етеді.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Оқшау немесе бірлесіп су пайдалануды жүзеге асыратын су пайдаланушы, Алматы облыстық мәслихатының шешiмдерiнде өзгеше белгiленбесе, Кодекстің 67-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1253,495 +1387,567 @@
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ортақ су пайдалану шарттары немесе оған тыйым салу туралы жариялайды. </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14. Ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын жариялау үшін оқшау немесе бірлесіп су пайдалануды жүзеге асыратын су пайдаланушы Алматы облыстық мәслихатқа ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын белгілеудің қажеттігі негізделген ұсыныс енгізеді.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15. Ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын белгілеу негізсіз болған жағдайда Алматы облыстық мәслихаты ұсынылған ортақ су пайдалану шарттарынан немесе тыйым салудан бас тарту себептерін негіздей отырып су пайдаланушыны жиырма екі жұмыс күні ішінде жазбаша хабардар етеді.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бұл ретте жарияланған ортақ су пайдаланудың шарттары немесе оған салынатын тыйымдар шаруашылық-ауыз су мақсаттарын қанағаттандыру үшін ортақ су пайдалануды жүзеге асыруды шектемеуі тиіс. </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16. Ортақ су пайдалану үшін су объектілерін пайдалану кезінде жеке және заңды тұлғалар:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) су объектілерін ұқыпты пайдалануы;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) су объектілерін пайдаланудың белгіленген режимін сақтауы;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) су объектілерінде мәдени, спорттық және басқа да іс-шараларды өткізу кезінде қауіпсіздік шараларын сақтауы;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) су объектілерін және іргелес аумақтарын тиісті санитариялық нормаларға сай ұстауға, тұрмыстық, құрылыс және басқа да қалдықтармен қоқыстауға, іргелес аумақтарды ластаудың алдын алу және жою жөніндегі іс-шараларды уақытылы жүзеге асыруы тиіс.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17. Ортақ су пайдаланудың су объектілерін пайдалану кезінде:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) су объектісін ластауға және қоқыстауға;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) шомылуға арналған орындарда киім жууға және жануарларды шомылдыруға;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) ескерту немесе тыйым салу жазулары бар арнайы ақпараттық белгілер қойылмаған орындарда шомылуға; </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) арнайы ақпараттық белгілерді өз еркімен алып тастауға, бұзуға және жоюға; </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) аумақта жанар-жағармай материалдарын сақтауға;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) көлікке жанар май құюды, жууды және жөндеуді жүзеге асыруға; </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) су объектілерінде және оларға тікелей жақын жерде кәмелетке толмаған балаларды үлкендердің қарауынсыз тастауға жол берілмейді.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2071,35 +2277,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>