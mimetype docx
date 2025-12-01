--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6cd48c2" w14:textId="6cd48c2">
+    <w:p w14:paraId="395a83b" w14:textId="395a83b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,814 +85,987 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Үкiметiнің және жергiлiктi атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнiң лимиттерiн айқындау әдiстемесiн бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қарашадағы №731 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 30 желтоқсандағы № 533 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 15 ақпанда № 14805 болып тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 23 қазандағы № 112 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">1. "Қазақстан Республикасы Үкiметiнің және жергiлiктi атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнiң лимиттерiн айқындау әдiстемесiн бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қарашадағы № 731 </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Қазақстан Республикасы Үкiметiнің және жергiлiктi атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнiң лимиттерiн айқындау әдiстемесiн бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қарашадағы № 731 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12426 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 31 желтоқсанында жарияланған):</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">көрсетілген бұйрықпен бекітілген, Қазақстан Республикасы Үкiметiнің және жергiлiктi атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнiң лимиттерін айқындау </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Қазақстан Республикасы Үкiметiнің және жергiлiктi атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнiң лимиттерін айқындау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Қазақстан Республикасы Үкiметiнің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiн қабылдауы тиісті қаржы жылына арналған республикалық бюджет туралы заңда белгіленген лимитпен шектеледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...127 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Қазақстан Республикасы Үкiметiнің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелері, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнің лимиті келесі есептеуге сәйкес белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                          Scolgov &lt;InRB * 0.20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелері, оның ішінде мемлекеттiк концессиялық мiндеттемелерiн тиісті қаржы жылына қабылдау лимиті келесі есептеуге сәйкес белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                    Lmocolgov &lt;Scolgov – CLLG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      InRB – республикалық бюджеттің кірістері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Scolgov – Қазақстан Республикасы Үкiметiнің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелері, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнің қабылдау лимитінен және қабылданған және өтелмеген сомасынан тұратын Қазақстан Республикасы Үкiметiнің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелері, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнің тиісті қаржы жылына арналған лимиті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Lmocolgov – Қазақстан Республикасы Үкiметiнің мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелері, оның ішінде мемлекеттiк концессиялық мiндеттемелерiн тиісті қаржы жылына қабылдау лимиті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      CLLG – тиісті қаржы жылының басына Қазақстан Республикасы Үкiметiнің мемлекеттік-жекешелік әріптестік жобалары бойынша қабылданған және өтелмеген мемлекеттік міндеттемелері, оның ішінде мемлекеттiк концессиялық мiндеттемелерi.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Жергiлiктi атқарушы органдармен мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiн қабылдауы тиісті жергiлiктi атқарушы органның мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiмен белгіленген лимитімен шектеледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Жергілікті атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнің лимиті салықтық және салықтық емес түсімдердің және трансферттерді есепке ала отырып негізгі капиталды сатудан түсетін түсімдердің көлеміне сәйкес келетін облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы орган бюджетінің кірістерін (бұдан әрі – меншікті кіріс) негізге ала отырып, жергілікті атқарушы органдардың өз борыштарына дербес қызмет көрсету және оны өтеу мүмкіндігін ескере отырып қалыптастырылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келесі мазмұнда 10-1 тармағымен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "10-1. Жергілікті атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнің шығыстарын өтеу және қызмет көрсету көлемі тиісті қаржы жылына арналған жергілікті бюджет кірістерінің он пайызына тең мөлшерінен аспауы тиіс.". </w:t>
-[...143 lines deleted...]
-    </w:p>
+      "10-1. Жергілікті атқарушы органдардың мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелерінің, оның ішінде мемлекеттiк концессиялық мiндеттемелерiнің шығыстарын өтеу және қызмет көрсету көлемі тиісті қаржы жылына арналған жергілікті бюджет кірістерінің он пайызына тең мөлшерінен аспауы тиіс.". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ұлттық экономика министрлігінің Бюджеттік инвестициялар және мемлекеттік–жекешелік әріптестікті дамыту департаменті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін оның көшірмесін баспа және электрондық түрде күнтізбелік он күн ішінде мерзімдік баспа басылымдарында ресми жариялауға жіберілуін, сонымен бірге Республикалық құқықтық ақпарат орталығына енгізу үшін Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында жариялануын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде Қазақстан Республикасы Ұлттық экономика министрлігінің Заң департаментіне осы бұйрықтың 2-тармағының 1), 2) және 3) тармақшаларымен көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ұлттық экономика вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -902,183 +1077,204 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т. Сүлейменов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...83 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛГЕН"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________ Б. Сұлтанов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 қаңтар 2017 жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1408,35 +1604,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>