--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8ff6f14" w14:textId="8ff6f14">
+    <w:p w14:paraId="614f119" w14:textId="614f119">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1103,51 +1103,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1263,51 +1263,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1405,51 +1405,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1717,51 +1717,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 23.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1783,71 +1783,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Тұрғын үй қатынастары туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шартты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және білім беру жинақтау салымы туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қоспағанда банктік қызмет көрсету </w:t>
+        <w:t xml:space="preserve"> және білім беру жинақтау салымы туралы шартты қоспағанда банктік қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шартына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мыналар кіреді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z53" w:id="22"/>
     <w:p>
@@ -2097,51 +2077,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2315,51 +2295,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2437,51 +2417,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 23.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2539,51 +2519,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2775,51 +2755,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2935,51 +2915,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3017,51 +2997,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3259,51 +3239,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3313,51 +3293,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20. Алып тасталды – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11405,71 +11385,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекеменің банктік шотын жабу бюджеттің орындалуы жөніндегі орталық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уәкілетті орган</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы мемлекеттік мекемеге банктік шотын ашу үшін берілген рұқсатты қайтарып алған не осындай </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қолдану мерзімі аяқталған жағдайда жүргізіледі.</w:t>
+        <w:t xml:space="preserve"> осы мемлекеттік мекемеге банктік шотын ашу үшін берілген рұқсатты қайтарып алған не осындай рұқсатты қолдану мерзімі аяқталған жағдайда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>