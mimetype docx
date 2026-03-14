--- v1 (2025-11-19)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="614f119" w14:textId="614f119">
+    <w:p w14:paraId="e9cae27" w14:textId="e9cae27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,130 +112,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 207 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылғы 15 қарашада № 14422 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 28) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -987,340 +997,320 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z45" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Клиенттердің банктік шоттарын ашу, жүргізу және жабу қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Азаматтық кодексінің (Ерекше бөлім) (бұдан әрі – Азаматтық кодекс) </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасының банктерінде, Қазақстан Республикасының бейрезидент-банктерінің филиалдарында және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) лицензиясы негізінде, сондай-ақ Қазақстан Республикасының осындай ұйымның қызметін реттейтін заңында көрсетілген операцияларды лицензиясыз жүзеге асыру мүмкіндігі көзделген жағдайда, жеке және заңды тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын ұйымдарда (бұдан әрі – банктер) клиенттердің банктік шоттарын ашу, жүргізу және жабу тәртібін айқындайды.</w:t>
+      1. Осы Клиенттердің банктік шоттарын ашу, жүргізу және жабу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 28) тармақшасына сәйкес әзірленді және онда Қазақстан Республикасының банктерінде, Қазақстан Республикасының бейрезидент-банктерінің филиалдарында және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) лицензиясы негізінде, сондай-ақ осындай ұйымның қызметін реттейтін Қазақстан Республикасының заңында көрсетілген операцияларды лицензиясыз жүзеге асыру мүмкіндігі көзделген жағдайда, жеке және заңды тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын ұйымдарда (бұдан әрі – банктер) клиенттердің банктік шоттарын ашу, жүргізу және жабу тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қағидаларда Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Азаматтық кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ерекше бөлім) (бұдан әрі – Азаматтық кодекс), Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Салық кодексі) және "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) көзделген ұғымдар, сондай-ақ мынадай ұғым пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      серпінді сәйкестендіру – клиенттік банктік шот ашуға арналған өтінішке қол қою және банктік қызмет көрсету шартына қол қою құқығын біржолғы кодты қолдану арқылы бір мағыналы екендігін растау мақсатымен клиенттің жеке басын анықтау рәсімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
-[...129 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 53</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t>. қараңыз) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1405,51 +1395,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1717,51 +1707,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 23.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2077,51 +2067,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2219,176 +2209,238 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z61" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Клиентке банктік шот ашуды банк "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖТҚҚ туралы заң) </w:t>
+      10. Банк клиентке банктік шотты "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖТҚҚ туралы заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру бойынша шаралар қабылданғаннан кейін, сондай-ақ Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20160 болып тіркелген, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 22 наурыздағы № 18 </w:t>
+        <w:t xml:space="preserve"> сәйкес клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру бойынша шараларды қабылдағаннан кейін, сондай-ақ Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20160 болып тіркелген, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 22 наурыздағы № 18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл жасау мақсатында екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары мен Ұлттық пошта операторы үшін ішкі бақылау қағидаларына қойылатын талаптарды ескере отырып жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> бекітілген Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары мен Ұлттық пошта операторы үшін ішкі бақылау қағидаларына қойылатын талаптарды ескере отырып ашады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Егер клиент пен банк арасындағы банктік қызмет көрсету шартында мұндай талаптар көзделмесе, клиент-жеке тұлға банктік шотты ашқан кезде кәсіпкерлік қызметпен, өзін-өзі жұмыспен қамтығандарға арналған арнаулы салық режимі шеңберіндегі қызметпен, нотариалдық қызметпен, адвокаттық қызметпен, атқару құжаттарын орындау бойынша қызметпен, медиация тәртібімен дауларды реттеу бойынша қызметпен байланысты операциялардың банктік шот бойынша жүргізілмегені туралы мәліметтер көрсетілетін өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Ұлттық Банк Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="31"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z63" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Клиент банкке электрондық түрде ұсынатын өтініште Қағидалардың 21-тармағында көзделген мәліметтерді қоса алғанда, КЖТҚҚ туралы заңға сәйкес клиенттерді (оның өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру үшін қажетті мәліметтер бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z64" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2417,156 +2469,156 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 23.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Қазақстан Республикасының заңдарында белгіленген жағдайларда, сондай-ақ тараптардың келісімі бойынша банктік қызмет көрсету шартын банктің ішкі құжаттарында көзделген қауіпсіздік рәсімдерін қолдана отырып, электрондық цифрлық қолтаңбаны немесе динамикалық сәйкестендіруді пайдалана отырып, сондай-ақ Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20160 болып тіркелген, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 22 наурыздағы № 18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары мен Ұлттық пошта операторы үшін ішкі бақылау қағидаларына қойылатын талаптарды ескере отырып, электрондық түрде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...91 lines deleted...]
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2755,51 +2807,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2915,133 +2967,133 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Клиент-заңды тұлға бір банкте (банктің филиалында, бөлімшесінде) бірнеше банктік шоттарды ашқан жағдайда, банк Қағидалардың 2-тарауына сәйкес банктік шоттарды ашу үшін көзделген құжаттарды (мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекемелер үшін – бюджеттің атқарылуы жөніндегі орталық уәкілетті органның рұқсатын қоспағанда) қайта ұсынуды талап етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...60 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3063,281 +3115,321 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Клиенттің алғашқы банктік шоты ашылған банктің басқа филиалында (бөлімшесінде) құжаттардың толық топтамасының бар екенін, оның ішінде қолда бар құжаттарды электрондық түрде беру жолымен банктің (филиалдың, бөлімшенің) растау тәртібін банк дербес белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z76" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      19. Салық кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігінің 1), </w:t>
+      19. Салық кодексінің 55-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6)</w:t>
+        <w:t>7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8)</w:t>
-[...19 lines deleted...]
-        <w:t>11)</w:t>
+        <w:t>9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13)</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігі 1) тармақшасының үшінші бөлігіне сәйкес бюджетке салықтардың және төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасымен осы органның жүргізуіне жатқызылған, қылмыстық және әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу, ашу және тергеп-тексеру жөніндегі өкілеттіктерді жүзеге асыратын мемлекеттік орган (бұдан әрі - мемлекеттік кірістер органы) өз құзыретінің шегінде ұсынатын салық төлеушілер туралы ақпаратты пайдаланады.</w:t>
+        <w:t>15)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген талаптарды орындау мақсатында банк Салық кодексінің 55-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бюджетке салықтардың және төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның жүргізуіне жатқызылған, қылмыстық және әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу, ашу және тергеп-тексеру жөніндегі өкілеттіктерді жүзеге асыратын мемлекеттік орган (бұдан әрі – мемлекеттік кірістер органы) өз құзыретінің шегінде ұсынатын салық төлеушілер туралы ақпаратты пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 182</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20. Алып тасталды – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3557,242 +3649,302 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z81" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. Клиенттің банктік шотын ашу кезінде банк мемлекеттік кірістер органдарына Салық кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігінің 1) тармақшасында айқындалған тәртіпте, жағдайларда және мерзімде хабарлайды.</w:t>
+      24. Банк клиентке банктік шотты ашу кезінде мемлекеттік кірістер органдарына Салық кодексінің 55-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіпте, жағдайларда және мерзімде хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z82" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      25. Банк банктік шоттарды ашудан бас тартуды Салық кодексінің </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағында көзделген жағдайларда және негіздемелер бойынша, Қағидаларда көзделген құжаттар ұсынылмаған не клиент пен банк арасында мәміле жасалмаған жағдайларда жүзеге асырады.</w:t>
+      25. Банк Салық кодексінің 55-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, КЖТҚҚ туралы заңның 13-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Төлемдер және төлем жүйелері туралы заңның 27-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларда және негіздер бойынша, Қағидаларда көзделген құжаттар ұсынылмаған не клиент пен банк арасында мәміле жасалмаған жағдайларда, банктік шоттарды ашудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 182</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z83" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4130,51 +4282,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       филиалдың немесе өкілдіктің (өзге ұйымдық-құқықтық нысандардағы заңды тұлғалардың филиалдары мен өкілдіктері үшін) басшысына заңды тұлға берген сенімхаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9934 болып тіркелген, Қазақстан Республикасы Қаржы министрінің 2014 жылғы 4 желтоқсандағы № 540 бұйрығымен бекітілген Бюджеттің атқарылуы және оған кассалық қызмет көрсету ережесіне сәйкес бюджетті атқару жөніндегі орталық уәкілетті органның рұқсаты (мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекемелер үшін);</w:t>
+      Қазақстан Республикасы Қаржы министрінің 2025 жылғы 27 маусымдағы № 328 бұйрығымен бекітілген Бюджеттің қазынашылық атқарылуы және оларға кассалық қызмет көрсету рәсімдеріне, қазынашылық есепке алу және мониторинг рәсімдеріне сәйкес бюджетті атқару жөніндегі орталық уәкілетті органның рұқсаты (мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекемелер үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының бейрезидент-заңды тұлғалары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4622,51 +4774,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банк Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z92" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5713,70 +5885,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="62"/>
+    <w:bookmarkStart w:name="z249" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-6. Жеке тұлға өзін-өзі жұмыспен қамтығандарға арналған арнаулы салық режимі шеңберінде қызметін жүзеге асыру үшін ағымдағы шотты ашу кезінде клиент (азамат, қандас) банкке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке басын куәландыратын құжатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>77-тарауына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес арнаулы салық режимін қолдана отырып, өзін-өзі жұмыспен қамтығандарға арналған шотты ашу туралы өтінішті береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 28-6-тармақпентолықтырылды - ҚР Ұлттық Банк Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Өкіл-жеке тұлғаның (бұдан әрі – өкіл) белгілі бір үшінші тұлғаның (клиент-жеке тұлғаның) атына ағымдағы шотты ашуы үшін өкіл банкке мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиенттің жеке басын куәландыратын құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5867,70 +6177,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="63"/>
+    <w:bookmarkStart w:name="z204" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29-1. Жеке немесе заңды тұлға эскроу-шот режимінде ағымдағы шотты ашу үшін жеке немесе заңды тұлғаға ағымдағы шот ашу үшін Қағидаларда көзделген құжаттарды, сондай-ақ ағымдағы шотты ашу құқығына сенім беруші ұсынған нотариат куәландырған сенімхатты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк, эскроу-шот ашатын тұлға және атына эскроу-шот ашылатын тұлға арасындағы үш жақты шарт негізінде эскроу-шот режимінде ағымдағы шот ашуға рұқсат етіледі. Бұл жағдайда осы тармақтың бірінші бөлігінде көзделген сенімхатты ұсыну қажет етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5967,70 +6277,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="64"/>
+    <w:bookmarkStart w:name="z208" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29-2. Клиентке банктік шот қашықтан ашу тәсілімен ашылған кезде Қазақстан Республикасының резиденті-жеке тұлғаға клиенттің жеке басын куәландыратын құжат ұсынбастан ағымдағы шотты ашуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6049,204 +6359,204 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="65"/>
+    <w:bookmarkStart w:name="z104" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Банктік салым шарты бойынша жинақ шоттарын ашу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z105" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z105" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Банктiк салым шарты бойынша жинақ шотын ашқан кезде ақшаны (салымды) салымшының өз атына не белгiлi бiр үшiншi адамның атына салуға болады, олар бұдан былай банктiң клиенттерi болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z106" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z106" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Банктiк салым шарты жасалғаннан кейiн банк салымшының талап етуiмен оған салынған салымды растайтын, банк клиентiнiң атына ресiмделген құжат (салым құжатын) бередi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салым құжаты банкте айқындалған талаптарда берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="68"/>
+    <w:bookmarkStart w:name="z107" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Жинақ шотын ашу үшін салымшы-клиент банкке мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z231" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z231" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының резидент-жеке тұлғалары, Қазақстан Республикасының бейрезидент-жеке тұлғалары және дара кәсіпкерлер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="70"/>
+    <w:bookmarkStart w:name="z232" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жекеше нотариустар, жеке сот орындаушылары, адвокаттар және кәсіби медиаторлар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6259,70 +6569,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тарауының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграфына сәйкес ресімделген қол қою үлгілері бар құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="71"/>
+    <w:bookmarkStart w:name="z233" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының резидент-заңды тұлғалары және олардың филиалдары мен өкілдіктері, қызметін Қазақстан Республикасында филиал және өкілдік арқылы жүзеге асыратын Қазақстан Республикасының бейрезидент-заңды тұлғалары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6391,70 +6701,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоғамдық немесе діни бірлестіктің жарғысында және оның филиалы немесе өкілдігі туралы ережеде (қоғамдық немесе діни бірлестіктердің филиалдары және өкілдіктері үшін) көзделген тәртіппен сайланған (тағайындалған) қоғамдық немесе діни бірлестіктің филиалы немесе өкілдігі басшысының өкілеттіктерін растайтын құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлға филиалдың немесе өкілдіктің (өзге ұйымдық-құқықтық нысандардағы заңды тұлғалардың филиалдары мен өкілдіктері үшін) басшысына берген сенімхаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="72"/>
+    <w:bookmarkStart w:name="z234" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының бейрезидент-заңды тұлғалары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6585,70 +6895,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="73"/>
+    <w:bookmarkStart w:name="z213" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1. Кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге ақша жинақтау мақсатында жинақ шотын ашу үшін салымшы-клиент банкке мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының резидент жеке тұлғасы және Қазақстан Республикасының бейрезидент жеке тұлғасы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6777,90 +7087,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="74"/>
+    <w:bookmarkStart w:name="z112" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Белгілі бір үшінші адамның-клиенттің атына жинақ шотын ашу үшін салымшы банкке мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z235" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z235" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салымшының жеке басын куәландыратын құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6871,70 +7181,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жинақ шотын ашу және (немесе) жинақ шотындағы ақшаға иелік ету құқығына берілген нотариат куәландырған сенімхат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       он алты жасқа жетпеген, кәмелетке толмаған адамдар-клиенттер үшін – туу туралы куәлік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="76"/>
+    <w:bookmarkStart w:name="z236" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заңды тұлға, оның филиалдары мен өкілдігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жинақ шотын ашу және (немесе) жинақ шотындағы ақшаға иелік ету құқығына берілген нотариат куәландырған сенімхат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7027,70 +7337,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="77"/>
+    <w:bookmarkStart w:name="z205" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-1. Жеке немесе заңды тұлға эскроу-шот режимінде жинақ шотын ашуы үшін жеке немесе заңды тұлғаға жинақ шотын ашу үшін Қағидаларда көзделген құжаттарды, сондай-ақ жинақ шотын ашу құқығына сенім беруші ұсынған нотариат куәландырған сенімхатты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк, эскроу-шот ашатын тұлға және атына эскроу-шот ашылатын тұлға арасындағы үш жақты шарт негізінде эскроу-шот режимінде жинақ шотын ашуға рұқсат етіледі. Бұл жағдайда осы тармақтың бірінші бөлігінде көзделген сенімхатты ұсыну қажет етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7127,208 +7437,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="78"/>
+    <w:bookmarkStart w:name="z115" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Құрылтай құжаттарына сәйкес банктік шот ашуға уәкiлеттiгi бар заңды тұлға өкiлінің сенімхат ұсынуы талап етілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес банктік шот ашуға уәкiлеттiгi бар жеке тұлғаның (аты-анасының немесе өзге заңды өкiлдерiнiң) сенiмхат ұсынуы талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="79"/>
+    <w:bookmarkStart w:name="z116" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Жинақтау жүйесі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес білім беру жинақтау салымы туралы шарт негізінде жинақ шотын ашу кезінде клиент банкке мына құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z117" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z117" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке басын куәландыратын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z118" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z118" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ағымдағы шоттың мақсаты бар өтініш.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z209" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z209" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-1. Клиентке банктік шот қашықтан ашу тәсілімен ашылған кезде Қазақстан Республикасының резиденті-жеке тұлғаға клиенттің жеке басын куәландыратын құжат ұсынбастан жинақ шотын ашуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7347,69 +7657,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="83"/>
+    <w:bookmarkStart w:name="z119" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Жеке нотариус депозитке қабылдайтын ақшаны сақтау үшін банктік шот шарты бойынша жеке нотариусқа ағымдағы шоттар ашу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z120" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z120" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Азаматтық кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7444,271 +7754,271 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ақшаны сақтау үшін банктік шот </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шарты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде банк нотариусқа ағымдағы шот (бұдан әрі – нотариустың депозиті) ашады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z121" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z121" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Осы Қағидалардың 36-тармағында көрсетілген банктік шот шартында осы Қағидалардың 6-тармағында көзделген мәліметтерді, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z122" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z122" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) депонент-жеке тұлғаға қолма-қол ақша беру немесе нотариустың депозитінен депонент-жеке тұлғаның не заңды тұлғаның банктік шотына ақша аудару көзделетін нотариустың депозитінен ақша берудің талаптары мен тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z123" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z123" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы тараудың талаптарын сақтау шартымен банктің депонентке нотариустың депозитінен ақша беруі немесе аударуы, сондай-ақ депозитіне ақша енгізілген нотариустың лицензиясының қолданылуы тоқтатыла тұрған немесе тоқтатылған жағдайларда аумақтық әділет органының және нотариаттық палатаның бірлескен шешімімен айқындалған нотариус өкімін орындау көзделетін, нотариустың депозитіндегі ақшаға иелік ету тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z124" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z124" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нотариустың депозитіне ақша енгізілген кезде нотариустың депозиті ашылған банкке борышкердің сыйақы төлеу тәртібі қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z125" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z125" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Нотариустың депозитін ашу үшін нотариус банкке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z126" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z126" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жеке басын куәландыратын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>құжат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z127" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z127" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қағидалардың 3-тарауының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-параграфына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ресімделген қол қою үлгілері бар құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z128" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z128" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) нотариат қызметімен айналысуға құқық беретін лицензияның көшірмесін не электрондық лицензияның "Е-лицензиялау" мемлекеттік дерекқоры арқылы алынған көшірмесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z129" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z129" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тиісті нотариаттық округтің аумақтық нотариаттық палатасының нотариустың аумақтық нотариаттық палатаға мүшелігін растайтын анықтамасын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7727,188 +8037,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="94"/>
+    <w:bookmarkStart w:name="z130" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Нотариустың депозитіне банкке ақша енгізуді борышкер қолма-қол ақшаны енгізу арқылы не қолма-қол ақшасыз тәртіппен, банкке нотариустың депозитке ақша енгізуге келісімі бар, нотариус қол қойған және нотариустың мөрімен куәландырылған банктің атына жазылған құжат (болған кезде) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z131" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z131" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Уақытша жинақ шоттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z132" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z132" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Жаңадан құрылатын заңды тұлға үшін, оның ішінде жаңадан құрылатын саяси партия үшін банк банктік салым </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шарты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (шартты салым) негізінде уақытша жинақ шотын ашады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z133" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z133" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Уақытша жинақ шоттары теңгемен ашылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z134" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z134" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Уақытша жинақ шоты бойынша жаңадан құрылатын заңды тұлғаның жарғылық капиталын қалыптастыруға не саяси партия құруды қаржыландыруға, оның ішінде құрылтай съезін (конференциясын) жүргізуді ұйымдастыруға және оларға банктiк салым шарты бойынша банк көрсететiн қызметке ақы төлеуге байланысты операциялар жасалады, бұл банк салымы шартында көрсетiлуi тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z135" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z135" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Уақытша жинақ шотын ашу үшiн клиент мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уақытша жинақ шотын ашу туралы өтiнiш;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8039,166 +8349,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="100"/>
+    <w:bookmarkStart w:name="z136" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Мемлекеттік тiркеуден өткеннен кейiн банк заңды тұлғаға осы Қағидаларда белгiленген тәртiппен ағымдағы шот ашады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z137" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z137" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Заңды тұлға мемлекеттік тіркеуден өтпеген жағдайда банк уақытша жинақ шотын ашуға және жабуға уәкілеттік берген жеке тұлғаның өтініші бойынша құрылтайшыларға не олардың бастамасы бойынша саяси партия құрылатын жеке тұлғаларға ақшаны қайтарады және уақытша жинақ шотын жабады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z138" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z138" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Банктік шоттар жүргізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z139" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z139" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z140" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z140" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Жеке кәсіпкерлік субъектілеріне жатпайтын заңды тұлғалар, олардың филиалдары немесе өкілдіктері, сондай-ақ жеке сот орындаушылары, жеке нотариустар банкке Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қазақ және орыс тілдерінде жасалған, мөр бедерінің үлгісі қамтылған, қол қою үлгілері бар құжатты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке кәсіпкерлік субъектілеріне жататын заңды тұлғалар, олардың филиалдары немесе өкілдіктері, дара кәсіпкерлер, шаруа (фермерлік) қожалықтары, адвокаттар және кәсіби медиаторлар банкке Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8273,70 +8583,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="105"/>
+    <w:bookmarkStart w:name="z141" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Заңды тұлғалар, олардың филиалдары немесе өкілдіктері ұсынатын қол қою үлгілері бар құжаттарда бірінші қол қою құқығы басшыда және (немесе) ол уәкілеттік берген басқа адамдарда болады. Екінші қол қою құқығы бас бухгалтерге және (немесе) басқа уәкілетті адамдарға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл өкілеттіктер құрылтай құжаттары негізінде не тиісті заңды тұлғалар, филиалдар немесе өкілдіктер басшыларының бұйрықтары не Азаматтық кодекстің 1-бөлімінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8469,70 +8779,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="106"/>
+    <w:bookmarkStart w:name="z142" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Егер заңды тұлғаның, филиалдың немесе өкiлдiктiң штатында екiншi қол қою құқығын беруге болатын адам болмаса, банк құжатты тек бiрiншi қол қою үлгiсiмен қабылдайды, бұл туралы осы құжатқа тиiстi жазба жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8615,90 +8925,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="107"/>
+    <w:bookmarkStart w:name="z145" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Арнайы мақсаттарға ("кадрлар бөлiмi", "пакет үшін" және басқа) арналған мөрлер бедерінің үлгiлерiн қабылдауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z146" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z146" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қол қою үлгілері бар құжаттың "Банктің белгісі" бағанында Қазақстан Республикасының Ұлттық Банкін (бұдан әрі – Ұлттық Банк) қоспағанда, банктің уәкілетті адамы бірінші не бірінші және екінші қол қою құқығы бар адамдардың жеке басын куәландыратын құжаттарының деректерін және банк айқындаған өзге мәліметтерді көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8717,70 +9027,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="109"/>
+    <w:bookmarkStart w:name="z147" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қол қою үлгілері бар құжатқа енгізілген тұлғалар қолдарының түпнұсқалығын банктің уәкілетті адамы заңды тұлғалардың, олардың филиалдарының және өкілдіктерінің, дара кәсіпкерлердің, жекеше нотариустардың, жеке сот орындаушыларының, адвокаттардың, кәсіби медиаторлардың, шаруа (фермерлік) қожалықтарының банкке қол қою үлгілері бар нотариат куәландырған құжатты ұсыну жағдайларын қоспағанда, қол қою үлгілері бар құжатта қол қою үлгілері бар тұлғалардың жеке қатысуы кезінде растайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының бейрезидент-заңды тұлғалары бейрезидент-заңды тұлға өкілдерінің төлем құжаттарына қол қою құқығымен шотқа иелік ету бойынша өкілеттіктерін растайтын құжаттарды ұсынған жағдайда, қойылған қолдардың түпнұсқалығы құжаттарды нотариат куәландырған немесе апостиль қойған (заңдастырған) кезде расталады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8835,110 +9145,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="110"/>
+    <w:bookmarkStart w:name="z148" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Клиент қол қою құқығын басқа тұлғаға (тұлғаларға) уақытша берген жағдайда осы параграфта белгіленген тәртіппен тиісті қол қою үлгілері бар уақытша құжат ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z237" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z237" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54-1. "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен атқарушылық іс жүргізу берілген кезде атқарушылық іс жүргізу өзіне берілген жеке сот орындаушысы ақшаға иелік ету үшін осы параграфта айқындалған тәртіппен тиісті қол қою үлгілері бар құжатты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8957,110 +9267,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="112"/>
+    <w:bookmarkStart w:name="z149" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. Заңды тұлғаның атауы өзгерген, мөрi жоғалған немесе тозған жағдайда клиентке жаңа мөр дайындауға қажеттi мерзiм беруге жол беріледі. Мөрді дайындау кезеңінде банк және клиент төлем құжаттарын клиенттiң мөрiнсiз ресiмдеу тәртібін банктік қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шартына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгiлейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z150" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z150" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Клиент ұсынатын қол қою үлгiлерi бар құжаттардың қажеттi данасының санын банк айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оның бiр данасы банктiң операция жасайтын қызметкерiнде тұрақты түрде, екiншiсі – банк клиентiнiң iс қағаздарында болуы тиiс. Бұл норма клиенттің ісі банкте электрондық түрде қалыптастырылған және электрондық досье жүргізілетін жағдайларға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9097,70 +9407,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="114"/>
+    <w:bookmarkStart w:name="z151" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Қол қою үлгiсiнiң не мөр бедері үлгісінің болмағанда бiреуi өзгерген жағдайда, банкке осы параграфта айқындалған тәртіппен ресімделген, қол қою үлгiлерi бар жаңа құжат ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9179,70 +9489,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="115"/>
+    <w:bookmarkStart w:name="z152" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Әрбір уәкілетті тұлғаға жеке-жеке не бірнеше уәкілетті тұлғаға ресімделген құжаттардан тұратын қол қою үлгілері бар құжатты, клиенттің осындай құжаттарды қол қою үлгілері бар бір құжат ретінде қабылдау туралы жазбаша өтініші банкке ұсынылған жағдайда, ресімдеуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9261,71 +9571,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="116"/>
+    <w:bookmarkStart w:name="z153" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Банктiк шоттар бойынша үзінді көшiрмелердi беруді банктер шартқа сәйкес жүргізеді. Банктің клиентке оның шоттары бойынша үзінді көшiрмелердi беру (жеткiзiп беру) қызметiн электрондық тәсiлмен немесе шартта көзделген болса, арнайы адам арқылы көрсетуіне рұқсат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z154" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z154" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Банк өзіне басқа банк берген клиенттердің банктік шоттарын жүргізген кезде "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Банктер туралы заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9377,153 +9687,173 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>61-12-баптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген жағдайларда банк көрсетілген банктік шоттарға жаңа жеке сәйкестендіру кодтарын береді және Салық кодексінің </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="117"/>
+        <w:t xml:space="preserve"> көзделген жағдайларда банк көрсетілген банктік шоттарға жаңа жеке сәйкестендіру кодтарын береді және Салық кодексінің 55-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіппен салық органдарына хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 23.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 58</w:t>
+        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="118"/>
+    <w:bookmarkStart w:name="z155" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      61. Банктік шоттар бойынша шығыс операцияларын тоқтата тұру немесе банктік шотта тұрған ақшаға тыйым салу Азаматтық кодекстің </w:t>
+      61. Банктік шоттар бойынша шығыс операцияларын тоқтата тұру немесе банктік шоттағы ақшаға тыйым салу Азаматтық кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>740-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы кедендік бақылау туралы" Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9569,101 +9899,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>156-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>118-бабына</w:t>
+        <w:t>86-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Банктер және банк қызметі туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>51-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, КЖТҚҚ туралы заңның </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+        <w:t xml:space="preserve">, КЖТҚҚ туралы заңның 13-бабына, "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9699,157 +10009,177 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Төлемдер және төлем жүйелері туралы заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес уәкілетті мемлекеттік органдардың немесе лауазымды тұлғалардың клиенттің банктік шоты бойынша шығыс операцияларын тоқтату тұру туралы шешімдері және (немесе) өкімдері немесе клиенттің банктік шотында тұрған ақшаға тыйым салу туралы актілері негізінде жүзеге асырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
+        <w:t xml:space="preserve"> сәйкес уәкілетті мемлекеттік органдардың немесе лауазымды тұлғалардың клиенттің банктік шоты бойынша шығыс операцияларын тоқтату тұру туралы шешімдері және (немесе) өкімдері немесе клиенттің банктік шотындағы ақшаға тыйым салу туралы актілері негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 61-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 23.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 58</w:t>
+        <w:t xml:space="preserve">      Ескерту. 61-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="119"/>
+    <w:bookmarkStart w:name="z156" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Банкке клиенттің банктік шот бойынша шығыс операцияларын тоқта тұру туралы уәкілетті мемлекеттік органның немесе лауазымды тұлғаның шешімі және (немесе) өкімі келіп түскен кезде банк банктің және оның клиентінің деректемелері клиенттің банктік шот бойынша шығыс операцияларын тоқта тұру туралы уәкілетті мемлекеттік органның немесе лауазымды тұлғаның шешімінде және (немесе) өкімінде көрсетілген деректемелерге сәйкес келуін тексеруді жүзеге асырады, осыдан кейін клиенттің банктік шот бойынша шығыс операцияларын тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z157" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z157" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Банк уәкілетті мемлекеттік органның немесе лауазымды тұлғаның клиенттің банктік шоты бойынша шығыс операцияларын тоқта тұру туралы шешімін және (немесе) өкімін тиісті уәкілетті мемлекеттік органға немесе лауазымды тұлғаға мына негіздердің біреуі бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z238" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z238" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) банктің және оның клиентінің деректемелері Банктер және банк қызметі туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9924,191 +10254,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда уәкілетті мемлекеттік органның немесе лауазымды тұлғаның клиенттің банктік шоты бойынша шығыс операцияларын тоқтата тұру туралы бұрын қабылданған шешімдерінде және (немесе) өкімдерінде көрсетілген деректемелерге сәйкес келмеген жағдайларды қоспағанда, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларына (бұдан әрі – Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидалары) сәйкес банктің және оның клиентінің деректемелері уәкілетті мемлекеттік органның немесе лауазымды тұлғаның клиенттің банктік шоты бойынша шығыс операцияларын тоқтата тұру туралы шешімінде және (немесе) өкімінде көрсетілген деректемелерге сәйкес келмеген жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z239" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z239" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) егер мемлекеттік кірістер органының клиенттің банктік шоттары бойынша шығыс операцияларын тоқтата тұру туралы өкімі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16533 болып тіркелген "Өкімдердің нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 145 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келмейтін нысанда ресімделсе және ұсынылса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z240" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z240" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) егер уәкілетті органның немесе оның аумақтық органдарының жеке сот орындаушысының өндіріп алушылардың пайдасына өндіріп алынған сомаларды сақтауға арналған ағымдағы шоты бойынша шығыс операцияларын тоқтата тұру туралы өкімі Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21209 болып тіркелген "Лицензиясының қолданысы тоқтатыла тұрған немесе тоқтатылған не лицензиясынан айырылған, сондай-ақ Республикалық палата мүшелігінен шығарылған жеке сот орындаушысының өндіріп алушылардың пайдасына өндіріп алынған сомаларды сақтауға арналған ағымдағы шоты бойынша шығыс операцияларын тоқтата тұру туралы қағидаларын және өкімнің нысанын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2020 жылғы 14 қыркүйектегі № 354 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келмейтін нысанда ресімделсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z241" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z241" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) егер уәкілетті мемлекеттік органның немесе лауазымды тұлғаның шығыс операцияларын тоқтата тұру туралы шешімі және (немесе) өкімі Төлемдер және төлем жүйелері туралы заңның 27-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес шығыс операцияларын тоқтата тұруға жол берілмейтін клиенттің банктік шотына ұсынылған жағдайда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z242" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z242" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) егер уәкілетті мемлекеттік органның немесе лауазымды тұлғаның клиенттің банктік шоты бойынша шығыс операцияларын тоқтата тұру туралы шешімі және (немесе) өкімі өндіріп алушылардың пайдасына өндіріп алынған сомаларды сақтауға арналған жеке сот орындаушысының ағымдағы шотына ұсынылған жағдайда, орындаусыз операциялық үш күннің ішінде кері қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қағидалардың 63-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10205,70 +10535,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="126"/>
+    <w:bookmarkStart w:name="z248" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63-1. Банктер Төлемдер және төлем жүйелері туралы заңның 25-1-бабында көзделген тәртіппен банктік шот бойынша нұсқауларды және (немесе) шығыс операцияларын орындаудан бас тартуды немесе тоқтата тұруды, алаяқтық белгілері бар төлем транзакциясы анықталған кезде банктік шоттағы ақша сомаларын бұғаттауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10287,426 +10617,426 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="127"/>
+    <w:bookmarkStart w:name="z161" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Нотариустың депозитін жүргізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z162" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z162" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Нотариустың депозитінен ақша беру Қағидаларда және (немесе) банктік шот шартында көзделген тәртіппен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z163" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z163" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғаға – қолма-қол ақшамен не депоненттің банктік шотына ақша аудару арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z164" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z164" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заңды тұлғаға – ақшаны депозита нотариустың депозитінен депоненттің банктік шотына аудару арқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z165" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z165" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Банк нотариустың депозитінен депонентке қолма-қол ақша беруді нотариустың өтініші негізінде жүзеге асырады, өтініште депонент-жеке тұлғаның тегі, аты, әкесінің аты (ол бар болса), депонетке төлеуге жататын ақша сомасы, нотариустың депозитінің жеке сәйкестендіру коды жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z166" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z166" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Нотариустың депозитінен ақша аударуды банк депонентке нотариустың депонент-жеке тұлғаның тегі, аты, әкесінің аты (ол бар болса) немесе депонент-заңды тұлғаның атауы бар өтініші және банкке Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларда айқындалған тәртіппен ұсынылған оның нұсқауы негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z167" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z167" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Нотариустың депозитінен ақша беру не аудару үшін депонент банкке нотариустың өтініш және мынадай құжаттар ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z168" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z168" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) борышкердің нотариус депозитіне ақша енгізуін растайтын құжаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z169" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z169" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нотариус депозитінен қолма-қол ақша берген кезде – осы депозитті ашқан нотариус нотариалды куәландыратын қолдың түпнұсқалылығы, депонент-жеке тұлғаның жеке басын куәландыратын құжаттың деректемелерін нотариустың депозитінен ақша алуға депоненттің құқығын растайтын құжаттың атауын және депонент-жеке тұлғаның жеке басын куәландыратын құжатты көрсете отырып ақша беру туралы депоненттің өтініші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z170" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z170" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нотариустың депозитінен ақша аударған кезде –депонент-жеке тұлға үшін жеке басын куәландыратын құжаттың көшірмесі не депонент-заңды тұлға үшін мемлекеттік тіркеуден (қайта тіркеуден) өту фактісін растайтын құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z171" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z171" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Нотариустың атына депозиттің талаптарымен енгізген тұлғаға ақшаны қайтаруды банк соттың заңды күшіне енген шешімі не борышкер-жеке тұлғаның тегі, аты, әкесінің аты (бар болса), туған күні немесе борышкер-заңды тұлғаның атауы жазылған өтініш мыналар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z172" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z172" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нотариустің депозитіне борышкердің жарна салғаны туралы түбіртектің көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z173" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z173" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пайдасына ақша (депонент) енгізілген тұлғаның келісім туралы, олардың депозитке (борышкерге) енгізген тұлғаға ақшаны қайтаруға өтініш, нотариус нотариалды куәландыратын қолдың түпнұсқалылығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z174" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z174" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) борышкерге ақша қайтару туралы оның өтініші, нотариус нотариалды куәландыратын қолдың түпнұсқалылығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z175" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z175" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Нотариустың лицензиясының қолданылуы тоқтатыла тұрған немесе тоқтатылған жағдайларда, нотариустың депозитіне орналастырылған ақша аумақтық әділет органы мен нотариаттық палатаның бірлескен шешімі негізінде аумақтық әділет органы мен нотариаттық палатаның бірлескен шешімінде айқындалған басқа нотариустың депозитіне аударылады, нотариустың депозитін банк жабады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z176" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z176" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Кредиторлар алдында борышкердің берешегін белгілейтін құжаттар, сондай-ақ борышкердің нотариустың депозитіне ақша енгізуін растайтын құжаттар аумақтық әділет органы мен нотариаттық палатаның бірлескен шешімінде айқындалған нотариусқа беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z177" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z177" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Аумақтық әділет органының және нотариаттық палатаның бірлескен шешімімен белгіленген нотариус ақшаны аудару үшін банкке төлем тапсырмасын ұсынады және аумақтық әділет органының және нотариаттық палатаның бірлескен шешімін қоса беріп отыр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z178" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z178" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Банктік шоттарды жабу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z179" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z179" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Банктік шотты жабуды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) егер банктік қызмет көрсету шартында және (немесе) Төлемдер және төлем жүйелері туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10861,90 +11191,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="146"/>
+    <w:bookmarkStart w:name="z182" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Банктік шот жабылған кезде клиенттің банктік шотында қалған ақша клиентке беріледі не оның нұсқауы бойынша банктік қызмет көрсету шартына сәйкес басқа банктік шотқа аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z183" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z183" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Клиенттің банктік шотын жабу кезінде банк жеке сәйкестендіру кодын жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Төлемдер және төлем жүйелері туралы заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11021,110 +11351,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="148"/>
+    <w:bookmarkStart w:name="z184" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Клиенттің іс қағазында банктік шотты жабуға негіздеме көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z185" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z185" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Банктік шотты мына болған жағдайда жабуға жол берілмейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z186" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z186" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бантік шоттың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды-тұлға клиенттің таратылуына немесе қайта ұйымдастырылуына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11171,268 +11501,288 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың банктік шоттарын ашуға және жүргізуге арналған лицензиядан айырылған жағдайда, клиенттің банктік шоты ашылған банктің қайта ұйымдастырылуына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банктер және банк қызметі туралы заңда көзделген тәртіппен банктің ислам банкіне конвертация нысанында ерікті қайта ұйымдастырылуына байланысты жабылған жағдайларды қоспағанда, банктік шот бойынша шығыс операцияларын тоқтата тұруға құқығы бар уәкілетті мемлекеттік органдардың банктік шотына қойылған орындалмаған талаптары, оның ішінде уәкілетті мемлекеттік органдардың немесе лауазымды тұлғалардың клиенттің банктік шоты бойынша шығыс операцияларын тоқтата тұру туралы шешімдері және (немесе) өкімдері, сондай-ақ мыналарға байланысты банктік шот жабылған жағдайды қоспағанда клиенттің банктік шотындағы ақшаға тыйым салуға құқығы бар актілер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="151"/>
+    <w:bookmarkStart w:name="z187" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банктік шоттың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды-тұлға клиенттің таратылуына немесе қайта ұйымдастырылуына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КЖТҚҚ туралы заңға және (немесе) Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес банктік шот жабылған жағдайда қоспағанда, Қазақстан Республикасының валюта заңнамасына сәйкес клиент банкке ұсынған экспортты (импортты) көздейтін валюта шарты бойынша орындалмаған талаптар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="152"/>
+    <w:bookmarkStart w:name="z188" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      77. Клиенттің банктік шотын жабу кезінде банк Салық кодексінің </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="152"/>
+      77. Клиенттің банктік шотын жабу кезінде банк Салық кодексінің 55-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіппен, жағдайларда және мерзімде мемлекеттік кірістер органдарына хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 77-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Ескерту. 77-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="153"/>
+    <w:bookmarkStart w:name="z189" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. Банк уақытша жинақ шотты осы тарауында белгіленген тәртiппен жабады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z190" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z190" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекеменің банктік шотын жабу бюджеттің орындалуы жөніндегі орталық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уәкілетті орган</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы мемлекеттік мекемеге банктік шотын ашу үшін берілген рұқсатты қайтарып алған не осындай рұқсатты қолдану мерзімі аяқталған жағдайда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18965,791 +19315,791 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 207 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="155"/>
+    <w:bookmarkStart w:name="z14" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған деп саналған Қазақстан Республикасы Ұлттық Банкі Басқармасының</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кейбір қаулыларының, сондай-ақ Қазақстан Республикасы Ұлттық Банкі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Басқармасының кейбір қаулыларының құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z15" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z15" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу ережесін бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2000 жылғы 2 маусымдағы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       № 266 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1199 тіркелген, Қазақстан Республикасының орталық атқарушы және өзге де мемлекеттік органдардың нормативтік құқықтық актілер бюллетенінде 2001 жылы № 40-41 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="157"/>
+    <w:bookmarkStart w:name="z16" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының Ұлттық Банкі Басқармасының 2000 жылғы 2 маусымдағы № 266 қаулысымен бекітілген Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу тәртібі туралы нұсқаулыққа өзгерістерді бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2001 жылғы 8 қазандағы № 382 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1675 тіркелген, Қазақстан Республикасының орталық атқарушы және өзге де мемлекеттік органдардың нормативтік құқықтық актілер бюллетенінде 2001 жылы № 40-41 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z17" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z17" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының Әділет министрлігінде № 1199 тіркелген Қазақстан Республикасының Ұлттық Банкi Басқармасының "Қазақстан Республикасының банктерiнде клиенттердiң банктiк есеп шоттарын ашу, жүргiзу және жабу тәртібі туралы нұсқаулықты бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкi Басқармасының 2003 жылғы 21 наурыздағы № 90 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2244 тіркелген, 2003 жылғы 6 маусымда "Егемен Қазақстан" газетінің № 137-138 (23348) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z18" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z18" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Банктiк депозиттiк сертификаттарды бағалы қағаздар деп тану және Қазақстан Республикасының Әділет министрлігінде № 1199 тіркелген Қазақстан Республикасының Ұлттық Банкi Басқармасының "Қазақстан Республикасының банктерiнде клиенттердiң банктiк шоттарын ашу, жүргiзу және жабу тәртібі туралы нұсқаулықты бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерiс енгізу туралы Қазақстан Республикасы Ұлттық Банкі Басқармасының 2003 жылғы 21 сәуірдегі № 140 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2343 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z19" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z19" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу тәртібі туралы нұсқаулықты бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2006 жылғы 24 қаңтардағы № 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4094 тіркелген, 2006 жылғы 10 наурызда "Заң газеті" газетінің № 42-43 (849) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z20" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z20" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу тәртібі туралы ережені бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерістер және толықтыру енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2007 жылғы 18 қаңтардағы № 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4534 тіркелген, 2007 жылғы 16 ақпанда "Заң газеті" газетінің № 25 (1054) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z21" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z21" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Ұлттық Банкінің сәйкестендіру нөмірлерінің мәселелері жөніндегі кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2007 жылғы 20 шілдедегі № 76 Қаулысына қосымша болып табылатын өзгерістер енгізілетін Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4880 тіркелген, 2007 жылғы 5 қыркүйекте "Заң газеті" газетінің № 135 (1164) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z22" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z22" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу тәртібі туралы ережені бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2007 жылғы 24 қазандағы № 123 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5128 тіркелген, "Заң газеті" газетінің 2008 жылғы 19 ақпандағы № 25 (1251) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z23" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z23" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу ережесін бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына толықтырулар мен өзгерістер енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2008 жылғы 23 маусымдағы № 49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5272 тіркелген, 2008 жылғы 26 тамызда "Заң газеті" газетінің № 129 (1355) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z24" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z24" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу ережесін бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі 2009 жылғы 9 шілдедегі № 60 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5754 тіркелген, 2009 жылғы 4 қыркүйекте "Заң газеті" газетінінің № 134 (1557) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z25" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z25" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2009 жылғы 24 тамыздағы № 85 Қаулысының қосымшасы болып табылатын өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы Ұлттық Банкінің Басқармасы қаулылары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5806 тіркелген, 2009 жылғы 30 қазанда "Заң газеті" газетінің № 165 (1589) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z26" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z26" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына банк клиентінің банк шоты нөмірінің және банктік сәйкестендіру кодының жаңа құрылымына көшу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2009 жылғы 25 қыркүйектегі № 91 Қаулысына қосымша болып табылатын өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы Ұлттық Банкінің Басқармасы қаулыларының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5852 тіркелген, 2009 жылғы 4 желтоқсанда "Заң газеті" газетінің № 186 (1609) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z27" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z27" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Ұлттық Банкінің сәйкестендіру нөмірлерінің мәселелері жөніндегі кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі басқармасының 2010 жылғы 20 тамыздағы № 76 Қаулысына қосымша болып табылатын өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6534 тіркелген, 2010 жылғы 21 қазанда "Егемен Қазақстан" газетінің № 435 (26278) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z28" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z28" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына ақша төлемдері мен аударымдарын жүзеге асыру және банк шоттарын ашу және жүргізу мәселелері бойынша толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 25 наурыздағы № 24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6946 тіркелген, 2011 жылғы 28 мамырда "Егемен Қазақстан" газетінің № 224-225 (26623) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z29" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z29" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сәйкестендіру нөмірлерінің мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 1 шілдедегі № 65 Қаулысына 1-қосымша болып табылатын өзгерістер енгізілетін Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7122 тіркелген, 2011 жылғы 15 қыркүйекте "Заң газеті" газетінің № 133 (1949) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z30" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z30" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік есепшоттарын ашу, жүргізу және жабу ережесін бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 30 қыркүйектегі № 132 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7333 тіркелген, 2012 жылғы 14 сәуірде "Егемен Қазақстан" газетінің № 152-156 (27229) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z31" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z31" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сәйкестендіру нөмірлері мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2012 жылғы 26 наурыздағы № 108 Қаулысына 1-қосымша болып табылатын нормативтік сәйкестендіру нөмірлері мәселесі бойынша Қазақстан Республикасы Ұлттық Банкінің кейбір құқықтық актілерге енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7625 тіркелген, 2012 жылғы 23 тамызда "Егемен Қазақстан" газетінің № 540-545 (27618) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z32" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z32" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне банк шоттарын ашу, жүргізу және жабу, ақша төлемі мен аударымын жүзеге асыру мәселелері бойынша өзгерістер мен толықтырулар енгізу, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілерінің күші жойылды деп тану туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 266 Қаулысына 1-қосымша болып табылатын банктік шоттар ашу, жүргізу және жабу, төлемдер мен ақша аударымдарын жүзеге асыру мәселелері бойынша өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19764,231 +20114,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7992 тіркелген, 2012 жылғы 6 желтоқсанда "Егемен Қазақстан" газетінің № 802-806 (27877) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z33" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z33" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 26 сәуірдегі № 110 Қаулысымен бекітілген өзгерістер енгізілетін Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8505 тіркелген, 2013 жылғы 6 тамызда "Заң газеті" газетінің № 115 (2316) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z34" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z34" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Кейбір нормативтік құқықтық актілерге ақша төлемі мен аударымын жүзеге асыру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банк Басқармасының 2013 жылғы 26 сәуірдегі № 117 Қаулысына қосымша болып табылатын төлемдер мен ақша аударымдарын жүзеге асыру мәселелері бойынша өзгерістер мен толықтырулар енгізілетін нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8513 тіркелген, 2013 жылғы 23 шілдеде "Заң газеті" газетінің № 107 (2308) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z35" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z35" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының банктерінде клиенттердің банктік шоттарын ашу, жүргізу және жабу ережесін бекіту туралы" 2000 жылғы 2 маусымдағы № 266 қаулысына өзгерістер мен толықтыру енгізу туралы Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 23 сәуірдегі № 62 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9600 тіркелген, 2014 жылғы 12 тамызда "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z36" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z36" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 16 шілдедегі № 150 Қаулысымен бекітілген Қазақстан Республикасының қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша, өзгерістер енгізілетін нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9715 тіркелген, 2014 жылғы 3 қазанда "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z37" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z37" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2014 жылғы 27 тамыздағы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       № 168 Қаулысымен өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20001,264 +20351,264 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 9796 тіркелген, 2014 жылғы 12 қарашада "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="179"/>
+    <w:bookmarkStart w:name="z38" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне төлемдерді және ақша аударымдарын жүзеге асыру, банк шоттарын ашу, жүргізу және жабу тәртібі мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 22 қазандағы № 200 Қаулысына 1-қосымша болып табылатын өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9943 тіркелген, 2014 жылғы 30 желтоқсанда "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z39" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z39" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 25 ақпандағы № 28 Қаулысына қосымша болып табылатын Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша Қазақстан Республикасының өзгерістер енгізілетін нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10715 тіркелген, 2015 жылғы 6 мамырда "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z40" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z40" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне төлемдер мен ақша аударымдары және банк шоттарын жүргізу мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 8 мамырдағы № 72 Қаулысына қосымша болып табылатын төлемдер мен ақша аударымдары және банк шоттарын жүргізу мәселелері бойынша өзгерістер енгізілетін Қазақстан Республикасы нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11163 тіркелген, 2015 жылғы 2 маусымда "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z41" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z41" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне төлемдер мен ақша аударымдары және банк шоттарын жүргізу мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 28 қаңтардағы № 32 Қаулысына қосымша болып табылатын төлемдер мен ақша аударымдары және банк шоттарын жүргізу мәселелері бойынша өзгерістер енгізілетін Қазақстан Республикасы нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13304 тіркелген, 2016 жылғы 14 наурызда "Әділет" Қазақстан Республикасының нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>