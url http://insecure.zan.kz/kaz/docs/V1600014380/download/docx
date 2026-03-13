--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd6a971" w14:textId="dd6a971">
+    <w:p w14:paraId="346183d" w14:textId="346183d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,114 +113,186 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитетінің төрағасының 2016 жылғы 28 қыркүйектегі № 219 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылғы 28 қазанда № 14380 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы ереженің 17-тармағы 258) тармақшасына сәйкес, </w:t>
+      "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34) тармақшасына және Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Неке (ерлі-зайыптылық) және некені (ерлі-зайыптылықты) бұзу көрсеткіштерін есептеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -389,50 +461,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -443,68 +516,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы Ұлттық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -513,68 +579,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 экономика министрлігі Статистика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -804,114 +863,300 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Неке (ерлі-зайыптылық) және некені (ерлі-зайыптылықты) бұзу көрсеткіштерін есептеу әдістемесі (бұдан әрі – Әдістеме) "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы  </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) бекітілген статистикалық әдіснамаға жатады.</w:t>
+      1. Неке (ерлі-зайыптылық) және некені (ерлі-зайыптылықты) бұзу көрсеткіштерін есептеу әдістемесі (бұдан әрі – Әдістеме) халықаралық стандарттарға сәйкес қалыптастырылатын және "Мемлекеттік статистика туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Әдістеме қолданыстағы жалпы статистикалық байқаулар шегінде қалыптастырылған ресми статистикалық деректерді пайдалану негізінде неке (ерлі-зайыптылық) және некені (ерлі-зайыптылықты) бұзу (бұдан әрі – некелесу мен ажырасу) көрсеткіштерін есептеу әдістерін айқындайды.</w:t>
+      2. Осы Әдістеме әкімшілік деректерді пайдалана отырып, неке (ерлі-зайыптылық) және некені (ерлі-зайыптылықты) бұзу (бұдан әрі – некелесу мен ажырасу) көрсеткіштерін есептеу әдістерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Әдістеме Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті (бұдан әрі – Комитет) және  аумақтық статистика органдары қызметкерлерінің статистикалық қызметте пайдалануына арналған.</w:t>
+      3. Осы Әдістеме Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы (бұдан әрі – Бюро) қызметкерлерінің және оның аумақтық бөлімшелерінің статистикалық қызметті жүзеге асыруы кезінде пайдалануына арналған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Некелесу мен ажырасу маңызды демографиялық үдерістер болып табылады және отбасының қалыптастырылуы мен ыдырауын анықтайды, айтарлықтай дәрежеде тууға ықпал етеді. Некелесу мен ажырасудың есептік көрсеткіштері елдің әлеуметтік-демографиялық дамуын талдау кезінде кеңінен қолданылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1182,94 +1427,198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Некелесу мен ажырасу деректерінің негізгі көздері он жылда бір рет жүргізілетін халық санағы болып табылады. Халық санағының қорытындысы бойынша он бес және одан жоғары жастағы ерлер мен әйелдердің жасы мен білім деңгейін үйлестіре отырып, неке жағдайы бойынша нақты деректер, сондай-ақ отбасылардың саны мен ауқымы жөніндегі деректерді алуға мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Комитеттің аумақтық органдарына әкімшілік көздерінен келіп түсетін азаматтық хал актілері жазбалары санақаралық жылдардағы ақпарат көздері болып табылады.</w:t>
+      7. Некелер мен ажырасулар туралы ақпарат көздері: азаматтық хал актілерін тіркеу органдарының актілік жазбалары және сотпен азаматтық хал актілерін тіркеу органдарына ұсынылатын неке бұзуды тіркеу туралы заңды күшіне енген сот шешімі жөніндегі мәліметтер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> деректемелері қолданылады.</w:t>
+        <w:t>
+      8. Неке қию туралы актілерде қамтылған мәліметтердің ішінен статистикалық өңдеуде тіркеу күні мен орны, некеге тұрған әрбір адамның туған күні, жасы, азаматтығы, бұрынғы некелік жағдайы, ұлты, білім деңгейі, тұрақты тұратын жері пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Некені бұзу (ерлі-зайыптылықты) туралы акті жазбаларындағы мәліметтерден статистикалық өңдеуде ерлі-зайыптылардың әрқайсысына некені бұзу туралы акті жазбасының тіркелген уақыты мен жері, бұзылып отырған некенің құрылған күні, ерлі-зайыптылардың әрқайсысының туған күні, жасы, азаматтығы, тұрғылықты мекен-жайы, ұлты, білім деңгейі, тұрған некесінің саны, он сегіз жасқа дейінгі ортақ балаларының саны және неке бұзуға (ерлі-зайыптылықты) негіз болған құжат қолданылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1280,54 +1629,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Некелесудің негізгі көрсеткіштерін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Ағымдағы есеп бойынша Комитет некелер санын, некелесудің жалпы коэффициентін, жасы, неке жағдайы бойынша некелер санын, бірінші некеге тұрғандардың орта жасын, этносаралық некелерді қалыптастырады. Халық санағының қорытындысы бойынша неке жағдайы бойынша халық саны қалыптастырылады.</w:t>
+      10. Бюро ағымдағы статистика бойынша неке саны, некелесудің жалпы коэффициентін, жасы, неке жағдайы бойынша некелер санын, бірінші некеге тұрғандардың орта жасын, этносаралық некелерді қалыптастырады. Халық санағының қорытындысы бойынша неке жағдайы бойынша халық саны қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Некелесудің жалпы коэффициенті келесі формуламен есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2285,61 +2696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">х </w:t>
-[...9 lines deleted...]
-        <w:t>– әр некеге тұрған күйеулер мен қалыңдықтардың орташа жасы;</w:t>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – әр некеге тұрған күйеулер мен қалыңдықтардың орташа жасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2428,54 +2839,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Ажырасудың негізгі көрсеткіштерін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Комитет ағымдағы статистикалық есеп бойынша бұрынғы жұбайлардың жасына қарай ажырасулар, этносаралық ажырасулар, бұрынғы жұбайлардың 18 жасқа дейінгі ортақ балаларының санына қарай ажырасулар, бірінші некені бұзған жұбайлардың орташа жасы, некенің ұзақтығына қарай ажырасулар саны бойынша мәліметтерді қалыптастырады.</w:t>
+      18. Бюро ағымдағы статистика бойынша бұрынғы ерлі-зайыптылардың жасына қарай ажырасулар, этносаралық ажырасулар, алғаш рет некеге тұрған ерлер мен әйелдердің ажырасу кезіндегі орташа жасы, сондай-ақ некенің ұзақтығы бойынша ажырасулар жөнінде деректерді қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ажырасудың жалпы коэффициенті келесі формуламен есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4235,55 +4708,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>