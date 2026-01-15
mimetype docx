--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9d9fe5" w14:textId="d9d9fe5">
+    <w:p w14:paraId="fdfd375" w14:textId="fdfd375">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -178,121 +178,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...69 lines deleted...]
-        <w:t>1) тармақшасына</w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -306,71 +246,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 116</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1118,131 +1058,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Төлем ұйымдарының қызметін ұйымдастыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және төлем ұйымдарының қызметін ұйымдастыру тәртібін айқындайды.</w:t>
+      1. Осы Төлем ұйымдарының қызметін ұйымдастыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда төлем ұйымдарының қызметін ұйымдастыру тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымдарының қызметін ұйымдастыру тәртібінде Қазақстан Республикасының Ұлттық Банкінде (бұдан әрі – Ұлттық Банк) төлем ұйымдарының есептік тіркелуі, Ұлттық Банктің төлем ұйымдарының тізілімін (бұдан әрі – тізілім) жүргізуі, төлем ұйымдарының төлем қызметтерін көрсетуі, төлем ұйымдарының филиалдарды ашу туралы хабарлауы, төлем ұйымдарының бағдарламалық-техникалық құралдары мен ақпараттық қауіпсіздікті басқару жүйесіне қойылатын талаптар қамтылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1265,84 +1145,124 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Қағидаларда Төлемдер және төлем жүйелері туралы заңда көзделген ұғымдар және мына ұғымдар пайдаланылады.</w:t>
+        <w:t xml:space="preserve">
+      2. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпараттық жүйелердегі бұзушылықтарды, іркілістерді қоса алғанда, ақпараттық қауіпсіздіктің оқыс оқиғасы (бұдан әрі – ақпараттық қауіпсіздіктің оқыс оқиғасы) – ақпараттық-коммуникациялық инфрақұрылымның немесе оның жекелеген объектілерінің жұмысында олардың тиісінше жұмыс істеуіне қауіп төндіретін және (немесе) төлем ұйымының электрондық ақпараттық ресурстарын заңсыз алу, көшіріп алу, тарату, түрлендіру, жою немесе бұғаттау үшін жағдай жасайтын, жеке түрде немесе сериялы түрде туындайтын іркілістер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1531,51 +1451,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.06.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2386,234 +2326,276 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Ұлттық Банк төлем ұйымының өтінішін қарайды және Төлемдер және төлем жүйелері туралы заңның 16-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген құжаттардың толық топтамасын ұсынған күннен бастап он жұмыс күні ішінде ол бойынша шешім қабылдайды.</w:t>
+        <w:t xml:space="preserve"> көзделген құжаттардың толық топтамасын ұсынған күннен бастап он бес жұмыс күні ішінде ол бойынша шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 35</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 119</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. Төлем ұйымының өтініші алғаш рет түскен кезде Ұлттық Банк төлем ұйымы басшыларының, құрылтайшылары мен бенефициарлық меншік иелерінің олардың әрекеттері қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықпал еткен үшінші тұлғалармен қарым-қатынасының бар-жоғы (үшінші тұлғалардың бақылауы мен ықпалы) туралы сұратуды қаржылық мониторингті жүзеге асыратын уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алынған ақпараттың нәтижесі бойынша Ұлттық Банк төлем ұйымын есептік тіркеуге қоюға арналған құжаттарды қарауды жалғастыру не төлем ұйымын есептік тіркеуден бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 10-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="18"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Ұлттық Банк өтінішті қараудың қорытындылары бойынша төлем ұйымын есептік тіркеу не төлем ұйымын есептік тіркеуден бас тарту жөнінде шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Төлемдер және төлем жүйелері туралы заңның 16-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарға өзгерістер және (немесе) толықтырулар енгізген жағдайда, төлем ұйымы осындай өзгерістер және (немесе) толықтырулар енгізілген күннен бастап күнтізбелік он күн ішінде өзгертілген және (немесе) толықтырылған құжаттарды Ұлттық Банкке ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2632,90 +2614,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="20"/>
+    <w:bookmarkStart w:name="z90" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12-1. Ұлттық Банкте есептік тіркеуден өткен төлем ұйымы көрсетілетін төлем қызметтерінің тізбесіне қосымша төлем қызметтерін қосу қажет болған жағдайда, осындай өзгерістер және (немесе) толықтырулар енгізілген күннен бастап күнтізбелік он күн ішінде көрсету жоспарланып отырған төлем қызметтері ескеріле отырып енгізілген өзгерістері және (немесе) толықтырулары бар Төлемдер және төлем жүйелері туралы заңның 16-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-1), 3) және 7) тармақшаларында көзделген құжаттарды Ұлттық Банкке ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2808,206 +2790,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Ұлттық Банк Төлемдер және төлем жүйелері туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлем ұйымын (төлем ұйымдарын) ерікті түрде қайта ұйымдастыру нәтижесінде құрылған төлем ұйымын есептік тіркеуді осы тарауда көзделген тәртіпте жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z39" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ұлттық Банк ерікті түрде қайта ұйымдастыру нәтижесінде құрылған төлем ұйымын (төлем ұйымдарын) тізілімге енгізу күні қайта ұйымдастырылған төлем ұйымын (төлем ұйымдарын) тізілімнен алып тастайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z92" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z92" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-1-тарау. Қазақстан Республикасының Ұлттық Банкінде есептік тіркеуден өткен төлем ұйымдарының тізіліміне енгізу" мемлекеттік көрсетілетін қызметін (бұдан әрі - есептік тіркеу бойынша мемлекеттік көрсетілетін қызмет) көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-1-тараумен толықтырылды – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="24"/>
+    <w:bookmarkStart w:name="z93" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-1. Мемлекеттік қызмет көрсету процесінің сипаты, нысаны, мазмұны және нәтижелері қамтылған есептік тіркеу бойынша мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі, сондай-ақ есептік тіркеу бойынша мемлекеттік көрсетілетін қызмет ерекшеліктері есепке алынған өзге де мәліметтер Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3026,184 +3008,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="25"/>
+    <w:bookmarkStart w:name="z94" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-2. Ұлттық Банктің хат-хабарды қабылдауға және тіркеуге уәкілетті қызметкері өтініш түскен күні оны қабылдайды, тіркейді және есептік тіркеу бойынша мемлекеттік қызмет көрсетуге жауапты бөлімшеге (бұдан әрі - жауапты бөлімше) орындауға жібереді. Өтініш жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері келіп түскен жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтініштерді қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымы өтінішті "электрондық үкімет" веб-порталы арқылы жіберген кезде жеке кабинетте нәтиже алған күні мен уақыты көрсетілген мемлекеттік қызметті көрсетуге сұрату қабылданғаны туралы мәртебесі автоматты түрде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банк "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден төлем ұйымы басшысының жеке басын куәландыратын құжат туралы және заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="26"/>
+    <w:bookmarkStart w:name="z95" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-3. Жауапты бөлімшенің қызметкері өтініш тіркелген күннен бастап бес жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық болмау фактісі белгіленген жағдайда, жауапты бөлімше өтініш тіркелген күннен бастап бес жұмыс күні ішінде өтінішті одан әрі қараудан жазбаша дәлелді бас тартуды дайындайды және жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="27"/>
+    <w:bookmarkStart w:name="z96" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-4. Ұсынылған құжаттардың толық болу фактісі анықталған жағдайда, жауапты бөлімше өтініш тіркелген күннен бастап сегіз жұмыс күні ішінде құжаттарды Қазақстан Республикасы заңнамасының талаптарына сәйкестігі тұрғысынан қарайды, Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлем ұйымының төлем қызметтерін көрсетуге рұқсат (құқық) беру үшін есептік тіркеуден өтуі туралы хабарламаның (бұдан әрі – хабарлама) жобасын не дәлелді бас тартудың жобасын дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банк жауапты бөлімшенің басшысы арқылы екі жұмыс күні ішінде хабарламаны не дәлелді бас тартуды келіседі және қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3350,166 +3332,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="28"/>
+    <w:bookmarkStart w:name="z97" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-5. Есептік тіркеу бойынша мемлекеттік қызмет көрсету кезеңі туралы ақпарат мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесінде автоматты түрде жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тізілімді жүргізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Тізілімде Ұлттық Банкте есептік тіркеуден өткен төлем ұйымдары туралы мәліметтер қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімді Ұлттық Банк оны төлем қызметі нарығын бақылау мақсатында жүргізеді және Ұлттық Банктің ресми интернет-ресурсында жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Ұлттық Банк төлем ұйымын есептік тіркеу туралы шешім қабылдаған кезде Төлемдер және төлем жүйелері туралы заңның 16-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген құжаттардың толық топтамасын ұсынған күннен бастап он жұмыс күні ішінде:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+        <w:t xml:space="preserve"> көзделген құжаттардың толық топтамасын ұсынған күннен бастап он бес жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) төлем ұйымына тіркеу нөмірін береді және тізілімде Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3587,445 +3569,465 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 21.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Ұлттық Банк төлем ұйымын есептік тіркеуден бас тарту туралы шешім қабылдаған кезде Төлемдер және төлем жүйелері туралы заңның 16-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген құжаттардың толық топтамасын ұсынған күннен бастап он жұмыс күні ішінде бас тарту себептерін көрсете отырып, төлем ұйымына есептік тіркеуден дәлелді бас тартуды жібереді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+        <w:t xml:space="preserve"> көзделген құжаттардың толық топтамасын ұсынған күннен бастап он бес жұмыс күні ішінде бас тарту себептерін көрсете отырып, төлем ұйымына есептік тіркеуден дәлелді бас тартуды жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 119</w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ұлттық Банк Ұлттық Банкте есептік тіркеуден өткен әр төлем ұйымы бойынша қағаз тасымалдағышта немесе электрондық түрде досье жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Ұлттық Банк Төлемдер және төлем жүйелері туралы заңның </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында көзделген негіздер бойынша төлем ұйымын тізілімнен алып тастайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Төлем ұйымы соттың төлем ұйымының қызметін тоқтату туралы шешімі заңды күшіне енген не төлем ұйымының қызметін қайта ұйымдастыру (қосу, біріктіру, бөлу, бөліп шығару, қайта құру) немесе тарату арқылы ерікті тоқтату туралы шешім қабылданған күннен бастап үш жұмыс күні ішінде Ұлттық Банкке растайтын құжаттарды қоса бере отырып, ерікті жазбаша нысанда хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Ұлттық Банк төлем ұйымын тізілімнен алып тастаған күннен бастап бес жұмыс күні ішінде Ұлттық Банк төлем ұйымын электрондық пошта мекенжайы бойынша электрондық нысанда жазбаша хабардар етеді және бұл туралы ақпаратты Ұлттық Банктің ресми интернет-ресурсында жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 119</w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Төлем ұйымы тізілімнен алып тасталған жағдайда, Ұлттық Банк тізілімнен алып тастау жөнінде хабарлаған күннен бастап күнтізбелік отыз күн ішінде атауында "төлем ұйымы" деген сөздер болған кезде атауын өзгерту не төлем ұйымын қайта ұйымдастыру не тарату жөнінде шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z98" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z98" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-1-тарау. "Төлем ұйымдарын ерікті түрде қайта ұйымдастыруды жүргізуге келісім беру" мемлекеттік қызмет көрсету (бұдан әрі - ерікті түрде қайта ұйымдастыру бойынша мемлекеттік қызмет) тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-1-тараумен толықтырылды – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="39"/>
+    <w:bookmarkStart w:name="z99" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1. Төлем ұйымын ерікті түрде қайта ұйымдастыруды жүргізуге келісім беру төлем ұйымы Ұлттық Банкке "электрондық үкімет" веб-порталы арқылы ерікті түрде қайта ұйымдастыру туралы шешімді берген кезде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Процестің сипаттамалары, қызмет көрсету нысаны, мазмұны мен нәтижесі қамтылатын ерікті түрде қайта ұйымдастыру бойынша мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ ерікті түрде қайта ұйымдастыру бойынша мемлекеттік қызмет көрсету ерекшеліктері ескерілген өзге де мәліметтер Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4200,146 +4202,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="40"/>
+    <w:bookmarkStart w:name="z100" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-2. Ұлттық Банктің хат-хабарды қабылдауға және тіркеуге уәкілетті қызметкері құжаттар келіп түскен күні оларды қабылдайды, тіркейді және ерікті түрде қайта ұйымдастыру бойынша мемлекеттік қызметтер көрсетуге жауапты бөлімшеге (бұдан әрі - жауапты бөлімше) орындауға жібереді. Құжаттар жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері келіп түскен жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес құжаттарды қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымы өтінішті портал арқылы жіберген кезде жеке кабинетте нәтиже алған күні мен уақыты көрсетілген мемлекеттік қызметті көрсетуге сұрау қабылданғаны туралы мәртебесі автоматты түрде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="41"/>
+    <w:bookmarkStart w:name="z101" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-3. Жауапты бөлімшенің қызметкері құжаттар тіркелген күннен бастап бес жұмыс күні ішінде олардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық болмау фактісі белгіленген жағдайда, жауапты бөлімше өтініш тіркелген күннен бастап бес жұмыс күні ішінде өтінішті одан әрі қараудан жазбаша дәлелді бас тартуды дайындайды және жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="42"/>
+    <w:bookmarkStart w:name="z102" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-4. Ұсынылған құжаттардың толық болу фактісі анықталған жағдайда, жауапты бөлімше құжаттар тіркелген күннен бастап сегіз жұмыс күні ішінде құжаттарды Қазақстан Республикасы заңнамасының талаптарына сәйкестігі тұрғысынан қарайды, ерікті түрде қайта ұйымдастыруды жүргізуге келісім беру туралы хабарламаның (бұдан әрі – хабарлама) не дәлелді бас тартудың жобасын дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банк жауапты бөлімшенің басшысы арқылы екі жұмыс күні ішінде хабарламаны не дәлелді бас тартуды келіседі және қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4486,146 +4488,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="43"/>
+    <w:bookmarkStart w:name="z103" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-5. Ерікті түрде қайта ұйымдастыру бойынша мемлекеттік қызмет көрсету кезеңі туралы ақпарат мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесінде автоматты түрде жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z104" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z104" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-2-тарау. Ұлттық Банктің және (немесе) оның лауазымды тұлғаларының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-2-тараумен толықтырылды – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="45"/>
+    <w:bookmarkStart w:name="z105" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23-6. Ұлттық Банктің және (немесе) оның лауазымды тұлғаларының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану Ұлттық Банк басшысының атына жазбаша түрде жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымының шағымында оның атауы, пошталық мекенжайы, шағымның шығыс нөмірі мен берілген күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4690,409 +4692,461 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымы көрсетілген мемлекеттік қызметтің нәтижесімен келіспеген жағдайда, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымының мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен шағымы оны тіркеген күннен бастап он бес жұмыс күні ішінде қаралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="46"/>
+    <w:bookmarkStart w:name="z106" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-7. Төлем ұйымы көрсетілген мемлекеттік қызметтің нәтижесімен келіспеген жағдайда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Төлем ұйымдарының төлем қызметтерін көрсетуі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Төлем ұйымы төлем қызметін көрсеткеннен кейін клиентке төлем қызметін көрсету фактісін растайтын құжатты қағаз тасымалдағышта не телекоммуникациялар желісі арқылы береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25. Төлем ұйымы Қағидалардың 3-тармағының 1) және 4) тармақшаларында көзделген төлем қызметін көрсеткен кезде төлем қызметін көрсету фактісін растайтын құжатта мынадай деректемелер қамтылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z155" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжаттың нөмірі, оның жазылған күні, айы, жылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z156" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төлем ұйымының атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z157" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) операция сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z158" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) операция валютасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z159" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) комиссиялық сыйақы сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z160" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) төлемнің мақсаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkStart w:name="z161" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көрсетілетін қызметті жеткізушінің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z162" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) Төлемдер және төлем жүйелері туралы заңның </w:t>
-[...60 lines deleted...]
-    </w:p>
+      8) көрсетілетін төлем қызметін берушінің (төлем делдалы), оның ішінде операцияға қатысатын шетелдіктің атауы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z163" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сауда нүктесі санатының коды (Merchant Category Code) (Қағидалардың 3-тармағының 4) тармақшасында көзделген төлем қызметін көрсеткен жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z164" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) Төлемдер және төлем жүйелері туралы заңның 12-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (Қағидалардың 3-тармағының 4) тармақшасында көзделген төлем қызметі көрсетілген жағдайда) төлем ұйымы төлемді және (немесе) аударымды жүзеге асыру үшін не осы төлемдер бойынша ақша қабылдау үшін ақпарат ұсынатын банктің, Қазақстан Республикасының бейрезидент банкі филиалының немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның атауы не банктік идентификациялау коды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z165" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауларды көрсету кезінде әртүрлі түсіндіруді тудыратын қысқартуларды, сауда белгілерін, аббревиатуралар мен кодтарды пайдалануға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z166" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем ұйымына төлем қызметін көрсету фактісін растайтын құжатқа көрсетілген төлем қызметі бойынша қосымша деректемелерді қоюына рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Төлем ұйымы Қағидалардың 3-тармағының 2) және 3) тармақшаларында көзделген төлем қызметін көрсеткен кезде, төлем қызметін көрсету фактісін растайтын құжатты Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14298 тіркелген "Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу қағидаларын, сондай-ақ электрондық ақша эмитенттеріне және электрондық ақша жүйелеріне қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 202 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5107,111 +5161,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу қағидаларына, сондай-ақ электрондық ақша эмитенттеріне және электрондық ақша жүйелеріне қойылатын талаптарға, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14299 тіркелген "Төлем карточкаларын шығару қағидаларын, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 205 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Төлем карточкаларын шығару қағидаларына, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарға сәйкес төлем ұйымы береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z63" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Төлем ұйымы Қағидалардың 3-тармағының 1) және 2) тармақшаларында көзделген төлем қызметтерін көрсету кезінде төлем агенті және (немесе) қосалқы төлем агенті арқылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z64" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлем агенттерінің және (немесе) қосалқы төлем агенттерінің тізілімін төлем ұйымының ішкі құжаттарына сәйкес жүргізуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z65" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төлем агентінің Төлемдер және төлем жүйелері туралы заңның талаптарының, сондай-ақ төлем агенті мен төлем ұйымы арасындағы шартта көзделген төлем қызметтерін көрсету талаптарының сақталуын бақылауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінің 2) тармақшасында көзделген бақылау төлем ұйымы мен төлем агенті арасындағы шартқа және (немесе) төлем ұйымының ішкі құжаттарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5248,70 +5302,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Төлем ұйымы Қағидалардың 3-тармағының 1) тармақшасында көзделген төлем қызметтерін төлем ұйымы мен төлем қызметін беруші арасындағы шартқа сәйкес көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымы бюджетке төлемдерді қабылдау бойынша төлем қызметтерін клиенттің банктік шотын ашпай төлем ұйымы мен банк, Қазақстан Республикасы бейрезидент банкінің филиалы және (немесе) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арасында төлем қызметін көрсету жөніндегі агенттік шартқа сәйкес көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5368,70 +5422,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Төлем ұйымы төлем қызметтерін банктің, Қазақстан Республикасының бейрезидент банкі филиалының және (немесе) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның төлем агенті не қосалқы төлем агенті ретінде төлем ұйымы мен банк, Қазақстан Республикасының бейрезидент банкінің филиалы және (немесе) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым немесе төлем агенті арасында төлем қызметін көрсету бойынша агенттік шартқа сәйкес көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5450,110 +5504,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Қызметті жеткізушімен жасалған шартта және төлем қызметтерін көрсету бойынша агенттік шарта Төлемдер және төлем жүйелері туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағының төртінші бөлігінде көзделген талап бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z69" w:id="65"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z69" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Төлем ұйымы төлем агенті ретінде қызметін жүзеге асырған кезде төлем қызметтерін көрсету бойынша агенттік шарт жасалған банкке, Қазақстан Республикасы бейрезидент банкінің филиалына не банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымға тартылған қосалқы төлем агенттермен жасалған шартқа сәйкес олар туралы ақпарат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5572,282 +5626,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Төлем ұйымдарының филиалдар ашу туралы хабарлауы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z71" w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z71" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Төлем ұйымы Қазақстан Республикасының аумағында және Қазақстан Республикасынан тыс жерде төлем ұйымының филиалы ашылған күннен бастап он жұмыс күні ішінде Ұлттық Банкке филиалдың ашылғаны туралы хабарламаны Қағидалардың 6-қосымшасына сәйкес нысан бойынша қағаз тасымалдағышта не қаржылық автоматтандырылған ақпарат тасымалдау жүйесі арқылы электрондық түрде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Филиалдың ашылғаны туралы хабарламаға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлем ұйымының басқару органының төлем ұйымының филиалын ашу және оның бірінші басшысын сайлау (тағайындау) туралы шешімінің көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z73" w:id="69"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z73" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) филиал туралы ереженің нотариат куәландырған көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z74" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) филиалдың бизнес-жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z75" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) филиалдың бірінші басшысына берілген сенімхаттың көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z76" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Қағидалардың 32-тармағында көзделген құжаттар төлем ұйымының досьесінде қағаз тасымалдағышта және электрондық түрде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z107" w:id="73"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z107" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Төлем ұйымдарының бағдарламалық-техникалық құралдарына және ақпараттық қауіпсіздікті басқару жүйесіне қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 6-тараумен толықтырылды - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="74"/>
+    <w:bookmarkStart w:name="z109" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Бағдарламалық қамтылым мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жабдықтың кез келген учаскесінде кез келген уақытта электр қуаты толығымен немесе ішінара ажыратылған кезде ақпаратты сенімді сақтауды, рұқсат етілмеген қолжеткізуден қорғауды, дерекқордың тұтастығын және электрондық архивтер мен дерекқорлардағы ақпараттың толық сақталуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6082,70 +6136,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="75"/>
+    <w:bookmarkStart w:name="z121" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Төлем ұйымдары ақпараттық қауіпсіздікті қамтамасыз ету процесін басқаруға арналған төлем ұйымының жалпы басқару жүйесінің бөлігі болып табылатын ақпараттық қауіпсіздікті басқару жүйесін құруды және оның жұмыс істеуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем ұйымы ақпараттық қауіпсіздікті басқару процесін, оның ішінде ақпараттық қауіпсіздік саясатын регламенттейтін ішкі құжаттарды бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6220,100 +6274,100 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="76"/>
+    <w:bookmarkStart w:name="z122" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Ақпараттық қауіпсіздікті басқару жүйесі төлем ұйымының бизнес-процестері үшін ықтимал залалдың ең төменгі деңгейіне жол беретін төлем ұйымының ақпараттық активтерін қорғауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z147" w:id="77"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z147" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-1. Ақпараттық қауіпсіздік бөлімшесі немесе ақпараттық қауіпсіздікті қамтамасыз етуге жауапты адам ақпараттық қауіпсіздіктің жай-күйін жылына бір реттен сиретпей тексереді. Тексеру нәтижелері бойынша ақпараттық қауіпсіздік бөлімшесі немесе ақпараттық қауіпсіздікті қамтамасыз етуге жауапты адам тексеру материалдарын қоса бере отырып, есеп жасайды, ол төлем ұйымының басшысына жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6352,90 +6406,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="78"/>
+    <w:bookmarkStart w:name="z123" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Төлем ұйымы ақпараттық қауіпсіздікті басқару жүйесінің тиісті деңгейін, оның дамуы мен жақсаруын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z148" w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z148" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-1. Төлем ұйымында ақпараттық қауіпсіздікті қамтамасыз ету саласындағы жауапкершілік пен функциялардың аражігін ажырату мақсатында ақпараттандыру объектілерін құру, қызмет көрсету және дамыту мәселелерімен айналысатын басқа құрылымдық бөлімшелерден оқшауланған құрылымдық бөлімше болып табылатын ақпараттық қауіпсіздік бөлімшесі құрылады немесе ақпараттандыру объектілерін құру, қызмет көрсету және дамыту мәселелерімен айналысатын құрылымдық бөлімшелер штатында тұрмайтын, ақпараттық қауіпсіздікті қамтамасыз етуге жауапты адам айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық қауіпсіздік бөлімшесі немесе ақпараттық қауіпсіздікті қамтамасыз етуге жауапты адам ақпараттық қауіпсіздікті қамтамасыз ету жұмыстарын үйлестіреді және төлем ұйымының ішкі құжаттарында айқындалған ақпараттық қауіпсіздік талаптарының орындалуын бақылайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6546,70 +6600,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="80"/>
+    <w:bookmarkStart w:name="z151" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-2. Жаңа қызметкерді жұмысқа қабылдау кезінде жұмысқа қабылданған сәттен бастап бес жұмыс күнінен кешіктірмей жаңа қызметкер ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі негізгі талаптармен (кіріспе нұсқау алу) қол қойып танысады. Танысу нәтижесі тиісті нұсқау алу журналында немесе нұсқау алынғанын растайтын өзге де құжатта тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6648,70 +6702,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="81"/>
+    <w:bookmarkStart w:name="z152" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-3. Төлем ұйымының қызметкерімен жасалатын еңбек шартында қызметкердің ақпараттық қауіпсіздікті қамтамасыз ету және жасырын ақпаратты жария етпеу жөніндегі талаптарды сақтау міндеті қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6750,70 +6804,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="82"/>
+    <w:bookmarkStart w:name="z124" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Төлем ұйымы ақпаратының жасырындылығын, тұтастығын және қолжетімділігін қамтамасыз ету мақсатында төлем ұйымы мынадай функцияларды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпараттық қауіпсіздікті басқару жүйесін ұйымдастырады, ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі қызметті және қатерлерді анықтау мен талдау, шабуылдарға қарсы іс-қимыл жасау және ақпараттық қауіпсіздіктің оқыс оқиғаларын тергеп-тексеру жөніндегі іс-шараларды үйлестіреді және бақылайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7124,308 +7178,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="83"/>
+    <w:bookmarkStart w:name="z135" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Төлем ұйымы ақпараттық активтерге қатысты қолайлы деңгейдің өлшемшарттарын көрсете отырып, ақпараттық қауіпсіздік тәуекелдерін басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық қауіпсіздік тәуекелдерін іске асыру кезінде осындай тәуекелдердің туындауын барынша азайтуға бағытталған іс-шаралар жоспары әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="84"/>
+    <w:bookmarkStart w:name="z136" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі қызметке мониторинг жүргізу барысында алынған ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпарат шоғырландырылуға, жүйелендірілуге және сақталуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z137" w:id="85"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z137" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпаратты сақтау мерзімі кемінде 5 (бес) жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z138" w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z138" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Төлем ұйымы ақпараттық қауіпсіздіктің оқыс оқиғасын, оның себептері мен салдарын жоюға шұғыл шаралар қабылдау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z139" w:id="87"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z139" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Төлем ұйымында ақпараттық қауіпсіздіктің оқыс оқиғасы, қабылданған шаралар және ұсынылатын түзету шаралары туралы барлық ақпаратты көрсете отырып, ақпараттық қауіпсіздіктің оқыс оқиғаларын есепке алу журналы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z140" w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z140" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Төлем ұйымы Ұлттық Банкке ақпараттық қауіпсіздіктің мынадай анықталған оқыс оқиғалары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z141" w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z141" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қолданбалы және жүйелік бағдарламалық қамтамасыз етудегі осалдықтарды пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z142" w:id="90"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z142" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпараттық жүйеге рұқсатсыз кіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z143" w:id="91"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z143" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпараттық жүйеге немесе деректерді беру желісіне "қызмет көрсетуден бас тарту" шабуылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z144" w:id="92"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z144" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) серверді зиянды бағдарламамен немесе кодпен зақымдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z145" w:id="93"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z145" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ақпараттық қауіпсіздікті бақылауды бұзу салдарынан ақша қаражатын санкциясыз аудару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z146" w:id="94"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z146" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) төлем ұйымы қызметінің тұрақтылығына қатер төндіретін ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақта көрсетілген ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпаратты төлем ұйымы Қағидаларға 7-қосымшаға сәйкес нысан бойынша ақпараттық қауіпсіздіктің оқыс оқиғасы картасы түрінде мүмкіндігінше қысқа мерзімде, бірақ анықталған кезден бастап 48 сағаттан кешіктірмей ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7436,70 +7490,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық қауіпсіздіктің өңделген оқыс оқиғалары бойынша ақпарат ақпараттық қауіпсіздіктің оқиғалары мен оқыс оқиғаларын алмасу үшін Ұлттық Банктің платформасын пайдалана отырып, электрондық форматта ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық қауіпсіздіктің әрбір оқыс оқиғасына ақпараттық қауіпсіздіктің оқыс оқиғасының жеке картасы толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="95"/>
+    <w:bookmarkStart w:name="z149" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Төлем ұйымы ақпараттық қауіпсіздік оқиғаларымен және оқыс оқиғаларымен алмасу үшін Ұлттық Банктің платформасына қосылу үшін статикалық IP-мекенжайды пайдаланады және ол туралы ақпаратты Ұлттық Банкте есептік тіркеуден өткен күннен бастап он жұмыс күні ішінде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Статикалық IP-мекенжай өзгерген жағдайда төлем ұйымы статикалық IP-мекенжай өзгерген күннен бастап бес жұмыс күні ішінде Ұлттық Банкті бұл туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8124,50 +8178,264 @@
         <w:t xml:space="preserve"> (01.06.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. "E-лицензиялау" мемлекеттік деректер қоры" ақпараттық жүйесінде төлем ұйымын есептік тіркеу бойынша мәліметтерді жаңарту тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 7-тараумен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. "E-лицензиялау" мемлекеттік деректер қоры" ақпараттық жүйесінде төлем ұйымын есептік тіркеу бойынша мәліметтерді жаңарту мынадай жағдайларда: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z169" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлем ұйымының атауы өзгерген кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z170" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін төлем қызметтерінің тізбесіне қосымша төлем қызметі енгізілген кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z171" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін төлем қызметтерінің тізбесінен жекелеген төлем қызметі алып тасталған кезде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z172" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Есептік тіркеу бойынша мәліметтерді жаңарту қажеттілігі туындаған кезде төлем ұйымы Ұлттық Банктің кеңсесі арқылы электрондық нысанда өтініш жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z173" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Ұлттық Банк "E-лицензиялау" мемлекеттік деректер қоры" ақпараттық жүйесінде төлем ұйымын есептік тіркеу бойынша мәліметтерге тиісті өзгерістер енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z174" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Төлем ұйымы төлем ұйымдарының тізілімінен алып тасталған жағдайда, Ұлттық Банк "E-лицензиялау" мемлекеттік деректер қоры" ақпараттық жүйесінде есептік тіркеудің қолданысын тоқтату туралы тиісті жазба енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -8227,64 +8495,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Төлем ұйымдарының қызметін</w:t>
-[...12 lines deleted...]
-              <w:t>ұйымдастыру қағидаларына</w:t>
+              <w:t>Төлем ұйымдарының қызметін ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8298,104 +8553,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық Банкі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="96"/>
+    <w:bookmarkStart w:name="z78" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8693,125 +8968,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) _______________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. "Төлемдер және төлем жүйелері туралы" 2016 жылғы 26 шілдедегі Қазақстан </w:t>
-[...17 lines deleted...]
-      Республикасы Заңының 16-бабы </w:t>
+      4. "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес ұсынылатын құжаттар тізбесі: </w:t>
-[...35 lines deleted...]
-      2) ___________________________; </w:t>
+        <w:t xml:space="preserve"> сәйкес ұсынылатын құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ___________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ___________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ___________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9776,51 +10033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Егер қаржы ұйымын таратуға және (немесе) қаржы нарығында қызметін жүзеге асыруды тоқтатуға алып келген, қаржы ұйымын консервациялау не оның акцияларын мәжбүрлеп сатып алу, қаржы ұйымын лицензиядан айыру туралы шешім қабылданғанға дейін не қаржы ұйымын мәжбүрлеп тарату немесе "Оңалту және банкроттық туралы" 2014 жылғы 7 наурыздағы Қазақстан Республикасының </w:t>
+Егер қаржы ұйымын таратуға және (немесе) қаржы нарығында қызметін жүзеге асыруды тоқтатуға алып келген, қаржы ұйымын консервациялау не оның акцияларын мәжбүрлеп сатып алу, қаржы ұйымын лицензиядан айыру туралы шешім қабылданғанға дейін не қаржы ұйымын мәжбүрлеп тарату немесе "Оңалту және банкроттық туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> айқындалған тәртіппен оны банкрот деп тану туралы соттың шешімі заңды күшіне енгенге дейін бір жылдан аспайтын кезеңде қаржы ұйымының басқару органының басшысы, мүшесі, атқарушы органының басшысы, мүшесі, бас бухгалтері болып табылған жағдайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9850,51 +10107,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иә/жоқ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-(егер иә болса, онда ұйымның атауы, лауазымы, қаржы ұйымын таратуға және (немесе) қаржы нарығында қызметін жүзеге асыруды тоқтатуға алып келген қаржы ұйымын консервациялау не оның акцияларын мәжбүрлеп сатып алу, қаржы ұйымын лицензиядан айыру туралы шешімнің не қаржы ұйымын мәжбүрлеп тарату немесе "Оңалту және банкроттық туралы" 2014 жылғы 7 наурыздағы Қазақстан Республикасының </w:t>
+(егер иә болса, онда ұйымның атауы, лауазымы, қаржы ұйымын таратуға және (немесе) қаржы нарығында қызметін жүзеге асыруды тоқтатуға алып келген қаржы ұйымын консервациялау не оның акцияларын мәжбүрлеп сатып алу, қаржы ұйымын лицензиядан айыру туралы шешімнің не қаржы ұйымын мәжбүрлеп тарату немесе "Оңалту және банкроттық туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> айқындалған тәртіппен оны банкрот деп тану туралы заңды күшіне енген сот шешімінің деректемелері көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -10232,104 +10489,124 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="97"/>
+    <w:bookmarkStart w:name="z88" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының Ұлттық Банкінде есептік тіркеуден өткен төлем ұйымдарының тізіліміне енгізу" мемлекеттік қызмет көрсетудің негізгі талаптарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10660,51 +10937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш және құжаттардың толық тізбесі тіркелген күннен бастап он жұмыс күні ішінде.</w:t>
+Өтініш және құжаттардың толық тізбесі тіркелген күннен бастап он бес жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11964,1017 +12241,911 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="98"/>
+    <w:bookmarkStart w:name="z81" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35</w:t>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="98"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ</w:t>
+"ҚАЗАҚСТАНРЕСПУБЛИКАСЫНЫҢ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҰЛТТЫҚ БАНКІ"</w:t>
-[...35 lines deleted...]
-МЕМЛЕКЕТТІК МЕКЕМЕСІ</w:t>
+ҰЛТТЫҚ БАНКІ" РЕСПУБЛИКАЛЫҚ МЕМЛЕКЕТТІК МЕКЕМЕСІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1727200" cy="1625600"/>
+                  <wp:extent cx="2908300" cy="2882900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1727200" cy="1625600"/>
+                            <a:ext cx="2908300" cy="2882900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-РЕСПУБЛИКАНСКОЕ</w:t>
+РЕСПУБЛИКАНСКОЕ ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ</w:t>
-[...35 lines deleted...]
-РЕСПУБЛИКИ КАЗАХСТАН"</w:t>
+"НАЦИОНАЛЬНЫЙ БАНКРЕСПУБЛИКИ КАЗАХСТАН"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[Уәкілетті органның деректемелері</w:t>
-[...1 lines deleted...]
-          </w:p>
+[Уәкілетті органның деректемелері мемлекеттік тілде]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мемлекеттік тілде]</w:t>
-[...75 lines deleted...]
-орыс тілінде]</w:t>
+[Уәкілетті органның деректемелері орыс тілінде]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[шешім нөмірі]</w:t>
-[...1 lines deleted...]
-          </w:p>
+[шешім нөмірі] [шешім шығару күні]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[шешім шығару күні]</w:t>
-[...75 lines deleted...]
-[ Көрсетілетін қызметті алушының деректемелері]</w:t>
+[Көрсетілетін қызметті алушының атауы] [ Көрсетілетін қызметті алушының деректемелері]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Ұлттық Банкі "Төлемдер және төлем жүйелері туралы" </w:t>
+      Қазақстан Республикасының Ұлттық Банкі "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 16-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтінішті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2016 жылғы 26 шілдедегі Қазақстан Республикасы Заңының 16-бабының </w:t>
+       ______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+        және қоса берілген құжаттарды қарау қорытындысы бойынша төлем ұйымы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ретінде есептік тіркеуден өткені, № _____________ есептік нөмір және төлем ұйымдарының тізіліміне жазба берілгені туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 16-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес </w:t>
-[...17 lines deleted...]
-      өтінішті ________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> сәйкес төлем ұйымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілетін қызметті алушының атауы және қоса берілген құжаттарды қарау қорытындысы бойынша төлем ұйымы </w:t>
-[...279 lines deleted...]
-</w:t>
+             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай төлем қызметтерін көрсетеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        ____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Қол қоюшының лауазымы]                         [Қол қоюшының аты-жөні]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13055,68 +13226,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="99"/>
+    <w:bookmarkStart w:name="z83" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Төлем ұйымдарының тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14544,104 +14715,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="100"/>
+    <w:bookmarkStart w:name="z85" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Төлем ұйымдарын ерікті түрде қайта ұйымдастыруды (біріктіруді, қосуды, бөлуді, бөліп шығаруды, қайта құруды) жүргізуге келісім беру" мемлекеттік қызмет көрсетудің негізгі талаптарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14918,87 +15109,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шешім және құжаттардың толық тізбесі тіркелген күннен бастап он жұмыс күні ішінде.</w:t>
+Шешім және құжаттардың толық тізбесі тіркелген күннен бастап он бес жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16239,68 +16430,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық Банкі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="101"/>
+    <w:bookmarkStart w:name="z87" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Филиалдың ашылғаны туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19606,31 +19797,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>