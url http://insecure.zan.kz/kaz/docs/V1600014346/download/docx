--- v0 (2025-12-30)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="908c75a" w14:textId="908c75a">
+    <w:p w14:paraId="a613741" w14:textId="a613741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,231 +100,268 @@
         </w:rPr>
         <w:t>Қазақстан Республикасының аумағында чектерді қолдану қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 204 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 20 қазанда № 14346 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 19) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қазақстан Республикасының аумағында чектерді қолдану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының аумағында чектерді қолдану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 17 наурыздағы № 91 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13665 тіркелген, 2016 жылғы 25 мамырда Қазақстан Республикасының нормативтік құқықтық актілерінің "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Төлем жүйелерi департаменті (Ашықбеков Е.Т.) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Заң департаментімен (Сәрсенова Н.В.) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -371,199 +408,211 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде Қазақстан Республикасы нормативтік құқықтық актілерінің мемлекеттік тізіліміне, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізуге жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулы ресми жарияланғаннан кейін оны Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қаржылық қызметтерді тұтынушылардың құқықтарын қорғау және сыртқы коммуникациялар басқармасы (Терентьев А.Л.) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде мерзімді баспасөз басылымдарына ресми жариялауға жіберуді қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары Ғ.О. Пірматовқа жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Ұлттық Банк</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -932,146 +981,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 204 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының аумағында чектерді қолдану қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының аумағында чектерді қолдану қағидалары (бұдан әрі – Қағидалар) </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+      1. Осы Қазақстан Республикасының аумағында чектерді қолдану қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 19) тармақшасына сәйкес әзірленді және онда Қазақстан Республикасының аумағында чектерді қолдану тәртібі айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағында чектерді қолдану тәртібінде чектерді пайдалану туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1106,110 +1135,214 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> не </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ақауы бар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> чекті анықтаған кезде іс-әрекетті жүзеге асыру қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидалар жол чектерін пайдалануға байланысты қатынастарға қолданылмайды. Көрсетілген қатынастарды "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңында белгіленген талаптарды ескере отырып, осындай жол чектерінің чек берушісінің банкімен және банк практикасында қолданылатын iскерлiк айналым дәстүрлерiмен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Қағидалардың банктерге қатысты қолданылатын талаптары Қазақстан Республикасының бейрезидент банктерінің Қазақстан Республикасының аумағында құрылған филиалдарына қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1228,90 +1361,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) чек беру – төлемдi жүзеге асыру әдiсi‚ төлем бұл ретте чек берушiнiң атауы бірдей төлем құжатын чек ұстаушыға беруi арқылы жүргізіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1376,70 +1489,132 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) чектiң түбiртегi – бұл чектiң осы чектiң деректемелерi көрсетiлген бiр бөлiгi. Қағидалардың мақсаты үшiн чектердiң түбiртектерi деп чек кiтапшаларына жүйелі түрде брошюраланған чектердiң көшiрмелерi түсініледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) чек ұстаушының банкi – чек ұстаушы чекті төлеу не алынған чектi кейiннен ақы төлеу үшiн ұсынған банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Чек мынадай мiндеттi деректемелердi қамтуға тиiс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "чек" деген атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1710,292 +1885,292 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Чек берушінің банкіне чекті пайдалана отырып операцияларды өңдеу үшін қажетті қосымша деректемелердің чекке қойылуын талап етуіне рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Чек қолма-қол </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ақшасыз төлемдердi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жүзеге асыру және қолма-қол ақшаны алу үшiн пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Чектi беру чек берушiнiң ақшалай мiндеттемесiн орындау болып табылмайды‚ оны орындау үшiн осындай чек жазып берiлген. Аталған мiндеттеме чек бойынша ақша алған кезде орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Қазақстан Республикасының аумағындағы чектер Қазақстан Республикасының ұлттық валютасы - теңгемен жазып берiледi. Қазақстан Республикасының аумағында шетел валютасындағы чектердiң айналысы "Валюталық реттеу және валюталық бақылау туралы" 2018 жылғы 2 шілдедегі Қазақстан Республикасының </w:t>
+      8. Қазақстан Республикасының аумағындағы чектер Қазақстан Республикасының ұлттық валютасы – теңгемен жазылып берiледi. Қазақстан Республикасының аумағында шетел валютасындағы чектердiң айналысы "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 28.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 221</w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Чектердi чек берушiнiң банкi чектердi пайдалану туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шартқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қағидаларға сәйкес қабылдайды және төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Чек ұстаушының банктері чек бойынша қабылдауды және ақы төлеуді чек берушінің банкі мен чек ұстаушының банкі арасында жасалған чектерді қабылдау және төлеу шарты негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2014,186 +2189,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Чектегi сыйақы туралы нұсқау жазылмаған деп саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Чек бланктерi (оның iшiнде олар чек кiтапшалары болып брошюраланбаған кезде де) қатаң есептегі құжаттар болып табылады, Қағидалардың 4-тармағында көзделген мiндеттi деректемелер және қорғау дәрежесi (кем дегенде бес еселенген) ескерiле отырып жасалады‚ олардың болмауы чектің жарамсыз болуына әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чек берушінің банкі чек бланкінің пен чек кітапшасының үлгісін чек пен чек кітапшасының Қағидаларға сәйкес келуі шартымен дербес бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қорғау дәрежелеріне қойылатын ең төменгі талаптарды, сондай-ақ чек беруші банкінің төленген чектерді есепке алуы тәртібін чек берушінің банкі белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Чектердi пайдалану туралы шартты жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Чек берушiнiң және чек берушi банкiнiң чектi пайдалануға байланысты құқықтары мен мiндеттерi чектердi пайдалану туралы шарт негiзiнде туындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Чектердi пайдалану туралы шартта мынадай талаптар қамтылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) чек кiтапшасындағы чек бланктерiнiң саны туралы мәлiметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2558,128 +2733,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Чектерді пайдалану туралы шарттың Қағидалардың 15-тармағында көрсетілген талаптарын чек берушінің банкі мен чек беруші арасында жасалатын өзге де шарттарға (аралас шарттарға) енгізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Чектерді пайдалану туралы шартты жасамас бұрын банктер клиентті чектермен операциялар жүргізу жөніндегі қызметтердің құны туралы және чектерді пайдалану туралы шарттың талаптары туралы ақпаратты алу мүмкіндігімен қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Чек кітапшасын беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Чек кiтапшаларын ресiмдеген кезде чек берушi банкiнiң уәкiлеттi тұлғасы мынадай іс-қимылдарды орындайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) чек берушiнiң немесе оның мүддесiн білдіретін тұлғаның жеке басын куәландырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2974,108 +3149,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Чектердi пайдалану туралы шартқа сәйкес бiр мезгiлде бiрнеше чек кiтапшаларын беруге жол берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Чектерді пайдалана отырып төлемдерді және өзге операцияларды жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Чек берушi заңды тұлғалар жазып беретiн чектерге чек кiтапшасына иелік етуге уәкiлеттi тұлғалар қол қояды және чек берушi мөрiнiң бедерi қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чек берушi мөрiнiң бедерiн қою жөніндегі талап чек берушi - жеке кәсіпкерлік субъектісіне жатпайтын заңды тұлғаға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3112,70 +3287,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Чек ұстаушы чектi төлеу үшін қабылдай отырып, чектiң "чек ұстаушының чектiң төлеуге қабылданғаны туралы белгiсi" деген бағанда және оның түбiртегiне чек ұстаушының тегiн‚ атын, әкесiнiң атын (ол бар болса)‚ сондай-ақ қолын (жеке тұлғалар үшiн) немесе атауын көрсете отырып мөртаңбасын не мөрiн және чек ұстаушы уәкiлеттiк берген тұлғаның қолын (заңды тұлғалар үшiн) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөртаңбаны не мөрдi қою жөніндегі талап чек берушi - жеке кәсіпкерлік субъектісіне жатпайтын заңды тұлғаға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3212,51 +3387,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Чек берген кезде чекте Қағидалардың 4-тармағында көзделген деректемелерді Қазақстан Республикасының Ұлттық Банкі Төлемдер және төлем жүйелері туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3271,243 +3446,243 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 15) тармақшасына сәйкес бекіткен Экономика секторларының және төлемдер белгілеу кодтарын қолдану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес чек беруші қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Чекте түзетулер және жөнделген жерлер болса – чек жарамсыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чек бланкiн толтырған кезде чек берушi қате жiберiп қойса‚ бланкте және оның түбiртегiнде чек берушi қиғашынан "бүлінген" деп жазып‚ күнiн және қолын қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Чек берушi жазып берген чектi чек ұстаушыға беру үшiн түбiртегiнен ажыратылады және чек ұстаушы егер ол сонымен қатар чек беруші болып саналмаса, чектiң дұрыс толтырылғанын тексереді (түзетулер мен жөнделген жерлерiнiң iзi болған-болмағаны‚ чек деректемелерiнiң дұрыс толтырылуы‚ чек түбiртегiндегi шығарылған қалдықтың дұрыстығы‚ чек түбiртектерiнiң нөмірленуі тексерiледi)‚ жеке басты куәландыратын құжат бойынша чек жазып берген тұлғаның жеке басының кiм екенiне көз жеткiзеді‚ чек берген тұлғаның қолын чек кiтапшасы мұқабасының сыртқы бетiндегi қол қою үлгiсiмен салыстырып тексередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Чектi чек ұстаушы оны жазып берген күнi қабылдап алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чек ұстаушы чектi чек берушiнiң банкiне не чек ұстаушының банкiне ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чектiң қолданылу мерзiмi чекті жазып берген күннен кейінгі күннен бастап есептелетін күнтiзбелiк он күнді құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Чек ұстаушының чек бойынша iшiнара төлемді қабылдаудан бас тартуына жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чек бойынша iшiнара төлем жасаған жағдайда чек ұстаушының банкi немесе чек берушiнiң банкi осындай төлем туралы чекте белгi қояды және чек ұстаушыға чек бойынша соманың қалдығына қолхат бередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Чек ұстаушының банкiне немесе чек берушiнiң банкiне ұсынылған чектердi банктің уәкiлеттi тұлғалары чектер деректемелерiнің дұрыс толтырылуы және олардың қолданылу мерзiмiнiң сақталуы тұрғысынан тексередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Чек ұстаушының банкi немесе чек берушiнiң банкi төмендегi негіздер бойынша чектi төлеу үшін қабылдаудан бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жазумен жазылған сома цифрлармен жазылған сомаға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3724,282 +3899,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Чек кітапшасының қолданылу мерзімінің аяқталуына байланысты пайдаланылмаған әрбір чекке чек беруші "өтелді" деп жазады және чек кітапшасын чек берушінің банкіне қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Чек берушінің банкі өтеген чектер банктің жеке банк шотында есепке алатын, чек беруші енгізген сома шегінде белгілі бір ақша сомасына шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтелмеген чектердің төлемі чек берушінің банк шотындағы ақша сомасы шегінде не чектерді пайдалану туралы чек берушімен жасасқан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шартқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген банктің банктік қарызы есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Чек кітапшасының қолданылу мерзімінің аяқталу күніне таман оның сомасы бойынша қалдық қалған жағдайда немесе чек беруші чектерді пайдалана отырып жасайтын операцияларын тоқтатқан кезде чек беруші чек кітапшасын чек берушінің банкіне ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чек берушінің банкі чек беруші чек кітапшасын қайтарған кезде оған чек кітапшасы бойынша қалған қалдық сомасын қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Чектерді пайдалану туралы шартта көзделген жағдайда чек кітапшасының сомасы бойынша қалдық чек беруші банкінің тиісті баланстық шотында сақталады және жаңа чек кітапшасының сомасын белгілеу кезінде есепке алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Чек берушінің банкі чек кітапшасын қайтарған кезде немесе толық пайдаланған жағдайда чек кітапшаларын тіркеу журналында тиісті белгі қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чектерді толық пайдаланған кезде чек кітапшасы бойынша сома пайдаланылмаған болып табылған жағдайда, чектерді пайдалану туралы шартта көзделген болса, клиентке жаңа чек кітапшасы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қолдан жасалған не ақаулы бар чек анықталған жағдайда іс-әрекеттерді жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Қағидаларда белгіленген талаптарды бұза отырып жазылған, сондай-ақ Қағидалардың 4-тармағында көзделген чектің міндетті деректемелерін толтыруда қате жіберілген және (немесе) түзетулер жасалған чек ақаулы деп танылады және банк чек ұстаушыға қолхат ала отырып қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Егер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлемге ұсынылған чек осы чекте көрсетілген банк бермеген чек кітапшасынан жазылса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4090,110 +4265,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Төлем жасау үшін чек ұсынған банктің уәкілетті тұлғасы қолдан жасалған чекті анықтаған сәтте қолдан жасалған чектің анықталғаны туралы акт Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша екі данада жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Чек беруші қолдан жасалған чекті ұсынған кезде банктің уәкілетті тұлғасы Қазақстан Республикасының құқық қорғау органдарына хабар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолдан жасалған чек қолдан жасалған чектің анықталғаны туралы актінің бір данасымен бірге Қазақстан Республикасының құқық қорғау органдарына беріледі, қолдан жасалған чектің анықталғаны туралы актінің екінші данасы қолдан жасалған чек анықталған банкте қалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4222,110 +4397,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қолдан жасалған чекті чек берушінің банкі болып табылмайтын чек ұстаушының банкі анықтаған жағдайда, қолдан жасалған чекті анықтағаннан кейінгі келесі жұмыс күнінен кешіктірмей чек ұстаушының банкі қолдан жасалған чектің көшірмесін, қолдан жасалған чектің анықталғаны туралы актінің көшірмесін чек берушінің банкіне береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қолдан жасалған чекті чек берушінің банкі анықтаған жағдайда, қолдан жасалған чекті анықтағаннан кейінгі келесі жұмыс күнінен кешіктірмей қолдан жасалған чектің көшірмесі, қолдан жасалған чектің анықталғаны туралы актінің көшірмесі чек ұстаушының банкіне немесе чек ұстаушыға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Чекті жазғаннан кейін жеке тұлға чек берушінің іс-әрекетке қабілетсіздігі немесе қайтыс болуы, сондай-ақ заңды тұлға чек берушінің таратылуы немесе қайта ұйымдастырылуы чектің жарамсыздығына алып келмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Чек кітапшасын жоғалтқан жағдайда чек беруші бұл туралы чек берушінің банкіне чектерді пайдалану туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шартта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімдерде чектердің пайдаланылмаған бланктерінің нөмірлерін көрсете отырып хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5091,55 +5266,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>