--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9a2e43" w14:textId="b9a2e43">
+    <w:p w14:paraId="3a90760" w14:textId="3a90760">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,140 +150,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, банктік шоттың бар екендігі және нөмірі туралы анықтаманы және банктік шот бойынша ақша қалдығы мен қозғалысы туралы үзінді көшірмені ресімдеуге және олардың мазмұнына қойылатын талаптарды белгілеу мақсатында Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі үшінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1490,62 +1480,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1577,51 +1568,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2663,31 +2654,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>