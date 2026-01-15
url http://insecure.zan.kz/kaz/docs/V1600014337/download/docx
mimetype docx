--- v0 (2025-10-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c428e9f" w14:textId="c428e9f">
+    <w:p w14:paraId="0b0f707" w14:textId="0b0f707">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -206,160 +206,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...49 lines deleted...]
-        <w:t>25) тармақшаларына</w:t>
+       "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 83</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1007,270 +977,290 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z6" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>Қазақстан Республикасының Ұлттық Банкі туралы</w:t>
+        <w:t xml:space="preserve">
+      1. Осы Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың электрондық банктік қызметтерді көрсету қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың (бұдан әрі – банктер) электрондық банктік қызметтерді көрсету тәртібі айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктердің электрондық банктік қызметтерді көрсету тәртібінде электрондық банктік қызметтерді көрсету, қауіпсіздік рәсімдері, рұқсат етілмеген кіруден қорғау шаралары, электрондық банктік қызметтерді көрсетуді тоқтата тұру және тоқтату, электрондық банктік қызметтерді көрсету кезінде электрондық құжаттарды сақтау қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалар Интернет желісінде тауарлар мен қызметтерді сатушы тұлғалардың пайдасына төлем карточкаларын пайдалана отырып төлемдерді қабылдауға байланысты қызметтерге (интернет-эквайринг) қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидаларда "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы банктер және банк қызметі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" (бұдан әрі – Банктер және банк қызметі туралы заң), "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық құжат және электрондық цифрлық қолтаңба туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы банктер және банк қызметі туралы</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>Ақпараттандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" (бұдан әрі – Ақпараттандыру туралы заң), "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Төлемдер және төлем жүйелері туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) Қазақстан Республикасының заңдарына сәйкес әзірленді және банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың (бұдан әрі – банктер) электрондық банктік қызметтерді көрсету тәртібін айқындайды.</w:t>
-[...117 lines deleted...]
-      2. Осы Қағидаларда банктер және банк қызметі туралы, электрондық құжат туралы, ақпараттандыру туралы, төлемдер және төлем жүйелері туралы заңдарда көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады:</w:t>
+        <w:t>" (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) Қазақстан Республикасының заңдарында көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аутентификация - қауіпсіздік рәсімінің талаптарына сәйкес электрондық құжаттың түпнұсқалығын және дұрыс жасалуын растау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1493,51 +1483,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1802,128 +1812,128 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Банк қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру схемаларында электрондық банктік қызметтерді көрсетудің қолданыстағы немесе енгізілетін тәсілдері мен технологияларын пайдалануды болдырмау рәсімдерін әзірлейді және бекітеді және олар бойынша шараларды қабылдайды.</w:t>
+      7. Банк қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру схемаларында электрондық банктік қызметтерді көрсетудің қолданыстағы немесе енгізілетін тәсілдері мен технологияларын пайдалануды болдырмау рәсімдерін әзірлеп, бекітеді және олар бойынша шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Банк электрондық банктік қызметтерді көрсету кезінде "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      Банк электрондық банктік қызметтерді көрсету кезінде "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – КЖТҚҚ туралы заң) көзделген қажетті шараларды қабылдайды, сондай-ақ валюталық бақылау агентінің функцияларын жүзеге асыруды қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – КЖТҚҚ туралы заң) көзделген қажет шараларды қолданады, сондай-ақ валюталық бақылау агентінің функцияларын жүзеге асыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 83</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3924,114 +3934,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрондық банктік қызметтерді көрсетуді қамтамасыз ететін техникалық құрал-жабдықтар жарамсыз болған жағдайларда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z96" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, КЖТҚҚ туралы заңдарда, 1994 жылғы 27 желтоқсандағы Қазақстан Республикасының </w:t>
+      3) Банктер және банк қызметі туралы, Төлемдер және төлем жүйелері туралы, КЖТҚҚ туралы заңдарда, Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Ерекше бөлім) және шартта көзделген өзге де негіздер бойынша клиентке электрондық банктік қызметтерді көрсетуді тоқтата тұрады немесе тоқтатады. </w:t>
+        <w:t xml:space="preserve"> (Ерекше бөлім) және шартта көзделген өзге де негіздер бойынша клиентке электрондық банктік қызметтерді көрсетуді тоқтата тұрады немесе тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z97" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қағидалардың 31-тармағының 3) тармақшасында көзделген электрондық банктік қызметтерді көрсету тоқтатыла тұрған немесе тоқтатылған жағдайларды қоспағанда, Қағидалардың 31-тармағында көзделген негіздер бойынша электрондық банктік қызметтерді көрсету тоқтатыла тұрған немесе тоқтатылған жағдайда банк клиентке шартта белгіленген тәртіппен және мерзімдерде хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z98" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4635,55 +4667,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>