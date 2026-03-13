--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a36b19" w14:textId="5a36b19">
+    <w:p w14:paraId="8c65c37" w14:textId="8c65c37">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,140 +150,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 16) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 125</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -932,250 +922,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z6" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының Ұлттық Банкі мен банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары, сондай-ақ банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арасындағы корреспонденттік қатынастарды орнату қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Азаматтық кодексінің (Ерекше бөлім) (бұдан әрі – Азаматтық кодекс) </w:t>
-[...159 lines deleted...]
-        <w:t>, Қазақстан Республикасының өзге де заңнамалық актілеріне және Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) нормативтік құқықтық актілеріне сәйкес әзірленді және Ұлттық Банкте банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының, сондай-ақ банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың (бұдан әрі – банктік емес ұйымдар) ұлттық және шетел валютасында корреспонденттік шоттарын ашу, жүргізу және жабу тәртібін айқындайды.</w:t>
+      1. Осы Қазақстан Республикасының Ұлттық Банкі мен банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары, сондай-ақ банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арасында корреспонденттік қатынастар орнату қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда Қазақстан Республикасының Ұлттық Банкінде (бұдан әрі – Ұлттық Банк) банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының, сондай-ақ банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың (бұдан әрі – банктік емес ұйымдар) ұлттық және шетел валютасында корреспонденттік шоттарын ашу, жүргізу және жабу тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1398,140 +1248,140 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қағидалар Ұлттық Банктің бухгалтерлік есеп позицияларын көрсететін баланстық шоттарына, баланс шоттың құрамдас бөліктері болып табылатын жеке шоттарға (қосалқы позицияларға), оның ішінде несие шоттарына қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z60" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Қағидаларда Төлемдер және төлем жүйелері туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21593 тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 27 қазанындағы № 128 </w:t>
+      4. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Төлемдер және төлем жүйелері туралы заң), Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 27 қазандағы № 128 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген Қазақстан Ұлттық Банкінің банктік идентификациялау кодтарын беру, пайдалану және жою, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беру және жою, олардың құрылымы, Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыру және жүргізу туралы нұсқаулықты бекіту туралы нұсқаулықта (бұдан әрі – Нұсқаулық) көзделген ұғымдар пайдаланылады.</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21593 болып тіркелген) бекітілген Қазақстан Ұлттық Банкінің банктік идентификациялау кодтарын беру, пайдалану және жою, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беру және жою, олардың құрылымы, Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыру және жүргізу туралы нұсқаулықты бекіту туралы нұсқаулықта (бұдан әрі – Нұсқаулық) көзделген ұғымдар пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z61" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3814,74 +3664,174 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Ұлттық Банкте корреспонденттік шот ашуға қойылатын жалпы талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z19" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. Корреспонденттік шоттар ашу кезінде Қағидаларда көзделген құжаттардан басқа Ұлттық Банкке КЖТҚҚ туралы </w:t>
+      22. Корреспондент "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – КЖТҚҚ туралы заң) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісті тексеру бойынша шаралар қабылдағаннан кейін респондентке корреспонденттiк шотты ашады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Корреспонденттік шоттар ашу кезінде Қағидаларда көзделген құжаттардан басқа Ұлттық Банктің КЖТҚҚ туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес банктен (банктік емес ұйымнан) қосымша құжаттар алуға рұқсат беріледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
+        <w:t xml:space="preserve"> сәйкес банктен, банктік емес ұйымнан қосымша құжаттар алуына болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z100" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Банк (банктік емес ұйым) Ұлттық Банкте екінші және келесі корреспонденттік шоттарды ашқан кезде көрсетілген шоттарды ашу сәтінде Ұлттық Банкке бұрын ұсынылған құжаттарда өзгерістер болмаған жағдайда, № 207 қағидаларда көзделген нысан бойынша қол қою үлгілері бар құжатты қоспағанда, Қағидаларда көзделген құжаттарды қайта тапсыру талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4190,94 +4140,196 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Корреспонденттік шотты басқару құқығына өкілеттіктер құрылтай құжаттарының не басшылардың бұйрықтары, корреспонденттік шотты басқару немесе корреспонденттік шот бойынша операциялар жасау құқығына сенімхаттың не осындай өкілеттіктер беруге негіз болған өзге де құжаттардың негізінде беріледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z107" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. Банктің (банктік емес ұйымның) ақшасын олардың келісімінсіз алып алу, сондай-ақ банктің (банктік емес ұйымның)Ұлттық Банкте корреспонденттік шоттағы ақшаны басқаруға құқықтарын шектеу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, Салық кодексінде, КЖТҚҚ туралы </w:t>
+      27. Банктің (банктік емес ұйымның) ақшасын олардың келісімінсіз алып алу, сондай-ақ банктің (банктік емес ұйымның) Ұлттық Банкте корреспонденттік шоттағы ақшаны басқаруға құқықтарын шектеу Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Азаматтық кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ерекше бөлім) (бұдан әрі – Азаматтық кодекс), Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Салық кодексі), КЖТҚҚ туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және (немесе) банк (банктік емес ұйым) мен Ұлттық Банктің арасында жасалған корреспонденттік шот шарында көзделген жағдайларда жасалады.</w:t>
+        <w:t xml:space="preserve"> және (немесе) банк (банктік емес ұйым) және Ұлттық Банк арасында жасалған корреспонденттік шот шартында көзделген жағдайларда жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ((қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз)) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z108" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Банк (банктік емес ұйым) Ұлттық Банкке Төлемдер және төлем жүйелері туралы заңда, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>