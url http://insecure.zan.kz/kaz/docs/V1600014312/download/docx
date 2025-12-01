--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c07e4ca" w14:textId="c07e4ca">
+    <w:p w14:paraId="08811c4" w14:textId="08811c4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1790,52 +1790,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) құрылыс бюджетінің (сметасының): құрылыстың көлемі мен құнының негізділігін талдауды көздейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z272" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10-1. Осы Қағидаларға 4-қосымшада белгіленген тәуекел факторлары мен көрсеткіштерін есептеу үшін соңғы қаржылық жылдағы құрылыс салушының қаржылық есептілігіне (бухгалтерлік теңгерім, пайдалар мен шығындар туралы есеп, ақша қаражатының қозғалысы туралы есеп, жеке капиталындағы өзгерістер туралы есеп) талдау жүргізіледі.</w:t>
+        <w:t xml:space="preserve">
+      10-1. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәуекел факторлары мен көрсеткіштерін есептеу үшін соңғы қаржылық жылдағы құрылыс салушының қаржылық есептілігіне (бухгалтерлік теңгерім, пайдалар мен шығындар туралы есеп, ақша қаражатының қозғалысы туралы есеп, жеке капиталындағы өзгерістер туралы есеп) талдау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2340,99 +2360,137 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Құрылыс салушыға, Уәкілетті компанияға қатысты оңалту немесе банкроттық туралы іс жүргізуді қозғау туралы сот шешімдерінің болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Заңға сәйкес көппәтерлі тұрғын үй немесе жеке тұрғын үй кешені құрылысы жобасы бойынша құжаттарды тексеру нәтижелері бойынша бас тартады.</w:t>
+      5) Заңға сәйкес көппәтерлі тұрғын үй немесе жеке тұрғын үй кешені құрылысы жобасы бойынша құжаттарды тексеру нәтижелері бойынша бас тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қаржылық-экономикалық есептеулермен, оның ішінде жобаны іске асырудың рентабельділігін, өтімділігін және ықтимал тәуекелдерін талдаумен расталған жобаның рентабельділігі мен тиімсіздігі жағдайында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгерістер енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z109" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2445,50 +2503,130 @@
         <w:t xml:space="preserve">
       14. Кепілдік беру туралы оң шешім қабылданған жағдайда, Бірыңғай оператор жоба бойынша Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8) тармақшасына сәйкес тұрғын үй құрылысына үлестік қатысу саласындағы уәкілетті орган бекіткен Кепілдік жарнаның мөлшерін айқындау әдістемесіне сәйкес кепілдік жарнаның мөлшерін бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірыңғай оператор қажет болған жағдайда кепілдік беру жөнінде оң шешім қабылдаған жағдайда құрылыс салушыдан және (немесе) уәкілетті компаниядан үлестес және байланысты заңды және жеке тұлғалардың кепілдігін сұратады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z273" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1. Кепілдік жарна мөлшерлемесін қолдану үшін құрылыс салушы осы Қағидаларға 4-қосымшаға сәйкес бағаланатын тәуекелдер факторы бойынша 60 және одан жоғары балл жинауы қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5618,51 +5756,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басталған құрылысты растайтын құжаттардың көшірмелері (құрылыс-монтаждау жұмыстарының басталғаны туралы хабарламаны қабылдау туралы талон, аяқталмаған құрылыс объектісін консервациялау (бар болса), авторлық және техникалық қадағалау шарттары; Инжиниринг компаниясының конструкциялардың сенімділігінің және ғимараттар мен инженерлік-коммуникациялық жүйелердің орнықтылығының техникалық жай-күйіне жобаны техникалық зерттеп-қарау туралы есебінің не қорытындысының түпнұсқасы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ведомстводан тыс кешенді сараптаманың оң қорытындысы бар жобалау-сметалық құжаттама (электрондық түрде PDF (Portable Document Format) немесе мәлімделген жоба бойынша жобалау-сметалық құжаттаманы алуға жобаның құқық иеленушісі мен авторынан рұқсат хат (мемлекеттік ведомстводан тыс кешенді сараптама жобасы өткен кезде);</w:t>
+      4) жобалау-сметалық құжаттама (PDF (Portable Document Format) форматында электрондық түрде, сондай-ақ ведомстводан тыс кешенді сараптаманың оң қорытындысы бар бастапқы деректерді және жергілікті ресурстық сметаларды (KENML) есептеу нәтижелерін ұсынудың әмбебап форматындағы сметалық құжаттама не өтінім берілген жоба бойынша жобалау-сметалық құжаттаманы алуға құқық иеленушіден және жоба авторынан рұқсат хат (мемлекеттік ведомстводан тыс кешенді сараптама жобасы өткен кезде);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z26" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объектіні инженерлік желілермен қамтамасыз ету жөніндегі техникалық шарттардың көшірмелері және магистральдық желілердің болуы туралы хаттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z27" w:id="44"/>
     <w:p>
@@ -5725,71 +5863,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгерістер енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5878,145 +6036,225 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Заңның 33-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) тармақшасында көзделген қаржылық бағалауды жүргізу үшін құрылыс салушы/уәкілетті компания Бірыңғай операторға ұсынатын құжат:</w:t>
+        <w:t xml:space="preserve"> 1) және 2) тармақшаларда көзделген қаржылық бағалауды жүргізу үшін құрылыс салушы/уәкілетті компания Бірыңғай операторға ұсынатын құжат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      құрылыс салушының, уәкілетті компанияның өтінім берілген күннің алдындағы соңғы қаржы кезеңі (тоқсан, жартыжылдық) үшін қаржылық есептілігі, құрылыс салушының, уәкілетті компанияның басшысы/бас бухгалтері қол қойған және олардың мөрімен (бар болса) расталған қаржылық есептілік баптарының талдамасы.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="50"/>
+      құрылыс салушының, уәкілетті компанияның өтінім берілген күннің алдындағы соңғы қаржы кезеңі (тоқсан, жартыжылдық) үшін қаржылық есептілігі, құрылыс салушының, уәкілетті компанияның басшысы/бас бухгалтері қол қойған және олардың мөрімен (бар болса) расталған қаржылық есептілік баптарының мағынасын ашып жазылуы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+        <w:t>
+      жобаны қаржыландыру көздері бойынша ақпарат, қосымша міндеттемелердің болуы және құрылыс салушының және жобаға уәкілетті компанияның жобаға өзінің қатысу көздері бойынша құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="51"/>
+        <w:t xml:space="preserve">
+      8. Заңның 33-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында көзделген заңдық бағалауды жүргізу үшін құрылыс салушы/уәкілетті компания ұсынатын құжат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Заңды тұлғаны мемлекеттік тіркеу/қайта тіркеу туралы құжат ("Электрондық үкімет" порталынан) (Компания атауы өзгерген жағдайда, бизнес-сәйкестендіру нөмірлерінің ұлттық тізілімінен компания атауының өзгеруі туралы мәліметтер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       9. Заңның 33-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында көзделген заңдық бағалауды жүргізу үшін құрылыс салушы/уәкілетті компания ұсынатын құжаттар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
@@ -6114,50 +6352,624 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талапты орындау үшін құрылыс салушы/уәкілетті компания ұсынатын құжат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуелсіз бағалау компаниясының бірыңғай операторға кепілге берілетін жылжымалы және жылжымайтын мүлікті бағалау туралы есебі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z277" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Құрылыс салушының уәкілетті компаниядағы акцияларды/қатысу үлесін Бірыңғай операторңа сенімгерлік басқаруға қабылдау-беру актісіне қол қоюға нотариалды куәландырылған келісімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z278" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Құрылыс салушының, уәкілетті компанияның және бас мердігердің Қазақстан Республикасының заңнамасына сәйкес қолданыстағы кредиттік бюролардан деректерді алуға (түсіруге) келісімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Құрылыс салушының және уәкілетті компанияның үлестес тұлғалары (байланысты Тараптар) туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Соңғы 2 (екі) жылдағы дебет және кредит бойынша айналымдарды, сұратылған күнге шығыс қалдықты көрсете отырып, құрылыс салушының банктік шотының болуы және нөмірі туралы анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z281" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Сұрау салынған күндерге шығыс қалдығы көрсетілген уәкілетті компанияның банктік шотының болуы және нөмірі туралы анықтама және соңғы 2 (екі) жылдағы банктік шот бойынша ақша қалдығы мен қозғалысы туралы үзінді көшірме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Ағымдағы жай күйі мен қаржыландыру көздері туралы ақпараты бар құрылыс салушының және оның уәкілетті компанияларының салынып жатқан объектілерінің тізімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Көппәтерлі тұрғын үй немесе жеке тұрғын үйлер кешенінің жобасы бойынша жүзеге асырылған сату туралы ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6382,68 +7194,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="56"/>
+    <w:bookmarkStart w:name="z92" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылыс жобасын қаржыландыру жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық 3-қосымшамен толықтырылды – ҚР Инвестициялар және даму министрінің 21.08.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9844,114 +10656,134 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z275" w:id="57"/>
+    <w:bookmarkStart w:name="z275" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тәуекел көрсеткіштері мен факторларының бағалауына негізделген көпфакторлы үлгі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 4-қосымшамен толықтырылды - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 25.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 281</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12399,123 +13231,1374 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-ден 20-ға дейін</w:t>
+10-нан 20-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-ден 10-ға дейін</w:t>
+5-тен 10-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-дан 30-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-нан 15-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30-дан 40-қа дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-тен 20-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40-тан 50-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-дан 25-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-ден 60-қа дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-тен 30-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60-тан 70-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30-дан 35-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70-тен 80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-тен 40-қа дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-нен 90-ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40-тан 45-ке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90-нан 100-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45-тен 50-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100-ден жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-ден жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>