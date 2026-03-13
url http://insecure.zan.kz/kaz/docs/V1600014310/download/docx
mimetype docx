--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="84f81e8" w14:textId="84f81e8">
+    <w:p w14:paraId="575f0bc" w14:textId="575f0bc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,140 +112,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 201 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 7 қазанда № 14310 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің 16) тармақшасына және "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 4-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 15) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 28.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 33</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (30.06.2024 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -815,91 +815,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Банкаралық ақша аударымдары жүйесінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Ұлттық Банк туралы заң) 15-бабы екінші бөлігінің </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және операторы Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) болып табылатын банкаралық ақша аударымдары жүйесінің (бұдан әрі – жүйе) жұмыс істеу тәртібін айқындайды. Жүйенің операциялық орталығы "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы (бұдан әрі – Орталық) болып табылады.</w:t>
+      1. Осы Банкаралық ақша аударымдары жүйесінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 15) тармақшасына сәйкес әзірленді және онда операторы Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) болып табылатын банкаралық ақша аударымдары жүйесінің (бұдан әрі – жүйе) жұмыс істеу тәртібі айқындалады. "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы (бұдан әрі – Орталық) жүйенің операциялық орталығы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкаралық ақша аударымдары жүйесінің жұмыс істеу тәртібіне жүйеге қатысу талаптары, жүйенің жұмыс істеуінің құқықтық негізі, Ұлттық Банк пен Орталық жүйеде көрсететін қызметтер және пайдаланушының жүйемен өзара іс-әрекеті, ақпараттық қауіпсіздік рәсімдері, операциялық күннің ашылуы, операциялық күн ішінде жүйенің жұмыс істеуі, кезек, жүйедегі төлемдердің және (немесе) ақша аударымдарының аяқталуы (түпкіліктілігі), операциялық күн ішінде жүйеге ақша қабылдау және жүйеден ақша алу, жүйе арқылы трансшекаралық төлемдерді және (немесе) ақша аударымдарын жүзеге асыру, операциялық күнді жабу, операциялық күн ішінде және соңында ақпараттық хабарлар беру және жүйедегі тәуекелдерді басқару жүйесі кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -922,71 +902,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 28.06.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (30.06.2024 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (30.06.2024 бастап қолданысқа енгiзiледi); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z215" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1134,112 +1134,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жүйеде төлемдерді және (немесе) ақша аударымдарын жүзеге асыру оның пайдаланушысының әрбір нұсқауын жеке орындау арқылы жүйеде төлемдерді және (немесе) ақша аударымдарын нақты уақыт режимінде немесе ағымдағы операциялық күннің аяғына дейін аяқталуына кепілдік бере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t>" 2003 жылғы 2 шілдедегі Қазақстан Республикасының заңдарында көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады:</w:t>
+        <w:t>
+      4. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында (бұдан әрі – Төлемдер және төлем жүйелері туралы заң), "Электрондық құжат және электрондық цифрлық қолтаңба туралы" және "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының заңдарында көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторлық із – жүйеде электрондық хабарларды өңдеу жөніндегі оқиғаларды жүйелі тіркеу, жүйе және жүйе пайдаланушылары бойынша сақтайтын ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
@@ -1842,51 +1782,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6097,72 +6057,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Операциялық тәуекелді анықтау, өлшеу, мониторингін жүргізу және басқару үшін мынадай әдістер пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
     <w:bookmarkStart w:name="z220" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жүргізу;</w:t>
+        <w:t>
+      1) Ұлттық Банктің "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасының Заңына сәйкес жүйенің ұйымдастырылуы мен жұмыс істеуіне бақылау мен қадағалау жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
     <w:bookmarkStart w:name="z221" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) пайдаланушының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14289 болып тіркелген "Төлем жүйелеріне қолжетімділікті қамтамасыз ететін ұйымдастыру шараларына және бағдарламалық-техникалық құралдарға қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 200 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6287,51 +6227,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 100-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z209" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6845,55 +6805,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>