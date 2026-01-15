--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="42888e8" w14:textId="42888e8">
+    <w:p w14:paraId="d4344ed" w14:textId="d4344ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,139 +111,129 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 218 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 6 қазанда № 14307 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...29 lines deleted...]
-        <w:t>6) тармақшасына</w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 6</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1134,130 +1124,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Операторы Қазақстан Республикасының Ұлттық Банкі не оның еншілес ұйымы болып табылатын төлем жүйелерінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Ұлттық Банк туралы заң) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) немесе оның еншілес ұйымы "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы (бұдан әрі – Орталық) операторы болып табылатын төлем жүйелерінің жұмыс істеу тәртібін айқындайды.</w:t>
+      1. Осы Операторы Қазақстан Республикасының Ұлттық Банкі не оның еншілес ұйымы болып табылатын төлем жүйелерінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) немесе оның еншілес ұйымы "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы (бұдан әрі – Орталық) операторы болып табылатын төлем жүйелерінің жұмыс істеу тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 6</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1398,71 +1368,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> арқылы төлемдер және (немесе) ақша аударымдарын жүзеге асырумен байланысты қатынастарға қолданылмайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Қағидаларда Төлемдер және төлем жүйелері туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
+      4. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторлық із – жүйеде электрондық хабарларды өңдеу жөніндегі оқиғаларды жүйелі тіркеу, ол бойынша ақпарат төлем жүйесінде сақталады және қатысушылары сақтайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
@@ -1667,50 +1637,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі); 20.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2866,52 +2856,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Операциялық тәуекелді басқару үшін мынадай әдістер пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Ұлттық Банктің Ұлттық Банк туралы заңға сәйкес төлем жүйесінің ұйымдастырылуына және жұмыс істеуіне бақылауды және қадағалауды жүргізуі;</w:t>
+        <w:t xml:space="preserve">
+      1) Ұлттық Банктің "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес төлем жүйесінің ұйымдастырылуына және жұмыс істеуіне бақылауды және қадағалауды жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ұлттық Банктің немесе Орталықтың төлем жүйесінің бағдарламалық-техникалық кешенінің үздіксіз жұмысына тұрақты мониторинг жүргізуі және қолдауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3041,51 +3051,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z91" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>