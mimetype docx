--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c1c46e1" w14:textId="c1c46e1">
+    <w:p w14:paraId="8dedb35" w14:textId="8dedb35">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,150 +150,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...29 lines deleted...]
-        <w:t>7) тармақшасына</w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 98</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2022 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -951,151 +941,173 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Осы Төлем карточкаларының банкаралық жүйесінің жұмыс істеу </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және төлем карточкаларының банкаралық жүйесінің (бұдан әрі – жүйе) жұмыс істеу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">1. Осы Төлем карточкаларының банкаралық жүйесінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда төлем карточкаларының банкаралық жүйесінің (бұдан әрі – жүйе) жұмыс істеу тәртібі айқындалды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Қағидаларда Төлемдер және төлем жүйелері туралы заңда, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14299 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 205 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Төлем карточкаларын шығару қағидаларында, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарда көзделген ұғымдар, сондай-ақ мына ұғымдар пайдаланылады:</w:t>
+      2. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14299 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 205 қаулысымен бекітілген Төлем карточкаларын шығару </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарда көзделген ұғымдар, сондай-ақ мына ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авторизация – төлем карточкасы эмитентінің төлем карточкасын пайдалана отырып операцияларды жүзеге асыруға беретін рұқсаты. Авторизация алу рәсімі жүйенің операциялық орталығы және (немесе) халықаралық төлем карточкалары жүйесінің операторы мен жүйеге қатысушы арасында жасалған шартқа сәйкес белгіленеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1424,71 +1436,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 24.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>