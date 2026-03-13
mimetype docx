--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f05c8d" w14:textId="7f05c8d">
+    <w:p w14:paraId="62ee73f" w14:textId="62ee73f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -149,233 +149,223 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve">" 2016 жылғы 26 шілдедегі Қазақстан Республикасының заңдарына сәйкес, банктердің, Қазақстан Республикасының бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың (бұдан әрі – банктік емес ұйымдар) корреспонденттік шоттары бойынша төлемдер мен ақша аударымдары лимитінің мөлшерін белгілеу мақсатында Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі төртінші абзацының 7) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Банктердің, Қазақстан Республикасының бейрезидент банктері филиалдарының және банктік емес ұйымдардың осы банк, Қазақстан Республикасының бейрезидент банкінің филиалы немесе банктік емес ұйым және оның контрагенттері арасында ашылған корреспонденттік шоттары арқылы ағымдағы айда жүзеге асырылатын корреспонденттік шоттары бойынша төлемдер мен ақша аударымдары лимитінің мөлшері банкаралық клиринг жүйесіндегі клирингтің нәтижелері бойынша дебеттік таза позицияның сомасы шегеріле отырып, банкаралық ақша аударымдары жүйесі және банкаралық клиринг жүйесі арқылы өткен айда жүзеге асырылған банктің, Қазақстан Республикасының бейрезидент банкі филиалының және банктік емес ұйымның жіберілетін қолма-қол ақшасыз төлемдерінің жалпы көлемінен бес пайыз аспайтын көлемде бекітілсін.</w:t>
+      1. Банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың осы банк, Қазақстан Республикасының бейрезидент-банкінің филиалы немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым және оның контрагенттері арасында ашылған корреспонденттік шоттары арқылы ағымдағы айда олар жүзеге асыратын корреспонденттік шоттары бойынша төлемдер мен ақша аударымдары лимитінің мөлшері банкаралық клиринг жүйесіндегі клирингтің нәтижелері бойынша дебеттік таза позицияның сомасын шегере отырып, банкаралық ақша аударымдары жүйесі және банкаралық клиринг жүйесі арқылы өткен айда жүзеге асырылған банктің, Қазақстан Республикасының бейрезидент-банкі филиалының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның жіберілетін қолма-қол ақшасыз төлемдерінің жалпы көлемінің бес пайызынан аспайтын көлемде бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -640,50 +630,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -694,68 +685,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлттық Банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -853,55 +837,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>