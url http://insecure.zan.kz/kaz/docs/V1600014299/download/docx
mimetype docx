--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="791ab24" w14:textId="791ab24">
+    <w:p w14:paraId="eb659cc" w14:textId="eb659cc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -168,150 +168,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 23) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 19.02.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 10</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,191 +1114,233 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z63" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Төлем карточкаларын шығару қағидалары, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптар (бұдан әрі – Қағидалар) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 2016 жылғы 26 шілдедегі (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) Қазақстан Республикасының заңдарына сәйкес әзірленді және Төлем карточкаларын шығару тәртібін, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарды айқындайды.</w:t>
+      1. Осы Төлем карточкаларын шығару қағидалары, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптар (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 23) тармақшасына сәйкес әзірленді және онда төлем карточкаларын шығару тәртібі, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z64" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем карточкаларын шығару тәртібінде, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарда төлем карточкаларын шығару, төлем карточкаларын пайдалана отырып жүргізілген операцияларға қызмет көрсету бойынша қызметке қойылатын талаптар қамтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z65" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидалар осы заңды тұлғаның қызметкерлеріне қызмет көрсетуге арналған заңды тұлғаның төлем карточкалары жүйелеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z66" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">2004 жылғы 5 шілдедегі Қазақстан Республикасының Заңында, </w:t>
+        <w:t>
+      3. Қағидаларда "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Байланыс туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Төлемдер және төлем жүйелері туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заңда көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады: </w:t>
+        <w:t xml:space="preserve">" (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) Қазақстан Республикасының заңдарында көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z67" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) авторизация – эмитенттің төлемді төлем карточкасын пайдалана отырып жүзеге асыруға рұқсат беруі; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z68" w:id="19"/>
     <w:p>
@@ -1784,51 +1816,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) эквайер – төлем карточкасын пайдалана отырып төлемді және (немесе) ақша аударамын жүзеге асырған кезде кәсіпкермен жасалған шарт талаптарына және (немесе) кәсіпкерде жасалған төлем құжатының талаптарына сәйкес кәсіпкердің пайдасына келіп түскен ақшаны қабылдауға және (немесе) кәсіпкермен жасалған шартта көзделген өзге іс-әрекеттерді орындауға тиісті банк, Қазақстан Республикасының бейрезидент банкінің филиалы немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым (бұдан әрі – банк). Қолма-қол ақшаны беруді және (немесе) осы банктің клиенттері болып табылмайтын төлем карточкаларын ұстаушыларға төлем карточкаларын пайдалана отырып төлемдерді және (немесе) ақша аударымдарын жүзеге асыру бойынша өзге қызметтерді жүзеге асыратын банк те эквайер болып табылады; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z90" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24) эмитент – төлем карточкаларын шығаруды жүзеге асыратын банк, оның ішінде бас банк немесе еншілес банк, сондай-ақ "Қазақстан Республикасындағы банктер және банк қызметі туралы" 1995 жылғы 31 тамыздағы Қазақстан Республикасының </w:t>
+      24) эмитент – төлем карточкаларын шығаруды жүзеге асыратын банк, оның ішінде бас банк немесе еншілес банк, сондай-ақ "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлем карточкаларын шығаруды жүзеге асырған банктің активтері мен міндеттемелерін оған берген жағдайда иеленуші банк; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z91" w:id="42"/>
     <w:p>
@@ -1873,51 +1905,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z92" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1941,141 +1993,221 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z94" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> негізінде шығарылады.</w:t>
+        <w:t>
+      4. Төлем карточкасы төлем карточкасын беру туралы шарттың негізінде шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алдын ала төленген төлем карточкасын қоспағанда, төлем карточкасы клиенттің банктік шотындағы қаражатқа қол жеткізу құралы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z279" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4-1. Эмитент қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында төлем карточкасын бергенге дейін шетелдікті және азаматтығы жоқ адамды тиісті түрде тексереді, олар ұсынатын құжаттарға қойылатын талаптарды белгілейді, төлем карточкаларын шығару және пайдалану шарттарын айқындайды.</w:t>
+      4-1. Эмитент қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл мақсатында төлем карточкасын бергенге дейін шетелдікті және азаматтығы жоқ адамды тиісті түрде тексереді, олар ұсынатын құжаттарға қойылатын талаптарды белгілейді, төлем карточкаларын шығару және пайдалану шарттарын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 4-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 19.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z95" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3090,50 +3222,130 @@
         <w:t>
       Белгіленген сомасы бар алдын ала төленген төлем карточкасы толықтырылуға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z124" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Электрондық түрде шығарылатын алдын ала төленген төлем карточкасы төлем карточкасының деректемелерінен тұрады және қосымша толықтыруға, қолма-қол ақшаны алу үшін пайдалануға жатпайды. Клиент банкке алдын ала төленген төлем карточкасын шығару кезінде алдын ала енгізген ақша сомасы шегінде төлемдерді және (немесе) ақша аударымдарын жүзеге асыру үшін осындай алдын ала төленген төлем карточкасын пайдалануға рұқсат беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карточка ұстаушыға бір транзакцияны жүргізу үшін алдын ала төленген екі және одан да көп төлем карточкасын шығаруға және пайдалануға, сондай-ақ бір ұстаушыға қатарынан үш ай ішінде алдын ала төленген бестен асатын төлем карточкасын шығаруға рұқсат берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z125" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Эмитент төлем карточкаларының ұстаушыларына төлем карточкаларының нөмірлері мен өзге де деректемелері бар өзі берген төлем карточкаларының тізбесін жүргізеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z126" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4187,2823 +4399,2825 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z171" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      40. Төлем карточкаларын пайдалана отырып жүзеге асырылатын төлемдер және (немесе) ақша аударымдары, алдын ала төленген төлем карточкаларын қоспағанда клиенттің банк шотындағы ақша сомасы шегінде және (немесе) эмитент ұсынған банктік қарыз сомасы шегінде клиенттің банк шотында көрсетіледі. </w:t>
+        <w:t>
+      40. Алдын ала төленген төлем карточкаларын қоспағанда, төлем карточкаларын пайдалана отырып жасалатын төлемдер және (немесе) ақша аударымдары клиенттің банктік шотындағы ақша сомасы және (немесе) эмитент ұсынған банктік қарыз сомасы шегінде жүзеге асырылады және клиенттің банктік шотында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z172" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдын ала төленген төлем карточкаларын пайдалана отырып жүзеге асырылатын төлемдер және (немесе) ақша аударымдары эмитенттің шоғырландырылған шотында көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эмитент және клиент арасында жасалған төлем карточкасын беру туралы шарттың негізінде берілген төлем карточкаларының бір немесе әртүрлі жүйелердің бірнеше төлем карточкаларын пайдалана отырып жүзеге асырылған төлемдерді және (немесе) ақша аударымдарын бір банк шотында көрсетуге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем карточкалары жүйесі арқылы жүзеге асырылатын төлемдер және (немесе) ақша аударымдары төлем карточкасын пайдалана отырып жасалатын операцияларға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 40-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z277" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40-1. Эмитент өзі мен төлем карточкасын ұстаушы арасындағы шартта көзделген тәртіппен және тәсілмен үшінші тұлғаның пайдасына төлем карточкасын пайдалана отырып ақша аудару бойынша төлем қызметтерін көрсеткенге дейін оған:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z173" w:id="119"/>
-[...15 lines deleted...]
-      Эмитент және клиент арасында жасалған төлем карточкасын беру туралы шарттың негізінде берілген төлем карточкаларының бір немесе әртүрлі жүйелердің бірнеше төлем карточкаларын пайдалана отырып жүзеге асырылған төлемдерді және (немесе) ақша аударымдарын бір банк шотында көрсетуге жол беріледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) үшінші тұлғалардың алаяқтық әрекеттеріне байланысты ықтимал тәуекелдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) үшінші тұлғалардың, оның ішінде өзін мемлекеттік, құқық қорғау органдарының немесе банктердің қызметкерлері ретінде таныстыратын адамдардың ықпалымен (өтініші бойынша) ақша аударымын жүзеге асыруға байланысты тәуекелдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ақша алушының бастамасы (шешімі бойынша) не сот шешімі бойынша операцияның күшін жою және ақшаны қайтару мүмкіндіктері туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 40-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 23.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Банк шотының валютасынан ерекшеленетін валютада төлем карточкасын пайдалана отырып төлемдерді және (немесе) ақша аударымдарын жүзеге асырған кезде эмитент төлем карточкасын пайдалана отырып төлемдерді және (немесе) ақша аударымдарын жүзеге асыру кезінде жасалған эмитентке төлем құжаты келіп түскен күні мен уақытында эмитенттің қолданыстағы шетел валютасын айырбастау бағамын қолдана отырып клиенттің банк шоты бойынша көрсетуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z277" w:id="120"/>
-[...15 lines deleted...]
-      40-1. Эмитент өзі мен төлем карточкасын ұстаушы арасындағы шартта көзделген тәртіппен және тәсілмен үшінші тұлғаның пайдасына төлем карточкасын пайдалана отырып ақша аудару бойынша төлем қызметтерін көрсеткенге дейін оған:</w:t>
+    <w:bookmarkStart w:name="z175" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Байланыссыз төлем карточкасын пайдалана отырып төлем карточкалары жүйесінің iшкi құжаттарында белгіленген сома шегінде операцияларды дербес сәйкестендіру нөмірін енгізбей-ақ жүзеге асыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...52 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тарау 40-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 23.10.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 21.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Корпоративтік төлем карточкасын пайдалана отырып жүргізілген төлемдер заңды тұлғаның банк шотындағы ақша сомасы және (немесе) осы заңды тұлғаға берілген банктік қарыз сомасы шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z278" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43-1. Микроқаржылық қызметті жүзеге асыратын ұйымдар клиенттердің төлем карточкаларына микрокредиттер беруді жүзеге асыру кезінде қарыз алушының пайдасына микрокредит сомасын аударуды жүзеге асыру үшін шығарылған және соған арналған жеке арнайы корпоративтік төлем карточкасын (бұдан әрі – корпоративтік кредиттеу картасы) пайдалануды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эмитент микроқаржылық қызметті жүзеге асыратын ұйым корпоративтік кредиттеу картасын пайдалана отырып, қарыз алушының пайдасына микрокредит сомасын аударуды жүзеге асыру кезінде ақша аударымын тағайындауда (мақсатында) осы қарыз алушыға берілген микрокредит туралы ақпаратты көрсетуді қамтамасыз етеді, эмитент осы эмитент шығарған төлем карточкасын ұстаушы болып табылатын қарыз алушыға берілген микрокредит сомасының оның банктік шотына түскені туралы хабарлауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 43-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 23.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа енгізіледі) қаулысымен. </w:t>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="121"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z177" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      44. "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, Қазақстан Республикасының аумағында төлем карточкаларын пайдалана отырып жүргізілетін төлемдер Қазақстан Республикасының ұлттық валютасы – теңгемен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Төлем карточкасын пайдалана отырып жүргізілетін валюталық операциялар Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18512 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 30 наурыздағы № 40 қаулысымен бекітілген Қазақстан Республикасында валюталық операцияларды жүзеге асыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген талаптарды сақтай отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 21.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 59</w:t>
+        <w:t xml:space="preserve">      Ескерту. 44-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="123"/>
-[...35 lines deleted...]
-      43-1. Микроқаржылық қызметті жүзеге асыратын ұйымдар клиенттердің төлем карточкаларына микрокредиттер беруді жүзеге асыру кезінде қарыз алушының пайдасына микрокредит сомасын аударуды жүзеге асыру үшін шығарылған және соған арналған жеке арнайы корпоративтік төлем карточкасын (бұдан әрі – корпоративтік кредиттеу картасы) пайдалануды қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Қазақстан Республикасының аумағында Қазақстан Республикасының резиденті банктiң төлем карточкаларын пайдалана отырып оның қызмет ету желісінде жүзеге асырылған төлемдер және (немесе) ақша аударымдары бойынша процессингтi осы банк және (немесе) процессинг ұйымы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының аумағында Қазақстан Республикасының резиденті банк шығарған төлем карточкаларын пайдалана отырып басқа Қазақстан Республикасының резиденті банктерге қызмет ету желісінде жүзеге асырылған төлемдер және (немесе) ақша аударымдары бойынша процессингтi процессинг ұйымы жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z181" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Процессинг ұйымына эквайермен және кәсіпкерлермен жасалған шарттарға сәйкес төлем карточкаларына қызмет көрсетудің меншікті желілерін құруына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z182" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Төлем карточкасын пайдалана отырып салықтарды және (немесе) бюджетке төленетін басқа да міндетті төлемдерді банкоматтар арқылы төлеген кезде жасалған төлем құжатын орындау эмитент оны алған күннен кейінгі операциялық бір күннен кешіктірмей жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z183" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48. Егер төлем бір валютамен жасалып, ал банк шоты басқа валютада жүргізілетін болса, банк шотынан ақша алу төлем валютасы банктік шот валютасына айырбасталғаннан кейін төлем карточкаларының қатысушылары арасындағы шартқа сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z184" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Егер бұл талап эмитент пен клиент арасында жасалған төлем карточкасын беру туралы шартта көзделсе, эмитент авторизация сомасына банк шотындағы ақша сомасын бұғаттайды. Бұл жағдайда төлем карточкасын беру туралы шартта банк шотында ақшаны бұғаттау талаптары мен мерзімдері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z185" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Авторизация алу тәртібі төлем карточкалары жүйесінің қатысушылары арасында жасалған шартпен айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z186" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. Авторизация нәтижелері бойынша эмитент эквайерге төлем карточкалары жүйесіне қатысушылар арасында жасалған шартта көзделген тәртіппен эмитент шығарған төлем карточкасын пайдалана отырып жасалған операция бойынша ақша сомасын қайтарады </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z187" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Авторизация төлем карточкалары жүйесінің ішкі құжаттарында көзделген жағдайларда жүзеге асырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z188" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Төлем карточкасын беру туралы шартқа сәйкес, эмитентке клиенттің банк шотынан төлемдерді және ақша аударымдарын төлем карточкасын пайдаланбай жүзеге асыруға нұсқау келіп түскен кезде клиенттің банк шотынан клиенттің нұсқауын орындау авторизация жүргізілген және банк шотында ақша бұғатталған операциялардың сомаларын шегере отырып, банк шотындағы ақша қалдығы шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z189" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      52. Клиенттің банк шотындағы ақшаға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тыйым салынған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өндіріп алуға өтініш білдірілген және (немесе) клиенттің банк шоты бойынша шығыс операцияларын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоқтата тұрған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезде авторизация эмитентке олардың негізінде клиенттің банк шотындағы ақшаға өндіріп алу жүзеге асырылатын атқарушылық құжаттар, төлем құжаттары және (немесе) банк шоты бойынша шығыс операцияларын тоқтата тұру туралы уәкілетті мемлекеттік органдардың немесе лауазымды тұлғалардың шешімдері (өкімдері) келіп түскен күнге және уақытқа дейін жүргізілген төлем карточкасын пайдалана отырып жүргізілген төлем, сондай-ақ олардың негізінде клиенттің банк шотындағы ақшаға өндіріп алу жүзеге асырылатын атқарушылық құжаттар, төлем құжаттары және (немесе) банк шоты бойынша шығыс операцияларын тоқтата тұру туралы уәкілетті мемлекеттік органдардың немесе лауазымды тұлғалардың шешімдері (өкімдері) клиенттің банк шоты бойынша көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z190" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. Авторизация жүргізілгеннен кейін эмитент төлем карточкасын пайдалана отырып төлем жасаған кезде жасалған төлем құжатының негізінде эквайерге төлем құжатының сомасын төлеуді жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z191" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      54. Клиент өзінің банк шотында төлем карточкасын пайдалана отырып төлемді жүзеге асырған кезінде жасалған төлем құжатын орындау үшін ақша сомасын қамтамасыз етеді. Қажетті ақша сомасын қамтамасыз ету, егер бұл олардың арасында жасалған шартта көзделсе, эмитенттің клиентке берген банктік қарызы есебінен де жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z192" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      55. Төлем карточкасын пайдалана отырып шетел валютасын алу шетел валютасын өткізетін банктің бағамы бойынша алынатын шетел валютасы сомасына теңгемен төлем жасау арқылы жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z193" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Төлем карточкасын ұстаушыға төлемді төлем карточкасын пайдалана отырып жүзеге асырғаннан кейін сауда чегі немесе төлем карточкасын пайдалана отырып төлем жүзеге асырылған кезде жасалған төлем құжатының (слиптің) данасы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z194" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің ережесі сауда чегі төлем карточкасын ұстаушыға төлем карточкасын ұстаушының талап етуі бойынша берілген кезде байланыссыз төлем карточкасын пайдалана отырып жүзеге асыруға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z195" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Төлем карточкасын беру туралы шартқа сәйкес сауда чегі төлем карточкасын ұстаушыға қағаз тасымалдағышта не, оны қысқа мәтіндік және (немесе) мультимедиялық хабарлар арқылы төлем карточкасын ұстаушы көрсеткен электрондық почта мекенжайына және (немесе) ұялы байланыс қондырғысына жіберу арқылы электрондық түрде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z196" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Сауда чегінде мынадай деректемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z197" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) құжат нөмірі, оны жазған күні, айы, жылы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z198" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) кәсіпкердің немесе эквайердің атауы (коды); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z199" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) төлем сомасы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z200" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) төлем валютасы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z201" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) төлемді төлем карточкалары жүйесінде сәйкестендіретін авторизация коды немесе басқа код; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z202" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) төлем жүргізу уақыты; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z203" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) төлем карточкасының деректемелері қамтылады. Төлем карточкаларының жүйесінің және жасалған шарттардың талаптарына сәйкес төлем карточкасының деректемелерін толық көрсетпеуге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z204" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сауда чегіне кәсіпкер мен эквайер арасындағы шартта көзделген қосымша деректемелерді енгізуге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z205" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Салықтарды және (немесе) бюджетке төленетін басқа да міндетті төлемдерді банкоматтар не өзге де электрондық терминалдар арқылы жүзеге асырған кезде төлем карточкасының ұстаушысына берілетін сауда чегінде Қағидалардың 58-тармағында көзделген деректемелер, сондай-ақ мынадай деректемелер қамтылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z206" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) салық төлеушінің жеке сәйкестендіру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нөмірі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z207" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) салық төлеушінің тегі, аты, әкесінің аты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z208" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бюджеттік жіктеулер кодының сандық мәнін көрсете отырып, салықтың және (немесе) бюджетке төленетін басқа да төлемнің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z209" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік кіріс органының коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z210" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төлем мақсатының коды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z211" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) комиссиялық сыйақының мөлшері (комиссия алынған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z212" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) көлік құралына салық төлеген жағдайда көлік құралының сәйкестендіру нөмірі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z213" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      60. Егер төлем карточкасын ұстаушы аталған төлемді Төлемдер және төлем жүйелері туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес, оның ішінде дербес сәйкестендіру нөмірінің көмегімен рұқсат берген кезде немесе егер өзгеше эквайермен жасалған шартта басқаша көзделмесе, кәсіпкер төлем карточкасын ұстаушының сауда чегіне қол қоюын талап етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z214" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. Кәсіпкер мен эквайер арасындағы шартта кәсіпкер өзінің қызметін жүзеге асыратын орындарда клиент төлемдерді төлем карточкасын пайдалана отырып жасаған кезде клиенттің жеке басын куәландыратын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжатты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіпкерге беру талаптары туралы клиентке арналған ақпаратты орналастыруды қамтамасыз ететін талап қамтылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z215" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Клиент төлем карточкасын пайдалана отырып төлем жасаған кезде егер осы талап кәсіпкер мен эквайер арасында жасалған шартта көзделсе, кәсіпкерге оның жеке басын куәландыратын құжатты көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z216" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Эквайер нақты уақыт режімінде өзіне тиесілі банкоматтар желісінің жұмысына мониторинг жүргізеді және оларды жұмыс жағдайында және іске қосылған күйінде ұстап тұруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z217" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Нақты уақыт режімінде банкоматтар желісінің жұмысына мониторинг жүргізу мына іс-шараларды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z218" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) арнайы бағдарламалық қамтамасыз етуді қолдана отырып, банкоматтардың жұмысын бақылау; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z219" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) банкоматтардың жұмысындағы іркілістерді (техникалық ақауларды) және оларды пайдалану процесінде туындайтын өзге де проблемалық ахуалдарды жедел анықтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z220" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) банкоматтардың жұмысындағы іркілістердің (техникалық ақаулардың) және өзге де проблемалық ахуалдардың (техникалық құралдар мен бағдарламалық қамтамасыз етудің қосылмауы, байланыс арнасының бұзылуы, қолма-қол ақшаның, шығыс материалдарының (журналдық және чек таспасының) болмауы) себептеріне талдау жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z221" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) банкоматтардың жұмысындағы іркілістердің (техникалық ақаулардың) және өзге сипаттағы проблемалардың уақтылы жойылуына мониторинг; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z222" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) банкоматтардағы қолма-қол ақшаның болуына және ақша қалдығына және олардың қолма-қол ақшамен уақтылы толтырылуына мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z223" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) банкоматтардың жұмысындағы іркілістерді (техникалық ақауларды) анықтаған жағдайда эквайер банкоматтардың жұмыс істеу қабілеттілігін қалпына келтіру және банкоматтардың жұмысындағы техникалық ақауларды немесе өзге сипаттағы проблеманы тудырған себептерді жою бойынша шаралар қабылдайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z224" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Эквайер банкоматтардың жұмысында орын алған іркілістер (техникалық ақаулар) фактілерінің және оларды анықтау және жою күні мен уақытын көрсете отырып, оларды жою әдістерінің (тәсілдерінің) есебін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z225" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Эквайерге тиесілі банкоматтарға мынадай талаптар қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z226" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) банкоматтарда дербес сәйкестендіру нөмірін қауіпсіз (жасырын) теруге арналған жабдық орнатылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z227" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) банкоматтарда төлем карточкасын ұстаушының бет-әлпетін тіркеуге мүмкіндік беретін кемінде бір камера орнатылады. Камера тіркеген бейнелерді эквайер кемінде күнтізбелік бір жүз сексен күн сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эквайер банкоматын пайдалануға байланысты даулы жағдайлар туындаған кезде төлем карточкасын ұстаушы өтініш жасаған жағдайда, камера тіркеген бейнелерді сақтау мерзімі даулы жағдайлар шешілгенге дейін ұзартылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z228" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) банкоматтың ішкі бағдарламалық қамтамасыз етуі вирусқа қарсы бағдарламамен қорғалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тарау 43-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 23.10.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 66-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 27.08.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="125"/>
-[...76 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      67. Төлем карточкасын пайдалана отырып жасалған төлемдер бойынша кәсіпкердің пайдасына келіп түскен ақшаны эквайердің есептеу талаптары мен мерзімдері кәсіпкер мен эквайер арасындағы шартта белгіленеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z230" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Кәсіпкерге Қазақстан Республикасының бейрезиденті эквайердің қызметтерін пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z231" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z232" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Төлем құжаттарын орындаудан бас тарту және ақша қайтаруды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...1087 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүзеге асыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z233" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Төлем карточкалары жүйесінің қатысушысы мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z234" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) төлем құжаты Қағидаларда белгіленген талаптарды және (немесе) төлем құжаттарын жасау және ұсыну тәртібіне арналған шарттардың талаптарын бұза отырып жасалса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z235" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) төлем құжатының жалған құжат белгісі болса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z236" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төлем заңсыз болса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z237" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төлем заңды бола тұрып, бірақ төлем құжаты эмитентке төлем карточкалары жүйесіне қатысушылар арасында жасалған шарттарда белгіленген талаптар бұзыла отырып берілсе, төлем құжатын орындауға қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z238" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      70. Эмитент немесе эквайер төлем құжатын алған күннен бастап операциялық бір күннен кешiктiрмей төлем құжатын орындаудан бас тартады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z239" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      71. Төлем карточкасын ұстаушы төлем карточкасын пайдалана отырып сатып алынған тауарлардан, жұмыстардан немесе қызметтерден бас тартқан жағдайда, кәсіпкер төлем карточкасын ұстаушыға ақшаны төлем карточкасын ұстаушының пайдасына қолма-қол төлемді жүзеге асыру арқылы төлем карточкалары жүйесіне қатысушылар арасында жасалған шарттарда көзделген тәртіппен қайтарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z240" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      72. Егер төлем карточкалары жүйесіне қатысушылар арасында жасалған шарттарда кәсіпкердің ақшаны төлем карточкасын ұстаушыға қолма-қол төлем жасамай қайтару мүмкіндігі көзделмесе, ақшаны қайтару қолма-қол ақшаны пайдалана отырып жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z241" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      73. Банк шотынан ақшаның қате алынғаны, өз банк шотына ақшаның есептелгені анықталған жағдайда және (немесе) рұқсат берілмеген төлем жасалған, сондай-ақ төлем карточкасын жоғалтқан кезде клиент бұл туралы эмитентке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төлем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> карточкасын беру туралы шартта көзделген тәртіппен хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z242" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Эмитент клиенттің банк шотынан ақша қате алынған немесе клиент төлем карточкасын пайдалана отырып операцияларды жүзеге асырмаған банк шотына ақша қате есептелген және ақшаның қате алынғанын немесе қате есептелгенін анықтағаннан кейін эмитентке аталған факт туралы хабарлаған кезде, ақша қате алынған немесе есептелген сәтке дейінгі жағдай бойынша клиенттің банк шотындағы ақша қалдығын жиырма төрт сағат ішінде қалпына келтіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z243" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Қазақстан Республикасынан тыс жерлерге ақша аударылған кезде төлем құжатын орындауға ұсыну мерзімі төлем жүзеге асырылған төлем карточкалары жүйесіне қатысушылар арасында жасалған шарттарда белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z244" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Төлем карточкасын пайдалана отырып рұқсат етілген және рұқсат</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...127 lines deleted...]
-    <w:bookmarkEnd w:id="174"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>етілмеген төлемдер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z245" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      76. Егер төлем жасаған кезде эмитент төлем карточкасын бұғаттамаса оның қолданылу мерзімі өтпесе және төлем карточкасы төлемді жүзеге асыру үшін төлем жүзеге асырылған төлем карточкалары жүйесіне қатысушылар арасында жасалған шарттарға сәйкес пайдаланылса, төлем карточкасын пайдалана отырып жасалған төлем рұқсат етілген болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z246" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Төлем байланыссыз төлем карточкасын пайдалана отырып жүзеге асырылған кезде эмитент эмитент пен байланыссыз төлем карточкасын ұстаушы арасындағы шартта көзделген, рұқсат етілмеген төлемдерден сақтайтын қауіпсіздік рәсімдерін сақтауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z247" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      78. Клиентке эмитенттің төлем жасағаны үшін комиссияны қоса алғанда рұқсат етілмеген төлем сомасынан аспайтын рұқсат етілмеген төлемді өтеуіне жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z248" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Эмитент төлем карточкаларын пайдалана отырып жасалатын операциялар бойынша тиісті бағдарламалық қамтамасыз етудің көмегімен не эмитенттің ішкі құжаттарында көзделген өзге де тәсілмен төлем карточкаларын пайдалана отырып жасалған рұқсат етілген операцияларды анықтау бойынша мониторингті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z249" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эмитент пен процессинг ұйымы арасындағы шарттың негізінде процессинг ұйымының эмитентіне төлем карточкаларын пайдалана отырып рұқсат етілген операцияларды анықтау бойынша мониторингті жүзеге асыруды беруге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z250" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...112 lines deleted...]
-    <w:bookmarkStart w:name="z232" w:id="178"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-параграф. Төлем карточкаларын бұғаттау және алып қою</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z251" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Эмитент төлем карточкасын мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z252" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлем карточкасын ұстаушыдан төлем карточкасының жоғалғаны, ұрланғаны немесе рұқсатсыз пайдаланылғандығы туралы хабарлама алған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z253" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төлем карточкасын ұстаушы төлем карточкасын беру туралы шартты орындамаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z254" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төлем карточкасын пайдаланудың эмитент пен төлем карточкасын ұстаушы арасындағы шартта көзделген ішкі құжаттарын сақтамаған жағдайларда бұғаттайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z255" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Төлем карточкасын ұстаушының эмитентке төлем карточкасының жоғалғаны, ұрланғаны немесе рұқсатсыз пайдаланылғаны туралы хабарлау тәртібі мен мерзімдері төлем карточкасын беру туралы шартта айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z256" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Егер төлем карточкасын беру туралы шартта төлем карточкасының жоғалғаны, ұрланғаны немесе рұқсатсыз пайдаланылғаны туралы хабарламаның күшіне ену мерзімдері айқындалмаса, мұндай хабарлама оны эмитент немесе осындай хабарламаны қабылдайтын төлем карточкалары жүйесінің өзге қатысушысы алған күннен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z257" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Эмитент мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z258" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлем карточкасының қолданылу мерзімі аяқталғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z259" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) төлем карточкасын ұстаушының төлем карточкасын беру туралы шартты орындамағанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z260" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) төлем карточкасын ұстаушы төлем карточкасын пайдаланудан бас тартқанда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z261" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төлем карточкасын беру туралы шартты бұзғанда төлем карточкасын ұстаушыдан алып қоюына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z262" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Төлем құжаттарын орындаудан бас тарту және ақша қайтаруды</w:t>
-[...639 lines deleted...]
-      4) төлем карточкасын беру туралы шартты бұзғанда төлем карточкасын ұстаушыдан алып қоюына жол беріледі.</w:t>
+        <w:t xml:space="preserve"> 6-параграф. Клиенттің банк шоты бойынша үзінді-көшірмелер жасау және ұсыну</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z262" w:id="208"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 6-параграф. Клиенттің банк шоты бойынша үзінді-көшірмелер жасау және ұсыну</w:t>
+    <w:bookmarkStart w:name="z263" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Төлемдерді төлем карточкасын пайдалана отырып клиенттің банк шоты бойынша жүзеге асыруды растайтын құжат сауда чегі немесе ұсыну тәртібі төлем карточкасын беру туралы шартта айқындалатын клиенттің банк шоты бойынша үзінді-көшірме болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z263" w:id="209"/>
-[...15 lines deleted...]
-      84. Төлемдерді төлем карточкасын пайдалана отырып клиенттің банк шоты бойынша жүзеге асыруды растайтын құжат сауда чегі немесе ұсыну тәртібі төлем карточкасын беру туралы шартта айқындалатын клиенттің банк шоты бойынша үзінді-көшірме болып табылады.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Эмитент клиенттің талап етуі бойынша клиент көрсеткен уақыт кезеңі үшін төлем карточкасын беру туралы шартқа сәйкес төлем карточкасын пайдалана отырып жасалған төлемдер және (немесе) ақша аударымдары туралы ақпаратты қамтитын клиенттің банктік шоты бойынша үзінді-көшірмені оған береді. Үзінді-көшірме төлем карточкаларын беру туралы шартқа сәйкес қағаз тасымалдағышта немесе электрондық тәсілмен ұсынылады және онда мынадай ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z264" w:id="210"/>
-[...15 lines deleted...]
-      85. Эмитент клиенттің талап етуі бойынша клиент көрсеткен уақыт кезеңі үшін төлем карточкасын беру туралы шартқа сәйкес төлем карточкасын пайдалана отырып жасалған төлемдер және (немесе) ақша аударымдары туралы ақпаратты қамтитын клиенттің банктік шоты бойынша үзінді-көшірмені оған береді. Үзінді-көшірме төлем карточкаларын беру туралы шартқа сәйкес қағаз тасымалдағышта немесе электрондық тәсілмен ұсынылады және онда мынадай ақпарат:</w:t>
+    <w:bookmarkStart w:name="z265" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлем карточкасының нөмірі қамтылады. Төлем карточкалары жүйелерінің және жасалған шарттардың талаптарына сәйкес төлем карточкасының нөмірін толық көрсетпеуге жол беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z265" w:id="211"/>
-[...15 lines deleted...]
-      1) төлем карточкасының нөмірі қамтылады. Төлем карточкалары жүйелерінің және жасалған шарттардың талаптарына сәйкес төлем карточкасының нөмірін толық көрсетпеуге жол беріледі;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) есепті кезеңнің бастапқы және соңғы күні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z266" w:id="212"/>
-[...15 lines deleted...]
-      2) есепті кезеңнің бастапқы және соңғы күні;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) әрбір төлемді төлем карточкасын пайдалана отырып жүзеге асыру сомасы мен күні; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z267" w:id="213"/>
-[...15 lines deleted...]
-      3) әрбір төлемді төлем карточкасын пайдалана отырып жүзеге асыру сомасы мен күні; </w:t>
+    <w:bookmarkStart w:name="z268" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) төлем карточкасын пайдалана отырып төлемдерді жасағаны үшін клиенттен ұсталған комиссиялардың мөлшері қамтылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z268" w:id="214"/>
-[...15 lines deleted...]
-      4) төлем карточкасын пайдалана отырып төлемдерді жасағаны үшін клиенттен ұсталған комиссиялардың мөлшері қамтылады. </w:t>
+    <w:bookmarkStart w:name="z269" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Клиенттің банк шоты бойынша үзінді-көшірмеге эмитент пен клиент арасындағы шартта көзделген қосымша ақпаратты қосуға жол беріледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z269" w:id="215"/>
-[...15 lines deleted...]
-      Клиенттің банк шоты бойынша үзінді-көшірмеге эмитент пен клиент арасындағы шартта көзделген қосымша ақпаратты қосуға жол беріледі. </w:t>
+    <w:bookmarkStart w:name="z270" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Эмитент клиенттің банк шоты бойынша үзінді-көшірмені төлем карточкасын беру туралы шартқа сәйкес кемінде айына бір рет өтеусіз береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z270" w:id="216"/>
-[...15 lines deleted...]
-      86. Эмитент клиенттің банк шоты бойынша үзінді-көшірмені төлем карточкасын беру туралы шартқа сәйкес кемінде айына бір рет өтеусіз береді.</w:t>
+    <w:bookmarkStart w:name="z271" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Эмитент клиентке беретін клиенттің банк шоты бойынша үзінді-көшірмеде төлем карточкасын беру туралы шартқа сәйкес эмитентті сәйкестендіретін деректемелер болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z271" w:id="217"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="217"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -7368,51 +7582,51 @@
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>қосымша</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="218"/>
+    <w:bookmarkStart w:name="z36" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -7421,801 +7635,801 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларының құрылымдық</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z37" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Төлем карточкаларын шығару қағидаларын, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілетін операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 1260 тiркелген, 2000 жылғы 23 ақпан – 5 қараша аралығында Қазақстан Ұлттық Банкінің Хабаршысында № 22 (193) жарияланған).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z37" w:id="219"/>
-[...15 lines deleted...]
-      1. "Төлем карточкаларын шығару қағидаларын, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілетін операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 </w:t>
+    <w:bookmarkStart w:name="z38" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. "Қазақстан Республикасының Ұлттық Банкi Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысымен бекiтiлген Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2001 жылғы 3 қыркүйектегі № 328 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 1260 тiркелген, 2000 жылғы 23 ақпан – 5 қараша аралығында Қазақстан Ұлттық Банкінің Хабаршысында № 22 (193) жарияланған).</w:t>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 1667 тiркелген, 2001 жылы Қазақстан Республикасының орталық атқарушы және өзге де мемлекеттік органдарының нормативтік құқықтық актілерінің бюллетенінде № 36-37 жарияланған).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z38" w:id="220"/>
-[...15 lines deleted...]
-      2. "Қазақстан Республикасының Ұлттық Банкi Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысымен бекiтiлген Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2001 жылғы 3 қыркүйектегі № 328 </w:t>
+    <w:bookmarkStart w:name="z39" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2002 жылғы 2 қыркүйектегі № 361 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 1667 тiркелген, 2001 жылы Қазақстан Республикасының орталық атқарушы және өзге де мемлекеттік органдарының нормативтік құқықтық актілерінің бюллетенінде № 36-37 жарияланған).</w:t>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 1984 тiркелген, 2002 жылы Қазақстан Республикасының орталық атқарушы және өзге де мемлекеттік органдарының нормативтік құқықтық актілерінің бюллетенінде № 43-44 жарияланған). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z39" w:id="221"/>
-[...15 lines deleted...]
-      3. "Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2002 жылғы 2 қыркүйектегі № 361 </w:t>
+    <w:bookmarkStart w:name="z40" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. "Қазақстан Республикасы Ұлттық Банкі Басқармасының төлем карточкаларын пайдалану мәселелері жөніндегі кейбір қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2003 жылғы 27 қазандағы № 370 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 2582 тiркелген, 2003 жылғы 6 желтоқсанда "Егемен Қазақстан" газетінде № 318 (23617) жарияланған) 1-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z41" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. "Қазақстан Республикасының Әділет министрлігінде № 1260 тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының "Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесін бекіту туралы" 2000 жылғы 24 тамыздағы № 331 қаулысына, сондай-ақ Қазақстан Республикасының Әділет министрлігінде № 2158 тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының "Микропроцессорлық карточкалар негізінде төлем карточкаларының ұлттық банкаралық жүйесінің қызмет ету ережесін бекіту туралы" 2002 жылғы 23 желтоқсандағы № 510 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2003 жылғы 27 қазандағы № 371 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 2581 тiркелген, 2003 жылғы 6 желтоқсанда "Егемен Қазақстан" газетінде № 318 (23617) жарияланған) 1-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z42" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесін бекіту туралы" 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2005 жылғы 27 тамыздағы № 91 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 1984 тiркелген, 2002 жылы Қазақстан Республикасының орталық атқарушы және өзге де мемлекеттік органдарының нормативтік құқықтық актілерінің бюллетенінде № 43-44 жарияланған). </w:t>
-[...19 lines deleted...]
-      4. "Қазақстан Республикасы Ұлттық Банкі Басқармасының төлем карточкаларын пайдалану мәселелері жөніндегі кейбір қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2003 жылғы 27 қазандағы № 370 </w:t>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 3852 тiркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z43" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. "Төлем карточкаларын шығару қағидаларын, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілетін операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2005 жылғы 29 қазандағы № 138 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 3950 тiркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z44" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесін бекіту туралы" 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2007 жылғы 28 мамырдағы № 58 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 4788 тiркелген, 2007 жыл 27 шілдеде "Заң газеті" газетінде № 114 (1143), 2007 жылы Қазақстан Республикасының Орталық атқарушы және өзге де орталық мемлекеттік органдарының актілер жинағында жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z45" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. "Қазақстан Республикасының Ұлттық Банкі Басқармасының кейбір қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2009 жылғы 24 тамыздағы № 85 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 5806 тiркелген, 2009 жылғы 30 қазанда "Заң газеті" газетінде № 165 (1589) жарияланған) қосымша болып табылатын Қазақстан Республикасының Ұлттық Банкі Басқармасының өзгерістер мен толықтырулар енгізілетін қаулылары тізбесінің 6-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z46" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сәйкестендіру нөмірлерінің мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 1 шілдедегі № 65 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 7122 тiркелген, 2011 жылғы 15 қыркүйекте "Заң газеті" газетінде № 133 (1949) жарияланған) 1-қосымша болып табылатын Қазақстан Республикасы Ұлттық Банкінің өзгерістер енгізілетін нормативтік құқықтық актілері тізбесінің 4-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z47" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне ақша төлемі мен аударымын жүзеге асыру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 26 желтоқсандағы № 205 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 2582 тiркелген, 2003 жылғы 6 желтоқсанда "Егемен Қазақстан" газетінде № 318 (23617) жарияланған) 1-тармағы.</w:t>
-[...59 lines deleted...]
-      6. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасында төлем карточкаларын шығару және пайдалану ережесін бекіту туралы" 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2005 жылғы 27 тамыздағы № 91 </w:t>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 7408 тiркелген, 2012 жылғы 28 сәуірде "Егемен Қазақстан" газетінде № 195-200 (27274) жарияланған) 1-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z48" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сәйкестендіру нөмірлері мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 26 наурыздағы № 108 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 7625 тiркелген, 2012 жылғы 23 тамызда "Егемен Қазақстан" газетінде № 540-545 (27618) жарияланған) 1-қосымша болып табылатын Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сәйкестендіру нөмірлері мәселелері бойынша енгізілетін өзгерістерінің 5-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z49" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. "Кейбір нормативтік құқықтық актілерге ақша төлемі мен аударымын жүзеге асыру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банк Басқармасының 2013 жылғы 26 сәуірдегі № 117 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 8513 тiркелген, 2013 жылғы 23 шілдеде "Заң газеті" газетінде № 107 (2308) жарияланған) қосымша болып табылатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Өзгерістер мен толықтырулар енгізілетін ақша төлемі мен аударымын жүзеге асыру мәселелері бойынша нормативтік құқықтық актілер тізбесінің 4-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z50" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Төлем карточкаларын шығару және пайдалану нұсқаулығын бекіту туралы" 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 27 тамыздағы № 232 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 3852 тiркелген).</w:t>
-[...19 lines deleted...]
-      7. "Төлем карточкаларын шығару қағидаларын, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілетін операцияларға қызмет көрсету бойынша қызметке қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2005 жылғы 29 қазандағы № 138 </w:t>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 8802 тiркелген, 2013 жылғы 28 қарашада "Егемен Қазақстан" газетінде № 263 (28202) жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z51" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2014 жылғы 27 тамыздағы № 168 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 9796 тiркелген, 2014 жылғы 12 қарашада "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) бекітілген Қазақстан Республикасының өзгерістер мен толықтырулар енгізілетін нормативтік құқықтық актілері тізбесінің 4-тармағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z52" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 25 ақпандағы № 28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 10715 тiркелген, 2015 жылғы 6 мамырда "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) қосымша болып табылатын Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша Қазақстан Республикасының өзгерістер енгізілетін нормативтік құқықтық актілері тізбесінің 4-тармағы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z53" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне төлемдер мен ақша аударымдары және банк шоттарын жүргізу мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 8 мамырдағы № 72 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 11163 тiркелген, 2015 жылғы 2 маусымда "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) қосымша болып табылатын Қазақстан Республикасы Ұлттық Банкінің төлемдер мен ақша аударымдары және банк шоттарын жүргізу мәселелері бойынша өзгерістер енгізілетін нормативтік құқықтық актілері тізбесінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z54" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. "Төлем карточкаларын шығару және пайдалану нұсқаулығын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2000 жылғы 24 тамыздағы № 331 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 28 қаңтардағы № 33 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 3950 тiркелген).</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> (Нормативтiк құқықтық актілерді мемлекеттік тiркеу тiзiлiмiнде № 13229 тiркелген, 2016 жылғы 4 сәуірде "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z54" w:id="236"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>