--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9a5909c" w14:textId="9a5909c">
+    <w:p w14:paraId="b892075" w14:textId="b892075">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,110 +112,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 202 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 6 қазанда № 14298 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 42-бабының 8-тармағына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 26) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -783,71 +803,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу қағидалары, сондай-ақ электрондық ақша эмитенттеріне және электрондық ақша жүйелеріне қойылатын талаптар (бұдан әрі – Қағидалар) "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының (бұдан әрі – Төлемдер және төлем жүйелері туралы заң) 42-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасының аумағында электрондық ақшаны шығару, пайдалану және өтеу тәртібін, сондай-ақ Қазақстан Республикасының аумағындағы электрондық ақша эмитенттеріне (бұдан әрі – эмитент) және электрондық ақша жүйелеріне қойылатын талаптарды айқындайды.</w:t>
+      1. Осы Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу қағидалары, сондай-ақ электрондық ақша эмитенттеріне және электрондық ақша жүйелеріне қойылатын талаптар (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 26) тармақшасына сәйкес әзірленді және онда Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу тәртібі, сондай-ақ Қазақстан Республикасының аумағындағы электрондық ақша эмитенттеріне (бұдан әрі – эмитент) және электрондық ақша жүйелеріне қойылатын талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу тәртібі, сондай-ақ Қазақстан Республикасының аумағында эмитенттерге және электрондық ақша жүйелеріне қойылатын талаптар электрондық ақша шығаруды, электрондық ақшаны пайдалана отырып, операцияларды жүзеге асыруды, электрондық ақшаны өтеуді, Қазақстан Республикасының аумағында эмитенттерге және электрондық ақша жүйелеріне қойылатын талаптарды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
@@ -892,51 +912,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі); 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгiзiледi); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -979,51 +1019,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қағидаларда Төлемдер және төлем жүйелері туралы заңның 1-бабында көзделген ұғымдар, сондай-ақ мына ұғымдар пайдаланылады:</w:t>
+      2. Қағидаларда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 1-бабында көзделген ұғымдар, сондай-ақ мына ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпараттық жүйелердегі бұзушылықтарды, іркілістерді қоса алғанда, ақпараттық қауіпсіздіктің оқыс оқиғаcы (бұдан әрі – ақпараттық қауіпсіздіктің оқыс оқиғаcы) – ақпараттық-коммуникациялық инфрақұрылымның немесе оның жекелеген объектілерінің жұмысында олардың тиісінше жұмыс істеуіне қауіп төндіретін және (немесе) электрондық ақша жүйесі операторының электрондық ақпараттық ресурстарын заңсыз алу, көшіріп алу, тарату, түрлендіру, жою немесе бұғаттау үшін жағдай жасайтын, жеке түрде немесе сериялы түрде туындайтын іркілістер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1298,51 +1338,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.04.2022 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2152,55 +2212,137 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Эмитент өзі шығарған электрондық ақшаның жалпы сомасының электрондық ақша иелерінен қабылданған ақшаның жалпы сомасына сәйкестігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Төлемдер және төлем жүйелері туралы заңның 43-бабында және Қағидаларда белгіленген талаптарды сақтау кезінде Қазақстан Республикасының бейрезидент агенттерімен жасалған шарттардың негізінде эмитент шығарған электрондық ақшаны Қазақстан Республикасынан тыс жерлерде сатуға жол беріледі.</w:t>
+        <w:t xml:space="preserve">
+      12. "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қағидаларда белгіленген талаптарды сақтау кезінде Қазақстан Республикасының бейрезидент агенттерімен жасалған шарттардың негізінде эмитент шығарған электрондық ақшаны Қазақстан Республикасынан тыс жерлерде сатуға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Агенттің сатылатын электрондық ақшаға айырбастап тиісті ақша сомасын алғандығын растап берген құжаты немесе электрондық ақшаны жеке тұлғаға сату фактісін сөзсіз көрсететін өзге растау (ақпараттық хабар) жеке тұлға үшін агенттен электрондық ақша сатып алуға растама болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3163,196 +3305,238 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Эмитент электрондық ақша иелерін-жеке тұлғаларды оларды электрондық ақшамен операцияларды жасауды жүзеге асыру кезінде сәйкестендірілген және сәйкестендірілмеген ретінде айқындау мүмкіндігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z96" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Эмитент Төлемдер және төлем жүйелері туралы заңның 42-бабының </w:t>
+      28. Эмитент "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 42-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 44-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> белгіленген сәйкестендірілмеген электрондық ақша иелері үшін электрондық ақшаны сатып алу сомасы, электрондық әмиянда электрондық ақшаны сақтау сомасы және электрондық әмиян арқылы пайдаланылған электрондық ақшаның жалпы сомасы бойынша шектеулердің сақталуын қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve"> белгіленген электрондық ақшаның сәйкестендірілмеген иелері үшін электрондық ақшаны сатып алу сомасы, электрондық әмиянда электрондық ақшаны сақтау сомасы және электрондық әмиян арқылы пайдаланылған электрондық ақшаның жалпы сомасы бойынша шектеулердің сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 112</w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z97" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> қайшы келмейтін, өзі шығарған электрондық ақшаны пайдалана отырып жүзеге асырылатын операциялардың түрлері мен сомасына талаптар белгілеуіне жол беріледі.</w:t>
+        <w:t>
+      29. Эмитенттің "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңына қайшы келмейтін, өзі шығарған электрондық ақшаны пайдалана отырып жүзеге асырылатын операциялардың түрлері мен сомасына талаптар белгілеуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z98" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Электрондық ақша иесі электрондық ақшаны пайдалана отырып сатып алған азаматтық-құқықтық мәміле нысанынан бас тартқан және дара кәсіпкер немесе заңды тұлға мұндай бас тартуды қабылдаған жағдайда, электрондық ақша иесі-төлеушіге оның электрондық әмиянына электрондық ақша қайтарылады не оған электрондық ақша сомасына балама ақша сомасы өтеледі. Мұндай төлемді жүзеге асыру тәсілдері, тәртібі мен мерзімдері электрондық ақша жүйесінің ішкі қағидаларында белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3745,110 +3929,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық ақшаны электрондық ақша иесіне-дара кәсіпкерге немесе заңды тұлғаға беруге жататын тиісті ақша сомасын электрондық ақша иесінің- дара кәсіпкердің немесе заңды тұлғаның банк шотына есептеген сәттен бастап олардың эмитенттері өтеген деп саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z113" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      37. Дара кәсіпкер және (немесе) заңды тұлға электрондық ақша иесінен электрондық ақшаны азаматтық-құқықтық мәмілелер бойынша төлем ретінде қабылдаған кезде эмитент оларды Төлемдер және төлем жүйелері туралы заңның 44-бабының </w:t>
+      37. Дара кәсіпкер және (немесе) заңды тұлға электрондық ақша иесінен электрондық ақшаны азаматтық-құқықтық мәмілелер бойынша төлем ретінде қабылдаған кезде эмитент оларды "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 44-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде өтейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 112</w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4465,176 +4649,218 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының аумағындағы электрондық ақша эмитенттеріне және электрондық ақша жүйелеріне қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z133" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      42. Эмитент "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы </w:t>
+      42. Эмитент "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> талаптарына сәйкес алаяқтықты анықтау, сондай-ақ болдырмау және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында электрондық ақша жүйесінде ұйымдастыру және рәсімдеу іс-шараларын қамтамасыз ету мен енгізу шараларын қабылдайды.</w:t>
+        <w:t xml:space="preserve"> талаптарына сәйкес алаяқтықты анықтау, сондай-ақ болдырмау және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл мақсатында электрондық ақша жүйесінде ұйымдастыру және рәсімдеу іс-шараларын қамтамасыз ету мен енгізу шараларын қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z134" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> және Қағидаларда белгіленген талаптарды агенттердің сақтауын қамтамасыз етеді.</w:t>
+        <w:t>
+      43. Эмитент агенттердің "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында және Қағидаларда белгіленген талаптарды сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z135" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Эмитент оператордың жүктелген функцияларды, оның ішінде оператормен жасалған шарт негізінде өз атынан берілген функцияларды сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z136" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10805,55 +11031,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>