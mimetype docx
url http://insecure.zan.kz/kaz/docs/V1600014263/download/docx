--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="873f1f9" w14:textId="873f1f9">
+    <w:p w14:paraId="6ad4cc8" w14:textId="6ad4cc8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне банк қызметін реттеу мәселелері бойынша өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 8 тамыздағы № 188 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 29 қыркүйекте № 14263 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 8 тамыздағы № 188 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 29 қыркүйекте № 14263 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 100 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Екінші деңгейдегі банктердің қызметін реттейтін Қазақстан Республикасының кейбір нормативтік құқықтық актілерін жетілдіру мақсатында және "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -358,51 +436,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Күші жойылды – ҚР Ұлттық Банкі Басқармасының 13.09.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (25.09.2017 бастап қолданысқа енгізіледі) қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -612,163 +690,157 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5090"/>
-        <w:gridCol w:w="7210"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлттық Банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төрағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д. Ақышев</w:t>
@@ -942,96 +1014,90 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="490"/>
-        <w:gridCol w:w="11810"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z101" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
@@ -1079,155 +1145,141 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 188 қаулысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
@@ -1273,85 +1325,78 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 75 қаулысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20-1-қосымша</w:t>
@@ -1573,21700 +1618,16344 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мың теңгемен)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="861"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="361"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баптар атауы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайызбен есепке алу коэффициенті</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="361" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке сомасы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...41 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z118" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="361" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z119" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші деңгейдегі сапасы жоғары өтімді активтер</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z120" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолма-қол ақша</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z121" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Ұлттық Банкіндегі депозиттер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...105 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z122" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкіметіне, Қазақстан Республикасының Ұлттық Банкіне, шет мемлекеттердің орталық үкiметтерiне және шет мемлекеттердің орталық банктеріне, халықаралық қаржы ұйымдарына 0 (нөл) пайыз кредиттік тәуекел дәрежесі бойынша мөлшерленетін талаптар, оның ішінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z123" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкiметi, Қазақстан Республикасының Ұлттық Банкі кепілдік берген бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z124" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкіметтері мен шет мемлекеттердің орталық банктері кепілдік берген бағалы қағаздар </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z125" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары кепілдік берген бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z126" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкiметiне берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z127" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Ұлттық Банкіне берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z128" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық үкiметтерiне берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z129" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріне берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z130" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарына берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z131" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріндегі салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z132" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарындағы салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z133" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы Үкіметінің дебиторлық берешегі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z134" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкiметi мен Қазақстан Республикасының Ұлттық Банкі шығарған Қазақстан Республикасының мемлекеттік бағалы қағаздары</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z135" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкiметтерi шығарған мемлекеттік мәртебесі бар бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z136" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары шығарған бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z137" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 (нөл) пайыздан жоғары кредиттік тәуекел дәрежесі бойынша мөлшерленген жағдайда, шет мемлекеттердің орталық үкiметтерiнің және шет мемлекеттердің орталық банктерінің тиісті елдердің валютасында номинирленген бағалы қағаздары</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z138" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші деңгейдегі сапасы жоғары өтімді активтер</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z139" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының жергілікті билік органдарына талаптар, оның ішінде Қазақстан Республикасының жергілікті билік органдары шығарған, 20 (жиырма) пайыз кредиттік тәуекел дәрежесі бойынша мөлшерленетін бағалы қағаздар, оның ішінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z140" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының жергілікті билік органдарына берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z141" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының жергілікті билік органдарының дебиторлық берешегі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z142" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының жергілікті билік органдары шығарған бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z143" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет мемлекеттердің орталық үкiметтерiне, шет мемлекеттердің орталық банктеріне, шет мемлекеттердің жергілікті билік органдарына 20 (жиырма) пайыз кредиттік тәуекел дәрежесі бойынша мөлшерленетін талаптар, оның ішінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z144" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тен "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкіметтері мен шет мемлекеттердің орталық банктері кепілдік берген бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z145" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің жергілікті билік органдары кепілдік берген бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z146" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тен "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары кепілдік берген бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z147" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тен "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық үкіметтеріне берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z148" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тен "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріне берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z149" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарына берiлген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z150" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "AA-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің жергiлiктi билік органдарына берілген қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z151" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріндегі салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z152" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарындағы салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z153" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық үкiметтерi шығарған мемлекеттік мәртебесi бар бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z154" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары шығарған бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z155" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің жергiлiктi билік органдары шығарған бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z156" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard &amp; Poor's агенттiгiнiң "AA-" төмен емес ұзақмерзімді рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар қаржылық емес ұйымдар шығарған бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z157" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктің міндеттемесі болып табылмайтын, Standard &amp; Poor's агенттiгiнiң "AA-" төмен емес ұзақмерзімді рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар ипотекалық бағалы қағаздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z158" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғалардың депозиттері бойынша ақшаның әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z159" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты депозиттер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z160" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақтылығы төмен депозиттер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z161" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлғалардың, шағын кәсіпкерлік субъектілерінің алдындағы банктің активтерімен қамтамасыз етілмеген міндеттемелер бойынша ақшаның әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z162" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Толық көлемі баламасында Америка Құрама Штаттарының 1 (бір) миллион долларынан аспайтын, шағын кәсіпкерлік субъектілері болып табылатын қаржылық емес ұйымдар орналастырған салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z163" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клирингтік, кастодиандық қызметпен, өтімділікті басқару қызметімен байланысты салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z164" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық емес ұйымдардың, Қазақстан Республикасы Үкіметінің, Қазақстан Республикасының Ұлттық Банкінің, Қазақстан Республикасының жергілікті билік органдарының, халықаралық қаржы ұйымдарының, шет мемлекеттердің орталық үкіметтерінің, шет мемлекеттердің орталық банктерінің, шет мемлекеттердің жергілікті билік органдарының депозиттері</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z165" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге заңды тұлғалардың алдындағы міндеттемелер, оның ішінде шығарылған бағалы қағаздар бойынша міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z166" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлғалардың алдындағы банктің активтерімен қамтамасыз етілген міндеттемелер бойынша ақшаның әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z167" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z168" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкіметі және Қазақстан Республикасының Ұлттық Банкі алдындағы міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z169" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z170" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 (жиырма) пайыздан жоғары кредиттік тәуекел дәрежесі бойынша мөлшерленетін, бірінші және екінші деңгейлердегі сапасы жоғары өтімді активтер болып табылмайтын активтермен қамтамасыз етілген Қазақстан Республикасының жергілікті билік органдарының, халықаралық қаржы ұйымдарының алдындағы міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z171" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге қамтамасыз етілген міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z172" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты және ықтимал міндеттемелер бойынша қосымша ақшаның әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z173" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктің ағымдағы рейтингісінен 1 (бір), 2 (екі) не 3 (үш) сатыға дейін төмендеген кезде шартты міндеттемелер, туынды қаржы құралдарымен мәмілелер және өзге де операциялар бойынша өтімділіктегі қосымша қажеттілік толық көлемде</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z174" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туынды қаржы құралдары немесе өзге де операциялар бойынша позицияларды нарықтық бағалаудың өзгеру кезінде өтімділіктегі қосымша қажеттілік</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алдыңғы 12 (он екі) айдағы ең көп 30 (отыз) күндік ақшаның нетто әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z175" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туынды қаржы құралдары мен өзге де операциялар бойынша қамтамасыз етуді қайта бағалау кезінде өтімділіктегі қосымша қажеттілік (бірінші деңгейдегі сапасы жоғары өтімді активтерді қоспағанда)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z176" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кез келген уақытта қайтарып алу көзделген туынды қаржы құралдары бойынша позицияны қолдауға байланысты банк ұстап қалатын қамтамасыз етудің асып кету мөлшері</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z177" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер қамтамасыз ету ұсынылмаған жағдайда шарттың талаптарына сәйкес қарсы агенттің талап етуі бойынша банктің қамтамасыз етуді ұсынуы көзделетін операциялар бойынша өтімділіктегі қосымша қажеттілік</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z178" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз етуді сапасы жоғары өтімді активтер болып табылмайтын активтерге ауыстыру мүмкіндігімен байланысты өтімділіктегі қосымша қажеттілік</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z179" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Активтер бойынша, оның ішінде банк шығарған және өтімділікті өтеу коэффициентін есептеу күнінен кейінгі күнтізбелік ай ішінде өтеу мерзімі бар ақшаның келіп түсуімен қамтамасыз етілген бағалы қағаздар бойынша (оның ішінде ипотекалық бағалы қағаздар бойынша) ақшаның әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z180" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Активтер бойынша ақшаның келіп түсуімен қамтамасыз етілген және банктің еншілес арнайы ұйымдары шығарған, өтімділікті өтеу коэффициентін есептеу күнінен кейінгі күнтізбелік ай ішінде өтеу мерзімі бар бағалы қағаздар бойынша ақшаның әкетілуі </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z181" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғаларға және шағын кәсіпкерлік субъектілеріне берілген кредиттік желілер мен өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z182" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық емес ұйымдарға, Қазақстан Республикасының Үкіметіне, Қазақстан Республикасының Ұлттық Банкіне, Қазақстан Республикасының жергілікті билік органдарына, халықаралық қаржы ұйымдарына берілген кредиттік желілердің пайдаланылмаған бөлігі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z183" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық емес ұйымдарға, Қазақстан Республикасының Үкіметіне, Қазақстан Республикасының Ұлттық Банкіне, Қазақстан Республикасының жергілікті билік органдарына, халықаралық қаржы ұйымдарына берілген өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z184" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктерге берілген кредиттік желілер мен өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z185" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктер болып табылмайтын қаржы ұйымдарына берілген кредиттік желілердің пайдаланылмаған бөлігі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z186" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктер болып табылмайтын өзге қаржы ұйымдарына берілген өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z187" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге заңды тұлғаларға берілген кредиттік желілер мен өтімділік желілерінің пайдаланылмаған бөлігі (оның ішінде банктің еншілес арнайы ұйымдары)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z188" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлар мен қызметтердің экспортын және импортын қаржыландыруға байланысты міндеттемелер (факторинг және форфейтинг операцияларын жүргізуге байланысты кепілдіктер мен кепілдемелер, аккредитивтер бойынша)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z189" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлар мен қызметтердің экспортын және импортын қаржыландыруға байланысты емес кепілдіктер мен кепілдемелер, аккредитивтер бойынша міндеттемелер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z190" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9-36-жолдарға енгізілмеген міндеттемелер бойынша өзге де ақшаның әкетілуі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z191" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақшаның келуі</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z192" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген қарыз операциялары</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z193" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген қарыз операциялары</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z194" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сапасы жоғары өтімді активтерге жатпайтын активтерді қамтамасыз етуге бағалы қағаздарды сатып алу-сатуды жасау үшін (маржалық мәмілелер) ұсынылған қарыздар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z195" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге активтермен қамтамасыз етілген қарыз операциялары</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z196" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа банктер берген кредиттік желілер, өтімділік желілері</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z197" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа қаржы ұйымдарындағы клирингтік, кастодиандық қызметпен, клиенттің өтімділігін басқару қызметімен байланысты салымдар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z198" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі борыш және (немесе) есептелген сыйақы бойынша мерзімі өткен берешегі бар қарыздарды қоспағанда, оның ішінде мыналарға берілген кредиттер бойынша ақшаның келуі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...119 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z199" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 жеке тұлғаларға және шағын кәсіпкерлік субъектілеріне </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z200" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржылық емес ұйымдарға</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z201" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="101"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржы ұйымдарына</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z202" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="102"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туынды қаржы құралдары бойынша нетто ақшаның келуі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z203" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="103"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтімділікті өтеу коэффициентін есептеу күнінен кейінгі күнтізбелік ай ішінде ақшаның келуі күтілетін шарттар бойынша операциялардан түсетін өзге де ақшаның келуі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z204" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="104"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапасы жоғары өтімді активтер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-[...116 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Х</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z205" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Өтімділікті өтеу коэффициентін есептеу күнінен кейінгі күнтізбелік ай ішінде банктің операциялары бойынша ақша қаражатының нетто әкетілуі </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-[...48 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Х</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z206" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтімділікті өтеу коэффициенті (пайыздық мәнінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-[...116 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Х</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -23932,96 +18621,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Нысанды толтыру кезінде 4-бағанда 2-бағандағы баптардың атаулары бойынша сомалар 3-бағанда белгіленген есепке алу коэффициенттері қолданыла отырып есепті күннен кейінгі күнтізбелік айы үшін көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="490"/>
-        <w:gridCol w:w="11810"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z237" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
@@ -24069,257 +18752,222 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 188 қаулысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="11810" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z241" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банктің ақша әкетілуі мен келуінің кестесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z242" w:id="123"/>
     <w:p>
       <w:pPr>
@@ -24379,63 +19027,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24757,35 +19427,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>