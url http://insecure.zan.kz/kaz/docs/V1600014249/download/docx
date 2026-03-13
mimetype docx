--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf4dfc3" w14:textId="cf4dfc3">
+    <w:p w14:paraId="502fc76" w14:textId="502fc76">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,19705 +85,20620 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің м.а. 2016 жылғы 15 тамыздағы № 371 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 21 қыркүйекте № 14249 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің м.а. 2016 жылғы 15 тамыздағы № 371 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 21 қыркүйекте № 14249 болып тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 23 желтоқсандағы № 133 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      1. "Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
+        <w:t xml:space="preserve">
+      1. "Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9938 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2014 жылғы 19 желтоқсанда жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      көрсетілген бұйрықпен бекітілген Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау </w:t>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тармақша мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) Осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша инвестициялық ұсыныстың ақпараттық парағы;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тармақша мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8) егер ББӘ МИЖ-ді заңды тұлғаның жарғылық капиталын ұлғайту жолымен іске асыруды ұсынған жағдайда, бес жылдық кезеңге арналған іске асырылған, іске асырылып жатқан және іске асырылуы жоспарланған инвестициялық жобалар бойынша квазимемлекеттік сектор субъектісінің инвестициялық картасы қосымша ұсынылады, оны олар электрондық порталға, сондай-ақ осы Қағидаларға 1-1-қосымшаға сәйкес нысан бойынша қағаз және электрондық жеткізгіштерде ұсынады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6-тармақта</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> 8-тармақтың</w:t>
       </w:r>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі алынып тасталсын;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...141 lines deleted...]
-        <w:t>      59-тармақ</w:t>
+        <w:t xml:space="preserve"> 59-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "59. Қажетті/пысықталған ақпаратты ұсыну және/немесе жүргізілген сараптамалармен қамтылмаған немесе толық қамтылмаған мәселелер бойынша қосымша сараптамаларды жүргізу бойынша сұрау салу тиісті ББӘ-ге, сұрау салудың көшірмесі осы Қағидалардың 52 – 56, 58-тармақтарында көрсетілген құжаттардың толық топтамасы түскен күннен бастап 15 (он бес) жұмыс күні ішінде мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органға жіберіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте олардың сканерленген көшірмелері БИЖ қысқаша сипаттамасында көрсетілген ББӘ өкілінің электрондық пошта мекенжайына жіберіледі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      ТЭН-нің, бөлiмдердің, тараулар мен параграфтардың жаңа редакциясы, сондай-ақ ТЭН-нiң параметрлерiн өзгертетiн ақпарат енгiзілген жағдайда, Қазақстан Республикасы Бюджет кодексінің </w:t>
+        <w:t xml:space="preserve">
+      ТЭН-нің, бөлiмдердің, тараулар мен параграфтардың жаңа редакциясы, сондай-ақ ТЭН-нiң параметрлерiн өзгертетiн ақпарат енгiзілген жағдайда, Қазақстан Республикасы Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>153-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БИЖ-дің экономикалық сараптамасын жүзеге асыруға Қазақстан Республикасының Үкіметі не жергілікті атқарушы органдар айқындаған заңды тұлғаның мемлекеттiк жоспарлау жөнiндегi орталық немесе жергілікті уәкiлеттi органды ББӘ хатын қоса бере отырып, экономикалық сараптама жүргізуді ұзарту туралы кейіннен хабардар етуімен сараптама жүргізу мерзiмi ББӘ-нің қағаз форматтағы хатын алған күннен бастап 10 (он) жұмыс күнiне дейiн ұзартылады.";</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 115-1-тармақпен толықтырылсын:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "115-1. Осы Қағидалардың 114 және 115-тармақтарының ережелері осы Қағидалардың 110-тармағының екінші және үшінші бөліктерінде көрсетілген БИЖ-ге қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалардың 110-тармағының екінші және үшінші бөліктерінде көрсетілген БИЖ бойынша ББӘ бюджеттік жоспарлау жөніндегі орталық уәкілетті органға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) болжанатын қымбаттау сомасын көрсете отырып, мемлекеттік органның бірінші басшысы қол қойған өтінім-хатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) келесі ақпарат қамтылуы тиіс мемлекеттік органның бірінші басшысы қол қойған түсініктеме жазбаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болжанатын қосымша бюджет шығыстарының негіздемесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСҚ әзірлеу басталғаннан бастап жобаны бюджеттен әрбір жыл үшін қаржыландыру туралы ақпаратты ұсынады. Игерілмеу не қаражат үнемдеу болған жағдайда, себептері көрсетіле отырып, бұл ақпарат әрбір жылдағы жоспармен және фактімен сүйемелденеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қымбаттауға әкеліп соғатын себептердің нақты көрсетілуін қамтуы тиіс түсіндірме жазбаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тиісті уәкілетті мемлекеттік органның бірінші басшысы қол қойған салалық қорытындыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бірінші басшы қол қойған, мөрмен расталған осы Қағидаларға 16-1-қосымшаға сәйкес нысан бойынша салыстырмалы кестені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бірінші басшы қол қойған жалғастырылатын және аяқталған жобалар бойынша жеке-жеке төлеуға арналған фискалдық сертификатты (құндық деректерімен жұмыстардың көлемі бойынша ведомостарды және эскалация бойынша есептеулерді қоса бере отырып);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бірінші басшы қол қойған сертификаттар тізілімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жобаның қымбаттауы бойынша шығыстар сметаларын және тауарлар мен көрсетілетін қызметтердің құны қымбаттаған жағдайдағы бағалар бойынша статистикалық деректерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) құжаттар ұсынылған күннен бастап 6 (алты) айдан кешіктірмей белгіленген уәкілетті ішкі бақылау органының актісін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті орган осы тармақта көрсетілген құжаттар топтамасын қарайды және ол бойынша қорытындыны РБК-ның қарауына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РБК-ның оң шешімін алған кезде, Қазақстан Республикасы ратификациялаған, Қазақстан Республикасы Үкіметінің жасалған қарыз шартының шеңберінде іске асырылатын МИЖ бойынша азаматтық-құқықтық шарттың талаптарына сәйкес жолдар учаскелерінің сметалық құнының ұлғаюын қаржыландыруға рұқсат етіледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 128-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші және үшінші бөліктері мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұндағы 115-1-тармақпен толықтырылсын:</w:t>
+      "Негiздiлiк" бөлiмi мынадай тарауларды қамтиды:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Инвестициялар көлемi" тарауы;</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қаржыландырудың балама көздерi" тарауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Инвестициялар ҚЭН-інің мақсаттары мен міндеттерінің инвестициялық ұсынысқа сәйкестігі" тарауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Квазимемлекеттік сектор субъектілерінің салалық картасы" тарауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Инвестициялар Институционалдық МЖӘ жобасын іске асыруға бағытталған болса, "Қаржыландырудың балама көздерi" және "Квазимемлекеттік сектор субъектілерінің салалық картасы" тараулары ұсынылмайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...566 lines deleted...]
-        <w:t>      131-1-тармақ</w:t>
+        <w:t xml:space="preserve"> 131-1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "131-1. "Квазимемлекеттік сектор субъектісінің салалық картасы" деген тарауда осы Қағидаларға 18-1-қосымшаға сәйкес нысан бойынша электрондық порталға, сондай-ақ қағаз және электрондық жеткізгіштерде ұсынылатын "Квазимемлекеттік сектор субъектісінің салалық картасы" нысаны бойынша іске асырылған, іске асырылатын және іске асырылуы жоспарланған квазимемлекеттік сектор субъектілерінің инвестициялық жобалары бойынша ақпарат қамтылады.";</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      осы Бұйрыққа </w:t>
+        <w:t xml:space="preserve">
+      осы Бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 1-1-қосымшамен толықтырылсын;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      осы Бұйрыққа </w:t>
+        <w:t xml:space="preserve">
+      осы Бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 16-1-қосымшамен толықтырылсын;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      18-1-қосымша осы Бұйрыққа </w:t>
+        <w:t xml:space="preserve">
+      18-1-қосымша осы Бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ұлттық экономика министрлігінің Бюджеттік инвестициялар және мемлекеттік-жекешелік әріптестікті дамыту департаменті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттiк тiркелуiн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесінің мерзімді баспасөз басылымдарына және "Әділет" ақпараттық-құқықтық жүйесіне ресми жариялауға, сондай-ақ тіркелген бұйрық алынған күннен бастап бес жұмыс күні ішінде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Республикалық құқықтық ақпарат орталығына баспа және электрондық түрде жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің ресми интернет-ресурсында орналастырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Ұлттық экономика министрлігінің Заң департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәлімет ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Ұлттық экономика бірінші вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z51" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z52" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық экономика министрінің</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+міндетін атқарушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М. Құсайынов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ұлттық экономика министрлігінің Бюджеттік инвестициялар және мемлекеттік-жекешелік әріптестікті дамыту департаменті:</w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛГЕН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаржы министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________ Б. Сұлтанов   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2016 жылғы "___" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...123 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7794"/>
-        <w:gridCol w:w="4206"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7794" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="1"/>
-[...32 lines deleted...]
-            <w:tcW w:w="4206" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...19 lines deleted...]
-          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Қазақстан Республикасы</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ұлттық экономика министрінің</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>міндетін атқарушысының</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>2016 жылғы 15 тамыздағы</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>№ 371 бұйрығына 1-қосымша</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7794" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="2"/>
-[...32 lines deleted...]
-            <w:tcW w:w="4206" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...19 lines deleted...]
-          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік инвестициялық</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>жобаның инвестициялық</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>ұсынысын әзірлеу немесе</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>түзету, қажетті</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сараптамаларды жүргізу,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сондай-ақ бюджеттік</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>инвестицияларды жоспарлау,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>қарау, іріктеу,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>мониторингілеу және іске</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>асырылуын бағалау</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>қағидаларына 1-1-қосымша</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7794" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="3"/>
-[...32 lines deleted...]
-            <w:tcW w:w="4206" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...578 lines deleted...]
-          <w:bookmarkStart w:name="z61" w:id="7"/>
+          <w:bookmarkStart w:name="z61" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нысан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="8"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-_______ жылғы " " ___________</w:t>
+        <w:t xml:space="preserve"> _______ жылғы " " ___________</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Квазимемлекеттік сектор субъектілерінің инвестициялық картасы</w:t>
+        <w:t>Квазимемлекеттік сектор субъектілерінің инвестициялық картасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z64" w:id="10"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бюджеттік бағдарлама әкімшісі _____________________________</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...9546 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="15"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Ескертпе:</w:t>
+      (Атауы және код)</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z66" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іс-шаралардың/компо-ненттердің атаулары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатысушылардың (инвестицияны алушы) атаулары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның құны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+финансирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Период</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүзеге асыру орны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескерту (қолданылған шешімдер, нәтижелер, басқалар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық қор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз қаражаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзіндік қаражат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар (қаржыландыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көзін көрсету тіи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құрылыс (инвестициялық)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолданыс (постинвестициялық)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z68" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленген инвестициялық жобалары (10 жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z75" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленіп жатқан инвестициялық жобалары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z82" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленуі жоспарланған инвестициялық жобалары (5 жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...148 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...4427 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="37"/>
+    <w:bookmarkStart w:name="z89" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Таблицаның жалғасы</w:t>
-[...13 lines deleted...]
- </w:t>
+      Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...2585 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="42"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z90" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Ескертпе:</w:t>
+      "Іс-шаралардың/компоненттердің атаулары" бағанасында жобаның іс-шаралар атаулары көрсетіледі. Тараулардың саны және атаулары қаржылық-кономикалық негіздемеде (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда) немесе заңды тұлғалардың даму жоспарында (қарыз немесе меншікті қаражат қаржыландыру көзі болған жағдайда), көрсетілген және жобаның активтерін сатып алуды қарастыратын іс-шаралардың саны мен атауларына сәйкес болу керек.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z91" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қатысушылардың (инвестицияны алушы) атаулары" бағанасында қаражат бөлінген/бөлініп отырған/бөлінетін квазимемлекеттік сектор субъектілерінің, сондай-ақ инвестициялардың соңғы алушыларының атаулары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z92" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жобаның құны (мың теңге)" бағанасында барлық қаржыландыру көздерін есепке алып жобаның жалпы құны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z93" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қаржыландыру көзі (мың тенге)" бағанасында қаражат бөлінген/бөлініп отырған/бөлінетін шенберінде тиісті қаржыландыру көзі бағанасында қаражат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z94" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Құрылыс (инвестициялық) кезең" бағанасында инвестициялық жобаны іске асыру/құру мерзімі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z95" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қолданыс (постинвестициялық) кезең" бағанасында инвестициялық жобаны қолдану мерзімі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік инвестициялық</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>жобаның инвестициялық</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>ұсынысын әзірлеу немесе</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>түзету, қажетті</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сараптамаларды жүргізу,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сондай-ақ бюджеттік</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>инвестицияларды жоспарлау,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>қарау, іріктеу,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>мониторингілеу және іске</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>асырылуын бағалау</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>қағидаларына 16-1-қосымша</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z97" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z98" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Келісім-шарт құнының арттыру бойынша салыстырмалы кесте жобасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z99" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ р/н</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телім (км)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастапқы құн (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түзетілген құн (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айырмашылығы мың теңге (+) - арттыру, (-) - төмендету</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қымбаттаудың себебі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төленді</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төлеуге жататын</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z102" w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z103" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z104" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z106" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z107" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z109" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z110" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік инвестициялық</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>жобаның инвестициялық</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>ұсынысын әзірлеу немесе</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>түзету, қажетті</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сараптамаларды жүргізу,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сондай-ақ бюджеттік</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>инвестицияларды жоспарлау,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>қарау, іріктеу,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>мониторингілеу және іске</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>асырылуын бағалау</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>қағидаларына 18-1-қосымша</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z112" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z113" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "Жобаның атауы" бағанасында жобаның атауы көрсетіледі.</w:t>
+        <w:t xml:space="preserve"> Квазимемлекеттік сектор субъектілерінің салалық картасы</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z114" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іс-шаралардың /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+компоненттердің атаулары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаны тапсырыс беруші</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатысушылардың (инвестицияны алушы) атаулары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының стратегиялық және (немесе) бағдарламалық құжаттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономиканың секторы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаны іске асыру бастауы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның іске асыру кезеңі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z115" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленген инвестициялық жобалары (10 жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z117" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленіп жатқан инвестициялық жобалары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z119" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленуі жоспарланған инвестициялық жобалары (5 жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Іс-шаралардың/компоненттердің атаулары" бағанасында жобаның іс-шаралар атаулары көрсетіледі. Тараулардың саны және атаулары қаржылық-кономикалық негіздемеде (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда) немесе заңды тұлғалардың даму жоспарында (қарыз немесе меншікті қаражат қаржыландыру көзі болған жағдайда), көрсетілген және жобаның активтерін сатып алуды қарастыратын іс-шаралардың саны мен атауларына сәйкес болу керек.</w:t>
+      Таблицаның жалғасы</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z122" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның аяқталу мерзімі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның іске асыру орны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның тиімділік көрсеткіші</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның өтелімділік мерзімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нәтижелер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жобаның құны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+( мың теңге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржыландыру көзі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық қор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз қаражаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзіндік қаражат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+басқалары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қаржыландыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көзін көрсету)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленген инвестициялық жобалары (10 жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z126" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленіп жатқан инвестициялық жобалары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z128" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленуі жоспарланған инвестициялық жобалары (5 жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z131" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жобаның атауы" бағанасында жобаның атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z132" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Іс-шаралардың/компоненттердің атаулары" бағанасында жобаның іс-шаралар атаулары көрсетіледі. Тараулардың саны және атаулары қаржылық-кономикалық негіздемеде (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда) немесе заңды тұлғалардың даму жоспарында (қарыз немесе меншікті қаражат қаржыландыру көзі болған жағдайда), көрсетілген және жобаның активтерін сатып алуды қарастыратын іс-шаралардың саны мен атауларына сәйкес болу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z133" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаны тапсырыс беруші" бағанасында жауапты мемлекеттік орган – бюджеттік бағдарламалар әкімшісінің (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда) немесе заңды тұлғаның (қарыз немесе меншікті қаражат қаржыландыру көзі болған жағдайда) атауы көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z134" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қатысушылардың (инвестицияны алушы) атаулары" бағанасында қаражат бөлінген/бөлініп отырған/бөлінетін квазимемлекеттік сектор субъектілерінің, сондай-ақ инвестициялардың соңғы алушыларының атаулары көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z135" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының стратегиялық және (немесе) бағдарламалық құжаттар" бағанасында жобаны іске асыруы қарастырылған Қазақстан Республикасының стратегиялық және (немесе) бағдарламалық құжаттардың атаулары көрсетіледі (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда).</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z136" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Экономиканың секторы" бағанасында жобаны іске асыруы әсер тигізетін экономика саласының атауы көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z137" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаны іске асыру бастауы" бағанасында жобаны іске асыру басталу мерзімі көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z138" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаның іске асыру кезеңі" бағанасында ақпаратты ұсынған кезде жоба бойынша ағымдағы жағдай көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z139" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаның аяқталу мерзімі" бағанасында аяқталған жобалар бойынша аяқталу мерзімі немесе іске асырылып жатқан және іске асыруы жоспарланған жобалар бойынша жоспарланған аяқтау мерзімі көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z140" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаның іске асыру орны" бағанасында жоба іске асырылған/іске асырылып жатырған/іске асырылуы жоспарланған жердің мекен-жайы және елді мекені көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z141" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаның тиімділік көрсеткіші" бағанасында жобаны іске асыруға шығындардың және нәтижелердің ара қатысы көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z142" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаның өтелімділік мерзімі" бағанасында инвестициялар түрлендіретін кірістер инвестицияларға шығындарды жабу үшін керек уақыт кезені көрсетіледі (тауарларды, жұмыстарды және қызметтерді сатудан түскен тікелей ақша қаражатының ағындарын алуға әкеп соқпайтын жобаларды қоспағанда)</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z143" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Нәтижелер" бағанасында мемлекеттік органның стратегиялық жоспарды, аумақты дамыту бағдарламасын және (немесе) бюджеттік бағдарламаларды іске асыру жөніндегі қызметін сипаттайтын нысаналы индикаторлардың, тікелей және түпкілікті нәтижелердің жиынтығы (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда).</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z144" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаның құны (мың теңге)" бағанасында бағанасында барлық қаржыландыру көздерін есепке алып жобаның жалпы құны көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z145" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қаржыландыру көзі (мың тенге)" бағанасында қаражат бөлінген/бөлініп отырған/бөлінетін шенберінде тиісті қаржыландыру көзі бағанасында қаражат көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z146" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ескертпе" бағанасында жобаның тиімділік және нәтижелер көрсеткіштеріне жеткібеген, сондай-ақ жобаны іске асыру мерзімі орындалмауы жағдайда олардың себептері және қабылданған шаралар көрсетіледі (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда).</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20103,35 +21020,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>