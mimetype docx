--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53106e2" w14:textId="53106e2">
+    <w:p w14:paraId="99bacc6" w14:textId="99bacc6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3086,99 +3086,173 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> айқындалған мақсаттар мен міндеттерге қайшы келмейтін өзге де өкілеттіктерді жүзеге асыруға құқылы.</w:t>
+        <w:t xml:space="preserve"> айқындалған мақсаттар мен міндеттерге қайшы келмейтін өзге де өкілеттіктерді жүзеге асыруға құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) құрылыс салушының және уәкілетті компанияның басшысы/бас бухгалтері қол қойған және Уәкілетті компанияның және Құрылыс салушының қолданыстағы қарыз/қаржылық көмек шарттарын қоса бере отырып, мөрмен (бар болса) расталған Құрылыс салушының және Уәкілетті компанияның қаржылық есептілігінің баптарының мағынасын ашып көрсете отырып, өтеу кестелерімен және нысаналы мақсатын, Құрылыс салушының акционері/қатысушысы болып табылатын заңды тұлғаның немесе Құрылыс салушының үлестес тұлғаларының және (немесе) Уәкілетті компанияның және (немесе) бас мердігердің қаржылық есептілігі шоғырландырылған қаржылық есептілігін көрсете отырып, Құрылыс салушының және Уәкілетті компанияның соңғы есепті кезеңге арналған қаржылық есептілігін сұрату (тоқсан, жарты жыл, жыл), Құрылыс салушының және Уәкілетті компанияның құрылыс басталғаннан бергі кезеңдегі есеп шотынан үзінді көшірме (кепілдік алуға өтінімді қарау кезінде құрылыстың жобалау бөлігіне не Біріңғай оператордың кепілдігін беру шарттарына өзгерістер енгізу, сондай-ақ құрылыс салушының және (немесе) уәкілетті компанияның қаржылық жай-күйінің нашарлауы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тәуелсіз ұйымдармен техникалық және қаржылық аудит жүргізу бойынша қызметтер көрсетуге арналған шарттарды сұрату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) құрылыс салушының және уәкілетті компанияның үлестес тұлғалары бойынша деректерді сұрату.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармаққа өзгеріс енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармаққа өзгерістер енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z100" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4025,834 +4099,1114 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-1) тек бір екінші деңгейдегі банкте ұлттық валютада бір ғана ағымдағы шот ашуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z169" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11-2) рейтингтік агенттіктердің бірі берген кредиттік рейтингі "B+" төмен емес екінші деңгейдегі банкте шетел валютасында ағымдағы шот ашуға міндетті. Бірнеше рейтингтік агенттіктерден рейтингтер болған кезде ең азы қолданылады.</w:t>
+      11-2) рейтингтік агенттіктердің бірі берген кредиттік рейтингі "B+" төмен емес екінші деңгейдегі банкте шетел валютасында ағымдағы шот ашуға міндетті. Бірнеше рейтингтік агенттіктерден рейтингтер болған кезде ең азы қолданылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z170" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) осы Шартқа қол қойылғаннан кейін 10 (он) жұмыс күнінен кешіктірілмейтін мерзімде инжинирингтік компанияға заң талаптарына сәйкес ақшаның нысаналы пайдаланылуын тиісінше бақылау үшін уәкілетті компанияның банктік шотынан барлық төлем құжаттарын қосымша авторизациялау (келісуді) берілсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z171" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) осы Шартқа қол қойылғаннан кейін 10 (он) жұмыс күнінен кешіктірілмейтін мерзімде уәкілетті компанияның банктік шоты бойынша ақша қозғалысы туралы үзінді көшірмелерді Біріңғай операторға беруге банкке жазбаша келісім берілсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z172" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) көппәтерлі тұрғын үйдің немесе жеке тұрғын үйлер кешенінің құрылысына бөлінген аумақтар шегінде инженерлік желілерді, оның ішінде сыртқы жүйелерді және жабдықтарды салуға, абаттандыруға және көгалдандыруға жобалау-сметалық құжаттама болған жағдайда көппәтерлі тұрғын үйдегі немесе жеке тұрғын үйлер кешеніндегі үлестерді сатуды жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z173" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) көппәтерлі тұрғын үйдегі немесе жеке тұрғын үйлер кешеніндегі үлесті құрылыс салушының және (немесе) уәкілетті компанияның контрагенттеріне міндеттемелерді орындау есебіне сату кезінде Заңның 3-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тұрғын үй құрылысына үлестік қатысудың бірыңғай ақпараттық жүйесінде осындай мәмілелер туралы ақпараттың көрсетілуін қамтамасыз етуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z174" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Бірыңғай оператордың алдын ала жазбаша келісімін алғаннан кейін ғана үшінші тұлғамен қаржылық көмек/қарыз (оның ішінде банктік қарыз), қаржы лизингі/кепілдікті, кепілгерлікті/өз мүлкін кепілге беру туралы шарт жасасуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z175" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) құрылысты аяқтауға кепілдік беру шарттары өзгерген кезде үлестік қатысу шарттарына тиісті қосымша келісімдерге қол қоюға және тұрғын үй құрылысына үлестік қатысудың бірыңғай ақпараттық жүйесінде тиісті деректерді енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z176" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) үлестес тұлғалар (байланысты Тараптар) бойынша деректерді тоқсан сайын беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z177" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) көппәтерлі тұрғын үйдегі немесе жеке тұрғын үйлер кешеніндегі үлес алаңының бірлігін көппәтерлі тұрғын үйдің немесе жеке тұрғын үйлер кешеніндегі жалпы алаңына жобалық құнның арақатынасымен айқындалатын құннан төмен емес сатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z178" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) көппәтерлі тұрғын үйдегі немесе жеке тұрғын үйлер кешеніндегі үлестің аудан бірлігін мәлімделген сату жоспарында көрсетілген бағадан төмен сатқан кезде, сондай-ақ Заңның 3-бабының 3-тармағына сәйкес көппәтерлі тұрғын үйдегі немесе жеке тұрғын үйлер кешеніндегі үлесті сату кезінде Бірыңғай операторды 3 (үш) жұмыс күнінен кешіктірілмейтін мерзімде хабардар етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z179" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) құрылыс мониторингі үшін электр энергиясы мен интернеттің қосуды, жобада бірыңғай оператордың бейнебақылау камераларын орнатуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z180" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Бірыңғай операторға құрылыс мерзімін құжаттардың толық пакетімен кемінде 15 (он бес) жұмыс күні бұрын ұзарту туралы мәселемен жүгінуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z181" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) құрылыс мерзімін ұзарту туралы мәселемен жүгінген кезде Бірыңғай операторға 1С бухгалтерияға қолжетімділік беруге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 27-тармаққа өзгеріс енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармаққа өзгерістер енгізілді – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тарау. Тараптардың жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Тараптар Шарт бойынша қабылданған міндеттемелерді орындамағаны немесе тиісінше орындамағаны үшін осы Шартта және Қазақстан Республикасының заңнамасында белгіленген тәртіпте жауапты болады. Осы Шарттың талаптарын бұзған жағдайда, Тараптар Қазақстан Республикасының қолданыстағы заңнамасына және осы Шарттың талаптарына сәйкес жауапкершілік етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Тараптардың бірінің осы Шарт бойынша өз міндеттемелерін орындамауы немесе тиісінше орындамауы салдарынан болған залалдар толық сомада өндіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Бірыңғай оператордың алдында берешектерін өтеу тәртібі туралы шартты уақытылы жасаспаған және (немесе) уақытылы төлемеген жағдайда, Құрылыс салушы, Уәкілетті компания төлем күнін қоса алғанда, Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің мөлшерінде кідіртілген әрбір күн үшін төлем сомасына өсімпұл төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="78"/>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Көппәтерлі тұрғын үй немесе жеке тұрғын үй кешені құрылысының аяқталуына салынған Бірыңғай оператордың жеке қаражаты көппәтерлі тұрғын үйдің немесе жеке тұрғын үй кешенінің құрылысы аяқталғаннан кейін тұрғын және тұрғын емес үй-жайларды сатудан түскен қаражат есебінен, сондай-ақ, Құрылыс салушының кепілін – Уәкілетті компанияның жарғылық капиталындағы қатысу үлесін өткізгеннен түскен ақша есебінен өтелуге (қайтарылуға) жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Көппәтерлі тұрғын үйдің немесе жеке тұрғын үй кешені құрылысын аяқтау бойынша Бірыңғай оператордың қаражатын (шығындарын) өтеу үшін Уәкілетті компанияның қаражаты жеткіліксіз болған жағдайда оларды өтеу жөніндегі міндетті берешектің тәуелсіз аудиторлық компанияның қорытындысымен олардың негізділігі расталғаннан кейін Бірыңғай оператордың алдындағы берешекті өтеу тәртібі туралы шартты жасасу арқылы субсидиарлық жауапкершілікпен Құрылыс салушы көтереді. Уәкілетті компания/Құрылыс салушы тәуелсіз аудиторлық компанияның қызметтерін сатып алуға шығындалған Бірыңғай оператордың қаражатын толық көлемінде өтеуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Берешекті өтеу тәртібі туралы шарт бойынша көппәтерлі тұрғын үй немесе жеке тұрғын үй кешені құрылысын аяқтау бойынша Бірыңғай оператордың қаражаттарын (шығындарын) өтеу үшін Құрылыс салушының қаражаты жеткіліксіз болған жағдайда Бірыңғай оператор Қазақстан Республикасының оңалту және банкроттық туралы заңнамасына сәйкес Құрылыс салушының банкроттығы рәсіміне бастамашылық жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 25.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9-тарау. Тараптардың жауапкершілігі</w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+        <w:t xml:space="preserve"> 10-тарау. Еңсерілмейтін күш жағдайлары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Тараптар, егер еңсерілмес күш жағдайлары салдарынан тиісті орындау мүмкін болмаған кезде осы Шарт бойынша міндеттемелерін ішінара немесе толық орындамағаны үшін жауапкершіліктен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Еңсерілмес күш жағдайлары мыналарды қоса алғанда, бірақ осылармен шектеліп қоймайтын жағдайлар болып табылады: табиғи апаттар, әскери қозғалыстар, Тараптардың біріне осы Шарт талаптарын орындауға кедергі келтіретін немесе тыйым салатын мемлекеттік билік және басқару органдарының актілері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Осы Шарт бойынша міндеттемелерді орындаудың мүмкін болмауына әкеп соғатын жағдайлар туындағанда, Тарап осы оқиғаның пайда болуынан кейін үш күннен кешіктірмей Қазақстан Республикасының уәкілетті мемлекеттік органымен расталған құжаттарды қоса ұсынып, басқа Тарапты жазбаша хабардар етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Егер еңсерілмес күштің жағдайлары 30 (отыз) күнтізбелік күннен астам созылған жағдайда, кез келген Тарап осы Шартты бұзуға құқылы. Бұл ретте, Тараптар осы Шартты бұзған күннен бастап 30 (отыз) күнтізбелік күн ішінде нақты орындалған жұмыстар және жүргізілген төлемдер бойынша өзара есеп айырысуды жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...307 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10-тарау. Еңсерілмейтін күш жағдайлары</w:t>
-[...96 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 11-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z120" w:id="91"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Осы Шартқа барлық өзгерістер және (немесе) толықтырулар, егер олар жазбаша нысанда жасалған және Тараптардың уәкілетті өкілдері қол қойған жағдайда ғана жарамды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z121" w:id="92"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z121" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Жобаға Бірыңғай оператордың алдын ала жазбаша келісімісіз оның жауапкершілігін арттыратын немесе өзге қолайсыз салдар туғызатын өзгерістер енгізілетін жағдайда, Кепілдік тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Бірыңғай оператордың кепілдік бойынша қосымша жауапкершілік қабылдаған жағдайда, Тараптар осы Шартқа қосымша келісімге қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="93"/>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Тараптар арасында осы Шарттан туындайтын немесе оған байланысты барлық даулар мен келіспеушіліктер келіссөздер арқылы, ал келісімге қол жеткізілмеген жағдайда, Қазақстан Республикасының соттарымен шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z124" w:id="94"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Осы Шартпен тікелей қарастырылмай қалған барлық жағдайларда Тараптар Қазақстан Республикасының қолданыстағы заңнамасын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z125" w:id="95"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Осы Шарт үлескерлердің ақшаларын тарту мақсатында Уәкілетті компаниямен тұрғын үй құрылысына үлестік қатысу туралы шарттарын жасау үшін негіз болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z126" w:id="96"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12-тарау. Шарттың қолданылу мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z127" w:id="97"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Шарт Уәкілетті компания осы Шарттың 5-тармағында белгіленген мерзімдерде және көлемде кепілдік жарнасын төлеген күннен бастап күшіне енеді және Тараптар өз міндеттемелерін толық және тиісінше орындағанға дейін әрекет етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z128" w:id="98"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Шарт бірдей заңдық күші бар үш данада орыс және қазақ тілдерінде, әр Тарап үшін – бір-бір данадан жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z129" w:id="99"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Осы Шарт шеңберінде Тараптар жіберетін хат-хабарлар жазбаша нысанда (фирмалық бланкте, уәкілетті тұлғалармен қол қойылған және қажетінше электрондық нұсқада) ұсынылады және осы Шартқа сәйкес оларды қарау үшін ерекше тәртіп көзделген хабарламаларды қоспағанда, Тараптар хат-хабарды қабылдаған сәттен бастап 15 (он бес) жұмыс күні ішінде қаралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z130" w:id="100"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z130" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Хат-хабар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Тараптардың кеңсесінің/іс жүргізушінің белгісі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5079,90 +5433,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефакс: ____________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта: _______.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="101"/>
+    <w:bookmarkStart w:name="z131" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Кез келген Тараптың осы шарттың 13-бабында көрсетілген мекенжайы мен деректемелері өзгерген жағдайда, тиісті Тарап басқа Тарапты жазбаша хабардар етуге тиіс. Мұндай хабарлама болмаған жағдайда, осы Шартта көрсетілген мекенжай мен деректемелер бойынша жолданған хат-хабар тиісінше қабылданған болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z132" w:id="102"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z132" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Тараптар ақпарттық сипаттағы хат-хабарды басқа Тарапқа факс байланысы және/немесе электрондық пошта арқылы жолдай алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жіберуші Тарап басқа Тарапқа хат-хабарды жібергені туралы растауы міндетті. Растау:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5173,88 +5527,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       факс байланысы арқылы – хат-хабар мәтінін қабылдап алатын Тараптың қабылдап алуы туралы белгі қою жолымен немесе тиісті факс аппаратының үзінді жазбасы болған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық пошта арқылы – оқығаны туралы хабарлама алуы немесе электрондық хатты алғаны туралы жауапты хабарлама жіберген жағдайда тиісінше жүзеге асырылған болып саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="103"/>
+    <w:bookmarkStart w:name="z133" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13-тарау. Тараптардың заңды мекенжайы және деректемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z134" w:id="104"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Уәкілетті компания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       атауы, бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5463,70 +5817,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. (болған жағдайда)             қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="105"/>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Бірыңғай оператор:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       атауы, БСН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5735,70 +6089,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. (болған жағдайда)             қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="106"/>
+    <w:bookmarkStart w:name="z136" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Құрылыс салушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       атауы, БСН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>