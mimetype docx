--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f9b7664" w14:textId="f9b7664">
+    <w:p w14:paraId="ac27952" w14:textId="ac27952">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жол қауіпсіздігін және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі нұсқаулықты бекіту туралы</w:t>
+        <w:t>Жол қауіпсіздігі және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі нұсқаулықты бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2016 жылғы 22 шілдедегі № 757 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 26 тамызда № 14161 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасының Ішкі істер министрлігі туралы ереженің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>63) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -224,74 +262,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Жол қауіпсіздігін және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі </w:t>
+      1. Қоса беріліп отырған Жол қауіпсіздігі және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа қосымшаға сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ішкі істер министрлігінің Әкімшілік полиция комитеті (И.В. Лепеха) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -844,78 +944,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жол қауіпсіздігін және регламенттерді, нормативтер мен стандарттарды сақтау</w:t>
-[...23 lines deleted...]
-        <w:t>нұсқаулық</w:t>
+        <w:t xml:space="preserve"> Жол қауіпсіздігі және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі нұсқаулық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Нұсқаулықтың тақырыбы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -944,120 +1058,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Жол қауіпсіздігін және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі нұсқаулық (бұдан әрі – Нұсқаулық) Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Ішкі істер министрлігі туралы ереженің 15-тармағының </w:t>
+      1. Осы Жол қауіпсіздігі және регламенттерді, нормативтер мен стандарттарды сақтау саласында әкімшілік полиция бөлімшелерінің қызметін ұйымдастыру жөніндегі нұсқаулық (бұдан әрі – Нұсқаулық) Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Ішкі істер министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>63) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті орган бөлімшелерінің қызметін ұйымдастыруға арналған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 29.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 859</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7792,70 +7906,152 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="192"/>
+    <w:bookmarkStart w:name="z277" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81-1. Конструкцияға өзгерістер енгізілгеннен кейін, көлік құралы оның Кеден одағы комисиясының 2011 жылғы 9 желтоқсандағы № 877 шешімімен бекітілген "Доңғалақты автокөлік құралдарының қауіпсіздігі туралы" техникалық регламентіне, сондай-ақ "Автомотокөлік құралдары. Құрастырылымына өзгерістер енгізу. Жалпы ережелер мен техникалық талаптар" ҚР СТ 1418-2018 Қазақстан Республикасының ұлттық стандартына сәйкестігі бағаланады және талапқа сай болған жағдайда көлік құралының конструкциясына өзгерістер енгізілгеннен кейін оның қауіпсіздігін тексеру жүргізіліп, көлік құралы конструкциясының қауіпсіздігін тексеру жөніндегі хаттама ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 81-1-тармақпен толықтырылды - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Пайдаланудағы көлік құралының конструкциясы мен техникалық жай-күйі, өзгерістер енгізілгеннен кейін, ішкі істер органдарына құжаттар келіп түскен сәттен бастап жұмыс күндері қырық сегіз сағат ішінде, осы Нұсқаулыққа 8-қосымшаға сәйкес көлік құралының оның конструкциясына енгізілген өзгерістермен қауіпсіздік талаптарына сәйкестігі туралы куәліктер (КО ТР 018/2011 18-қосымшасы) беру журналына мәліметтерді енгізіп, иесіне көлік құралының конструкциясына енгізілген өзгерістермен қауіпсіздік талаптарына сәйкестігі туралы куәлік беріледі, сондай-ақ "www.egov.kz" "электрондық үкімет" веб-порталы арқылы көлік құралының оның конструкциясына енгізілген өзгерістермен қауіпсіздік талаптарына сәйкестігі туралы куәлік беруге рұқсат беріледі. Бұл ретте, көлік құралының оның конструкциясына енгізілген өзгерістермен қауіпсіздік талаптарына сәйкестігі туралы куәлік беру кезінде жол жүрісі қауіпсіздігін қамтамасыз ету саласындағы аумақтық бөліністің басшысы деп басқарма және (немесе) бөлім, бөліше бастығын және оның орынбасарын, сондай-ақ жол және техникалық инспекция бөлімінің (бөлімшенің) бастығын және оның орынбасарын немесе оларды алмастыратын лауазымды адамдарды түсіну керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7874,558 +8070,484 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z246" w:id="193"/>
-[...52 lines deleted...]
-      көлік құралын сәйкестендіретін құжатты (көлік құралының паспортын), сондай-ақ көлік құралын мемлекеттік тіркеуді растайтын құжатты (көлік құралын тіркеу туралы куәлікті);</w:t>
+    <w:bookmarkStart w:name="z246" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Көлік құралының конструкциясына енгізілген өзгерістермен қауіпсіздік талаптарына сәйкестігі туралы куәлікті ресімдеу үшін көлік құралының иесі (иесінің өкілі) әкімшілік полицияға мынадай құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көлік құралын тіркеу туралы куәлікті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көлік құралының конструкциясына өзгерістер енгізу мүмкіндігі туралы жол жүрісі қауіпсіздігі саласындағы мемлекеттік басқару органы аумақтық бөлімшесінің шешімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...56 lines deleted...]
-      көлік құралының конструкциясына өзгерістер енгізу бойынша жұмыстардың көлемі мен сапасы туралы өтініш-декларацияны;</w:t>
+        <w:t>
+      КО ТР 018/2011 9-қосымшасында көзделмеген жағдайларда, көлік құралының конструкциясына өзгерістер енгізу мүмкіндігі мен тәртібі туралы қорытындыны (алдын ала техникалық сараптама немесе базалық көлік құралын дайындаушы немесе көлік құралының конструкциясына өзгерістер енгізу жөніндегі жұмыстарды жүргізуші әзірлеген, базалық көлік құралын дайындаушы белгіленген тәртіппен бекіткен және жол жүрісі қауіпсіздігі саласындағы мемлекеттік басқару органымен келісілген, көлік құралының конструкциясына өзгерістер енгізуге арналған техникалық шарттар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көлік құралының конструкциясына өзгерістер енгізілгеннен кейін оның конструкциясының қауіпсіздігін тексеру хаттамасын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жол жүрісі қауіпсіздігін қамтамасыз ету саласындағы техникалық регламенттердің, стандарттардың талаптарымен, конструкциясына енгізілген өзгерістермен көлік құралының техникалық жай-күйін тексеру нәтижелері бойынша ресімделген диагностикалық картаны ұсынады.</w:t>
+      жол жүрісі қауіпсіздігін қамтамасыз ету саласындағы техникалық регламенттердің, стандарттардың талаптарымен, конструкциясына енгізілген өзгерістермен көлік құралының техникалық жай-күйін тексеру нәтижелері бойынша рәсімделген техникалық байқаудың диагностикалық картаны ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 83-тармақ жаңа редакцияда  – ҚР Ішкі істер министрінің 20.06.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 83-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83-1. Автокөлік құралдарын қайта жабдықтау жөніндегі номенклатуралық істе, "www.egov.kz" "электрондық үкімет" веб-порталы және (немесе) өзге де ақпараттық жүйелер арқылы қызметтер көрсету кезіндегі жағдайларды қоспағанда, Нұсқаулықтың 83-тармағында көрсетілген барлық құжаттама немесе олардың көшірмелері сақталады. Автокөлік құралдарын қайта жабдықтау жөніндегі номенклатуралық істерді сақтау мерзімдері "Сақтау мерзімдерін көрсете отырып, ішкі істер органдарының, Ұлттық ұланының, қылмыстық-атқару жүйесі, төтенше жағдайлар органдарының, Қазақстан Республикасы Ішкі істер министрлігі жүйесінің мекемелері мен ұйымдарының қызметінде жасалатын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы ІІМ-нің 2016 жылғы 12 қазандағы № 977 бұйрығының 829-тармағымен бекітілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Нұсқаулық 83-1-тармақпен толықтырылды – ҚР Ішкі істер министрінің 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 459</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Ішкі істер министрінің 07.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 863</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="194"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="195"/>
+    <w:bookmarkStart w:name="z247" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       84. Жол жүрісі қауіпсіздігін қамтамасыз ету саласындағы регламенттерді, нормативтер мен стандарттарды сақтауды мемлекеттік бақылаудың және қадағалаудың жүзеге асырылуын бақылауды төмен тұрғандарға қатысты жоғары тұрған органдар жылына кемінде бір рет уәкілетті органның аумақтық бөлімшелерін тексеру арқылы жүргізеді, олардың барысында: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z248" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z248" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жол қызметі және жол жүрісін ұйымдастыруды жетілдіру саласындағы регламенттердің, нормативтер мен стандарттардың сақталуын мемлекеттік бақылау және қадағалау кезінде заңнаманың сақталуына; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z249" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z249" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жол қызметі және жол жүрісін ұйымдастыруды жетілдіру саласындағы регламенттердің, нормативтер мен стандарттардың сақталуын мемлекеттік бақылауды және қадағалауды жүзеге асыру кезінде осы Нұсқаулық талаптарының орындалуына; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z250" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z250" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) есептерде ұсынылатын қызмет нәтижелері туралы мәліметтердің шынайылығына ерекше назар аударылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z251" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z251" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       85. Автомобиль көлігімен үнемі облысішілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>автомобиль тасымалдары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қызметін көрсету құқығына конкурстық комиссия өткізу кезінде жол және техникалық инспекция бөлімінің қызметкері конкурсқа ұсынылатын көлік құралдарын тексерген кезде техникалық регламенттердің, стандарттардың талаптарына сәйкестігін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z252" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z252" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Жол және техникалық инспекция қызметкерлерін Қазақстан Республикасының заңнамасында көзделмеген міндеттерді орындауға тартуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z275" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z275" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Қадағалау және өзге де органдардың тарапынан тексеру жүргізу фактісі бойынша аумақтық органдар үш күндік мерзімде ІІМ ӘПК-ге хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8521,137 +8643,183 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жол қауіпсіздігін және регламенттерді, </w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нормативтер мен стандарттарды сақтау</w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мен стандарттарды сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бөлімшелерінің қызметін ұйымдастыру</w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі нұсқаулыққа</w:t>
+              <w:t>ұйымдастыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>нұсқаулыққа 1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Автомобиль жолын тексеру актісі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12955,122 +13123,199 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ішкі істер министрінің </w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 жылғы 22 шілдедегі </w:t>
+              <w:t>мен стандарттарды сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 757 бұйрығына </w:t>
+              <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1-1-қосымша </w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру жөніндегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нұсқаулыққа 1-1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-1қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мақсатты тексеру актісі </w:t>
+        <w:t xml:space="preserve"> Мақсатты тексеру актісі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-1-қосымшамен толықтырылды – ҚР Ішкі істер министрінің 07.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -14281,147 +14526,185 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жол қауіпсіздігін және </w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">регламенттерді, нормативтер </w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мен стандарттарды сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бөлімшелерінің қызметін </w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ұйымдастыру жөніндегі </w:t>
+              <w:t>ұйымдастыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нұсқаулыққа</w:t>
+              <w:t>нұсқаулыққа 2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> __________________ облысы (қаласы) бойынша жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның  НҰСҚАМАСЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -14815,124 +15098,183 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ішкі істер министрінің </w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 жылғы 22 шілдедегі </w:t>
+              <w:t>мен стандарттарды сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 757 бұйрығына </w:t>
+              <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру жөніндегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нұсқаулыққа 3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15665,137 +16007,183 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жол қауіпсіздігін және регламенттерді, </w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нормативтер мен стандарттарды сақтау</w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мен стандарттарды сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бөлімшелерінің қызметін ұйымдастыру</w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі нұсқаулыққа</w:t>
+              <w:t>ұйымдастыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>нұсқаулыққа 4-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17463,137 +17851,183 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жол қауіпсіздігін және регламенттерді, </w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нормативтер мен стандарттарды сақтау</w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мен стандарттарды сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бөлімшелерінің қызметін ұйымдастыру</w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі нұсқаулыққа</w:t>
+              <w:t>ұйымдастыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>нұсқаулыққа 5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көшелер мен жолдардың жағдайындағы кемшіліктерді,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -18055,134 +18489,185 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік полиция</w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бөлімшелерінің жол қауіпсіздігі</w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және регламенттерді,</w:t>
+              <w:t>мен стандарттарды сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нормативтер мен стандарттарды</w:t>
+              <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтау саласындағы қызметін</w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нұсқаулыққа 6-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жол жүрісін реттеудің техникалық құралдарын орнату (алу және қалпына келтіру) бойынша жұмыстарға нұсқамаларды және жол жүрісі қауіпсіздігін қамтамасыз ету бойынша анықталған кемшіліктерді есепке алу журналы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -19240,137 +19725,183 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жол қауіпсіздігін және регламенттерді, </w:t>
+              <w:t>Жол қауіпсіздігі және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нормативтер мен стандарттарды сақтау</w:t>
+              <w:t>регламенттерді, нормативтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мен стандарттарды сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>саласында әкімшілік полиция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бөлімшелерінің қызметін ұйымдастыру</w:t>
+              <w:t>бөлімшелерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі нұсқаулыққа</w:t>
+              <w:t>ұйымдастыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8-қосымша</w:t>
+              <w:t>нұсқаулыққа 8-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Ішкі істер министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КӨЛІК ҚҰРАЛЫНЫҢ ОНЫҢ КОНСТРУКЦИЯСЫНА ЕНГІЗІЛГЕН ӨЗГЕРІСТЕРМЕН</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -20559,55 +21090,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>