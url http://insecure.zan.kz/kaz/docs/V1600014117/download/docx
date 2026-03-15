--- v0 (2025-10-11)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1597286" w14:textId="1597286">
+    <w:p w14:paraId="04fd5c9" w14:textId="04fd5c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Премьер-Министрінің Орынбасары Қазақстан Республикасы Ауыл шаруашылығы министрінің 2016 жылғы 8 шілдедегі № 304 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 17 тамызда № 14117 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1-тармағының 53) тармақшасына сәйкес, </w:t>
+      "Қазақстан Республикасы Ауыл шаруашылығы министрлігінің кейбір мәселелері" Қазақстан Республикасы Үкіметінің 2005 жылғы 6 сәуірдегі № 310 қаулысымен бекітілген Қазақстан Республикасы Ауыл шаруашылығы министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>508-91) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған балықтың қайдан ауланғаны туралы анықтама </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -358,153 +430,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің Орынбасары -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -690,96 +782,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________ Қ. Бишімбаев   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2016 жылғы 1 тамыз</w:t>
-      </w:r>
-[...44 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -841,51 +887,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орынбасары - </w:t>
+              <w:t>орынбасары -</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -893,1125 +939,2515 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2016 жылғы 8 шілдедегі № 304</w:t>
+              <w:t>2016 жылғы 8 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрығымен бекiтiлген</w:t>
+              <w:t>№ 304 бұйрығымен бекiтiлген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(уәкілетті органның ведомствосы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(уәкілетті орган ведомствосы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумақтық бөлімшесінің атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балықтың қайдан ауланғаны туралы №______анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      ________________________________________________________</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Нысан жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...142 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жеке тұлғаның аты, әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болса), тегі немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заңды тұлғаның атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берілді (басшыныңаты, әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болса), тегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Табиғи мекендеу ортасынан ауланған/жасанды жағдайларда өсірілген балықтар/басқа да су жануарлары үшін/мелиоративтік аулау шеңберінде (қажеттісін көрсету керек)</w:t>
+        <w:t xml:space="preserve"> Табиғи ортадағы балықтар ресурстары/ басқа су жануарлары үшін/ мелиоративтік аулау шеңберінде (қажеттісін көрсету керек)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="257"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2819"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аулану орнының (су айдынының, учаскенің) атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аулау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шаруашылығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> су </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айдынының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учаскенің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балықтардың және (немесе) басқа су жануарларының түрлері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> су </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарларының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3335" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20_ жылғы 1 шілдесінен 20_ жылғы 1 шілдесіне дейін белгіленген квота/лимит (тонна) (табиғи ортадағы балықтар және (немесе) басқа су жануарлары үшін)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20_ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қантардан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 31 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>желтоқсанға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгіленген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> квота/лимит (тонна) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>табиғи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ортадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> су </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарлары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жасанды өсірумен айналыса тын ұйымның жобалық қуаты (тонна)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мелиоративтік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аулау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шеңберінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (тонна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мелиоративтік ауланым шеңберінде (тонна)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20__ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "__" ______ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жай-күй</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасалған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күнге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәлімделген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауланатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көлем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (тонна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20__ жылғы "__" ______ жағдай бойынша өтініш жасалған күнге мәлімделген ауланатын көлем (тонна)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20__ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "__" ______ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жай-күй</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қалған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (тонна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2819" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20__ жылғы "__" ______ жағдай бойынша қалған қалдық (тонна)</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3335" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық ресурстарын және басқа да су жануарларын қорғау, өсiмiн молайту және пайдалану саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі электрондық кәсіпшілік ауланым деректері журналына енгізілген табиғи ортадағы балық ресурстарының/басқа су жануарларының / мелиортивтік аулау шеңберінде (қажеттісін көрсету керек) қайдан ауланғанын және ақпараттық жүйеде болуын растайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> су </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарларының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...41 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> су </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарларының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>расталатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көлемі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (тонна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балықтардың және (немесе) басқа су жануарларының түрі</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6377" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балықтардың және (немесе) басқа су жануарларының расталатын көлемі (тонна)</w:t>
-[...40 lines deleted...]
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4385" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="6377" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2039,183 +3475,190 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
+Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6377" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      *Ескертпе: Балықтың қайдан ауланғаны туралы анықтама берілген күнінен бастап бір жыл бойы қолданылады (ащы-тұзды су айдындарын қоспағанда). </w:t>
+      *Балықтың қайдан ауланғаны туралы анықтама берілген күнінен бастап бір жыл бойы қолданылады </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Берілген күні 20 ___ жылғы "____"_______________ </w:t>
+        <w:t>
+      Берілген күні 20 ___ жылғы "___" _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (уәкілетті орган ведомствосының аумақтық бөлімшесі басшысының, тегі, аты, </w:t>
+        <w:t>
+       (уәкілетті орган ведомствосының аумақтық бөлімшесі басшысының   аты, әкесінің аты (бар болса), тегі, қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      әкесінің аты (бар болса), қолы)</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2223,55 +3666,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>