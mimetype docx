--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f07a240" w14:textId="f07a240">
+    <w:p w14:paraId="9afcdcc" w14:textId="9afcdcc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,25679 +85,24004 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Екiншi деңгейдегi банктердің пруденциялық нормативтердің орындалуы туралы есептілігінің тізбесін, нысандарын, мерзімдерін және оларды табыс ету қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 8 мамырдағы № 75 қаулысына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 143 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 19 шілдеде № 13947 болып тіркелді</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      РҚАО-ның ескертпесі!</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 143 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 19 шілдеде № 13947 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 100 қаулысымен</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Бұйрық 30.08.2016 ж. бастап қолданысқа енгізіледі</w:t>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бұйрық 30.08.2016 ж. бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Екiншi деңгейдегi банктердің қызметін реттейтін Қазақстан Республикасының нормативтік құқықтық актілерін жетілдіру мақсатында және «Мемлекеттік статистика туралы» 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+        <w:t xml:space="preserve">
+       Екiншi деңгейдегi банктердің қызметін реттейтін Қазақстан Республикасының нормативтік құқықтық актілерін жетілдіру мақсатында және "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      1. «Екiншi деңгейдегi банктердің пруденциялық нормативтердің орындалуы туралы есептілігінің тізбесін, нысандарын, мерзімдерін және оларды табыс ету қағидаларын бекіту туралы» Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 8 мамырдағы № 75 </w:t>
+        <w:t xml:space="preserve">
+      1. "Екiншi деңгейдегi банктердің пруденциялық нормативтердің орындалуы туралы есептілігінің тізбесін, нысандарын, мерзімдерін және оларды табыс ету қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 8 мамырдағы № 75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11162 тіркелген, 2016 жылғы 29 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің «Әділет» ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтыру енгізілсін: </w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11162 тіркелген, 2016 жылғы 29 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтыру енгізілсін: </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Мыналар:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы қаулыға 1-қосымшаға сәйкес екiншi деңгейдегi банктердің пруденциялық нормативтердің орындалуы туралы есептілігінің тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулыға 2-қосымшаға сәйкес пруденциялық нормативтердің орындалуы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы қаулыға 3-қосымшаға сәйкес кредиттік тәуекел ескеріле отырып мөлшерленген активтердің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы қаулыға 4-қосымшаға сәйкес кредиттік тәуекел ескеріле отырып мөлшерленген шартты және ықтимал міндеттемелердің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы қаулыға 5-қосымшаға сәйкес кредиттік тәуекел ескеріле отырып мөлшерленген туынды қаржы құралдары бойынша шартты және ықтимал талаптар мен міндеттемелердің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы қаулыға 6-қосымшаға сәйкес айрықша пайыздық тәуекелді есептеудің (валюталар бөлігінде) талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осы қаулыға 7-қосымшаға сәйкес уақыт аралықтары бойынша ашық позицияларды бөлу (валюталар бөлігінде) туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы қаулыға 8-қосымшаға сәйкес жалпы пайыздық тәуекелді есептеудің (валюталар бөлігінде) талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осы қаулыға 9-қосымшаға сәйкес бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осы қаулыға 10-қосымшаға сәйкес бір қарыз алушыға келетін тәуекелдің (қарыз алушылар бөлігінде) ең жоғары мөлшерінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осы қаулыға 11-қосымшаға сәйкес k4 ағымдағы өтімділік коэффициентінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) осы қаулыға 12-қосымшаға сәйкес k4-1, k4-2, k4-3 мерзімді өтімділік коэффициенттерінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) осы қаулыға 13-қосымшаға сәйкес k4-4, k4-5, k4-6 мерзімді валюталық өтімділік коэффициенттерінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осы қаулыға 14-қосымшаға сәйкес аптаның (айдың) әрбір жұмыс күні үшін әрбір шетел валютасы бойынша валюталық позициялар және валюталық нетто-позиция туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осы қаулыға 15-қосымшаға сәйкес ішкі активтердің, ішкі және өзге міндеттемелердің орташа айлық шамасын, қаражат бөлігін ішкі активтерге орналастыру коэффициентін есептеу туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) осы қаулыға 16-қосымшаға сәйкес банктерді Қазақстан Республикасының бейрезиденттері алдындағы міндеттемелерге капиталдандыру коэффициенттерінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осы қаулыға 17-қосымшаға сәйкес секьюритилендіру кезінде меншікті капиталдың жеткіліктілігі коэффициенттерін есептеу туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) осы қаулыға 18-қосымшаға сәйкес исламдық банктер ұсынатын кредиттік тәуекел ескеріле отырып мөлшерленген активтердің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) осы қаулыға 19-қосымшаға сәйкес исламдық банктер ұсынатын кредиттік тәуекел ескеріле отырып мөлшерленген шартты және ықтимал міндеттемелердің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осы қаулыға 20-қосымшаға сәйкес исламдық банктер ұсынатын тауар-материалдық қорлардың нарықтық құнының өзгеруіне байланысты нарықтық тәуекелдің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) осы қаулыға 20-1-қосымшаға сәйкес өтімділікті өтеу коэффициентінің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осы қаулыға 21-қосымшаға сәйкес Екiншi деңгейдегi банктердің пруденциялық нормативтердің орындалуы туралы есептілікті ұсыну қағидалары бекітілсін.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...575 lines deleted...]
-       </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      «2. Екiншi деңгейдегi банктер осы қаулының </w:t>
+        <w:t xml:space="preserve">
+      "2. Екiншi деңгейдегi банктер осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайды қоспағанда, Қазақстан Республикасының Ұлттық Банкіне электрондық форматта:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ай сайын осы қаулының 1-тармағының 2), 3), 4), 5), 6), 7), 8), 9), 10), 11), 12), 13), 14), 15), 16), 17), 18), 19) және 20) тармақшаларында көзделген есептілікті – есепті айдан кейінгі айдың жетінші жұмыс күнінен кешіктірмей;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ай сайын осы қаулының 1-тармағының 20-1) тармақшасында көзделген есептілікті – есепті айдан кейінгі айдың жиырмасынан кешіктірмей;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      3) апта сайын осы қаулының 1-тармағының </w:t>
+        <w:t xml:space="preserve">
+      3) апта сайын осы қаулының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген есептілікті – есепті аптадан кейінгі аптаның бесінші жұмыс күнінен кешіктірмей ұсынады.»;</w:t>
+        <w:t xml:space="preserve"> көзделген есептілікті – есепті аптадан кейінгі аптаның бесінші жұмыс күнінен кешіктірмей ұсынады.";</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы қаулыға </w:t>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      осы қаулыға </w:t>
+        <w:t xml:space="preserve">
+      осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакциядағы 20-1-қосымшамен толықтырылсын.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қаржы нарығының әдіснамасы департаменті (Әбдірахманов Н.А.) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Заң департаментімен (Сәрсенова Н.В.) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулыны "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгенінен кейін күнтізбелік он күн ішінде "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін оны Қазақстан Республикасының Ұлттық Банкі алған күннен бастап бес жұмыс күні ішінде Қазақстан Республикасы нормативтік құқықтық актілерінің мемлекеттік тізіліміне, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізуге жіберуді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы қаулы ресми жарияланғаннан кейін оны Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қаржылық қызметтерді тұтынушылардың құқықтарын қорғау және сыртқы коммуникациялар басқармасы (Терентьев А.Л.) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде мерзімді баспасөз басылымдарында ресми жариялауға жіберуді қамтамасыз етсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары О.А. Смоляковқа жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы қаулы 2016 жылғы 30 тамыздан бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық Банк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төрағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Д. Ақышев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұлттық экономика министрлігі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Статистика комитетінің Төрағасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Н.Айдапкелов _____________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2016 жылғы 13 маусым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...9 lines deleted...]
-      2. Қаржы нарығының әдіснамасы департаменті (Әбдірахманов Н.А.) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...159 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...327 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 жылғы 30 мамырдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 143 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 8 мамырдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 75 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Екiншi деңгейдегі банктердің пруденциялық нормативтердің</w:t>
+        <w:t xml:space="preserve"> Екiншi деңгейдегі банктердің пруденциялық нормативтердің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-орындалуы туралы есептілігінің тізбесі</w:t>
+        <w:t>орындалуы туралы есептілігінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z51" w:id="3"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екiншi деңгейдегі банктердің пруденциялық нормативтердің орындалуы туралы есептілігіне мыналар кіреді:</w:t>
       </w:r>
-      <w:r>
-[...498 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z72" w:id="4"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...56 lines deleted...]
-2-қосымша          </w:t>
+        <w:t>
+      1) пруденциялық нормативтердің орындалуы туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы   </w:t>
+        <w:t>
+      2) кредиттік тәуекел ескеріле отырып мөлшерленген активтердің талдамасы туралы есеп;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-Ұлттық Банкі Басқармасының </w:t>
+        <w:t>
+      3) кредиттік тәуекел ескеріле отырып мөлшерленген шартты және ықтимал міндеттемелердің талдамасы туралы есеп;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-2015 жылғы 8 мамырдағы   </w:t>
+        <w:t>
+      4) кредиттік тәуекел ескеріле отырып мөлшерленген туынды қаржы құралдары бойынша шартты және ықтимал талаптар мен міндеттемелердің талдамасы туралы есеп;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-№ 75 қаулысына       </w:t>
+        <w:t>
+      5) айрықша пайыздық тәуекелді есептеудің (валюталар бөлігінде) талдамасы туралы есеп;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-20-1-қосымша        </w:t>
+        <w:t>
+      6) уақыт аралықтары бойынша ашық позицияларды бөлу (валюталар бөлігінде) туралы есеп;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жалпы пайыздық тәуекелді есептеудің (валюталар бөлігінде) талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бір қарыз алушыға келетін тәуекелдің (қарыз алушылар бөлігінде) ең жоғары мөлшерінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) k4 ағымдағы өтімділік коэффициентінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) k4-1, k4-2, k4-3 мерзімді өтімділік коэффициенттерінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) k4-4, k4-5, k4-6 мерзімді валюталық өтімділік коэффициенттерінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) аптаның (айдың) әрбір жұмыс күні үшін әрбір шетел валютасы бойынша валюталық позициялар және валюталық нетто-позиция туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ішкі активтердің, ішкі және өзге міндеттемелердің орташа айлық шамасын, қаражат бөлігін ішкі активтерге орналастыру коэффициентін есептеу туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) банктерді Қазақстан Республикасының бейрезиденттері алдындағы міндеттемелерге капиталдандыру коэффициенттерінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) секьюритилендіру кезінде меншікті капиталдың жеткіліктілігі коэффициенттерін есептеу туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) исламдық банктер ұсынатын кредиттік тәуекел ескеріле отырып мөлшерленген активтердің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) исламдық банктер ұсынатын кредиттік тәуекел ескеріле отырып мөлшерленген шартты және ықтимал міндеттемелердің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) исламдық банктер ұсынатын тауар-материалдық қорлардың нарықтық құнының өзгеруіне байланысты нарықтық тәуекелдің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) өтімділікті өтеу коэффициентінің талдамасы туралы есеп.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 жылғы 30 мамырдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 143 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 8 мамырдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 75 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20-1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік деректер жинауға арналған нысан Өтімділікті өтеу коэффициентінің талдамасы туралы есеп</w:t>
+        <w:t xml:space="preserve"> Әкімшілік деректер жинауға арналған нысан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Өтімділікті өтеу коэффициентінің талдамасы туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Есепті кезең: 20__жылғы «___»________</w:t>
+        <w:t>
+      Есепті кезең: 20__жылғы "___"________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-(банктің атауы)</w:t>
+      _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Индекс: 1-BVU_LCR</w:t>
+        <w:t>
+      (банктің атауы)</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс: 1-BVU_LCR</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: ай сайын</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынатындар: екiншi деңгейдегі банк</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкі</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсыну мерзімі: есепті айдан кейінгі айдың жиырмасынан кеш емес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Нысан  </w:t>
-[...22728 lines deleted...]
-          тегі, аты, әкесінің аты (бар болса)                қолы</w:t>
+        <w:t xml:space="preserve">
+      Нысан  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Бас бухгалтер</w:t>
+        <w:t>
+      (мың теңгемен)</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баптар атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Пайызбен есепке алу коэффициенті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірінші деңгейдегі сапасы жоғары өтімді активтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қолма-қол ақша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Ұлттық Банкіндегі депозиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Үкіметіне, Қазақстан Республикасының Ұлттық Банкіне, шет мемлекеттердің орталық үкiметтерiне және шет мемлекеттердің орталық банктеріне, халықаралық қаржы ұйымдарына 0 (нөл) пайыз кредиттік тәуекел дәрежесі бойынша мөлшерленетін талаптар, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Үкiметi, Қазақстан Республикасының Ұлттық Банкі кепілдік берген бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкіметтері мен шет мемлекеттердің орталық банктері кепілдік берген бағалы қағаздар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары кепілдік берген бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Үкiметiне берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Ұлттық Банкіне берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық үкiметтерiне берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріне берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарына берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріндегі салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарындағы салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Үкіметінің дебиторлық берешегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Үкiметi мен Қазақстан Республикасының Ұлттық Банкі шығарған Қазақстан Республикасының мемлекеттік бағалы қағаздары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкiметтерi шығарған мемлекеттік мәртебесі бар бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары шығарған бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 (нөл) пайыздан жоғары кредиттік тәуекел дәрежесі бойынша мөлшерленген жағдайда, шет мемлекеттердің орталық үкiметтерiнің және шет мемлекеттердің орталық банктерінің тиісті елдердің валютасында номинирленген бағалы қағаздары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екінші деңгейдегі сапасы жоғары өтімді активтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының жергілікті билік органдарына талаптар, оның ішінде Қазақстан Республикасының жергілікті билік органдары шығарған, 20 (жиырма) пайыз кредиттік тәуекел дәрежесі бойынша мөлшерленетін бағалы қағаздар, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының жергілікті билік органдарына берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының жергілікті билік органдарының дебиторлық берешегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының жергілікті билік органдары шығарған бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет мемлекеттердің орталық үкiметтерiне, шет мемлекеттердің орталық банктеріне, шет мемлекеттердің жергілікті билік органдарына 20 (жиырма) пайыз кредиттік тәуекел дәрежесі бойынша мөлшерленетін талаптар, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкіметтері мен шет мемлекеттердің орталық банктері кепілдік берген бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің жергілікті билік органдары кепілдік берген бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары кепілдік берген бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық үкіметтеріне берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріне берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарына берiлген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "AA-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің жергiлiктi билік органдарына берілген қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық банктеріндегі салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдарындағы салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің орталық үкiметтерi шығарған мемлекеттік мәртебесi бар бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "А+"-тан "А-"-ке дейiнгi борыштық рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары шығарған бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "АА-" төмен емес тәуелсіз рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар елдердің жергiлiктi билік органдары шығарған бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Standard &amp; Poor's агенттiгiнiң "AA-" төмен емес ұзақмерзімді рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар қаржылық емес ұйымдар шығарған бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктің міндеттемесі болып табылмайтын, Standard &amp; Poor's агенттiгiнiң "AA-" төмен емес ұзақмерзімді рейтингі немесе басқа рейтингілік агенттiктердiң бiрiнiң осыған ұқсас деңгейдегі рейтингі бар ипотекалық бағалы қағаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғалардың депозиттері бойынша ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрақты депозиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аздап тұрақсыз депозиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғалардың, шағын кәсіпкерлік субъектілерінің алдындағы банктің активтерімен қамтамасыз етілмеген міндеттемелер бойынша ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толық көлемі баламасында Америка Құрама Штаттарының 1 (бір) миллион долларынан аспайтын, шағын кәсіпкерлік субъектілері болып табылатын қаржылық емес ұйымдар орналастырған салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Клирингтік, кастодиандық қызметпен, өтімділікті басқару қызметімен байланысты салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық емес ұйымдардың, Қазақстан Республикасы Үкіметінің, Қазақстан Республикасының Ұлттық Банкінің, Қазақстан Республикасының жергілікті билік органдарының, халықаралық қаржы ұйымдарының, шет мемлекеттердің орталық үкіметтерінің, шет мемлекеттердің орталық банктерінің, шет мемлекеттердің жергілікті билік органдарының депозиттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге заңды тұлғалардың алдындағы міндеттемелер, оның ішінде шығарылған бағалы қағаздар бойынша міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғалардың алдындағы банктің активтерімен қамтамасыз етілген міндеттемелер бойынша ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Үкіметі және Қазақстан Республикасының Ұлттық Банкі алдындағы міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 (жиырма) пайыздан жоғары кредиттік тәуекел дәрежесі бойынша мөлшерленетін, бірінші және екінші деңгейлердегі сапасы жоғары өтімді активтер болып табылмайтын активтермен қамтамасыз етілген Қазақстан Республикасының жергілікті билік органдарының, халықаралық қаржы ұйымдарының алдындағы міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге қамтамасыз етілген міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шартты және ықтимал міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бойынша қосымша ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктің рейтингі 3 (үш) сатыға дейін қоса алғанда төмендеген кезде туынды қаржы құралдары мен өзге шарттар бойынша өтімділіктегі қосымша қажеттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туынды қаржы құралдары немесе өзге де операциялар бойынша позицияларды нарықтық бағалаудың өзгеру кезінде өтімділіктегі қосымша қажеттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдыңғы 24 (жиырма төрт) айдағы ең көп отыз күндік ақшаның нетто әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туынды қаржы құралдары мен өзге де операциялар бойынша қамтамасыз етуді қайта бағалау кезінде өтімділіктегі қосымша қажеттілік (бірінші деңгейдегі сапасы жоғары өтімді активтерді қоспағанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кез келген уақытта қайтарып алу көзделген туынды қаржы құралдары бойынша позицияны қолдауға байланысты банк ұстап қалатын қамтамасыз етудің асып кету мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер қамтамасыз ету ұсынылмаған жағдайда шарттың талаптарына сәйкес қарсы агенттің талап етуі бойынша банктің қамтамасыз етуді ұсынуы көзделетін операциялар бойынша өтімділіктегі қосымша қажеттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қамтамасыз етуді сапасы жоғары өтімді активтер болып табылмайтын активтерге ауыстыру мүмкіндігімен байланысты өтімділіктегі қосымша қажеттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Активтер бойынша, оның ішінде банк шығарған және күнтізбелік 30 (отыз) күннен аз өтеу мерзімі бар ипотекалық бағалы қағаздар бойынша ақшаның келіп түсуімен қамтамасыз етілген бағалы қағаздар бойынша ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Активтер бойынша ақшаның келіп түсуімен қамтамасыз етілген және банктің еншілес арнайы ұйымдары шығарған, күнтізбелік 30 (отыз) күннен аз өтеу мерзімі бар бағалы қағаздар бойынша ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаларға және шағын кәсіпкерлік субъектілеріне берілген кредиттік желілер мен өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық емес ұйымдарға, Қазақстан Республикасының Үкіметіне, Қазақстан Республикасының Ұлттық Банкіне, Қазақстан Республикасының жергілікті билік органдарына, халықаралық қаржы ұйымдарына берілген кредиттік желілердің пайдаланылмаған бөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық емес ұйымдарға, Қазақстан Республикасының Үкіметіне, Қазақстан Республикасының Ұлттық Банкіне, Қазақстан Республикасының жергілікті билік органдарына, халықаралық қаржы ұйымдарына берілген өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа банктерге берілген кредиттік желілер мен өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктер болып табылмайтын қаржы ұйымдарына берілген кредиттік желілердің пайдаланылмаған бөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктер болып табылмайтын өзге қаржы ұйымдарына берілген өтімділік желілерінің пайдаланылмаған бөлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге заңды тұлғаларға берілген кредиттік желілер мен өтімділік желілерінің пайдаланылмаған бөлігі (оның ішінде банктің еншілес арнайы ұйымдары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шартсыз қайтарып алынатын кредиттік желілер мен өтімділік желілері бойынша өтімділіктегі қосымша қажеттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлар мен қызметтердің экспортын және импортын қаржыландыруға байланысты міндеттемелер (факторинг және форфейтинг операцияларын жүргізуге байланысты кепілдіктер мен кепілдемелер, аккредитивтер бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлар мен қызметтердің экспортын және импортын қаржыландыруға байланысты емес кепілдіктер мен кепілдемелер, аккредитивтер бойынша міндеттемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндеттемелер бойынша өзге де ақшаның әкетілуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақшаның келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген қарыз операциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екінші деңгейдегі сапасы жоғары өтімді активтермен қамтамасыз етілген қарыз операциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапасы жоғары өтімді активтерге жатпайтын активтерді қамтамасыз етуге бағалы қағаздарды сатып алу-сатуды жасау үшін (маржалық мәмілелер) ұсынылған қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге активтермен қамтамасыз етілген қарыз операциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа банктер берген кредиттік желілер, өтімділік желілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа қаржы ұйымдарындағы клирингтік, кастодиандық қызметпен, клиенттің өтімділігін басқару қызметімен байланысты салымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі борыш және (немесе) есептелген сыйақы бойынша мерзімі өткен берешегі бар қарыздарды қоспағанда, оның ішінде мыналарға берілген кредиттер бойынша ақшаның келуі:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жеке тұлғаларға және шағын кәсіпкерлік субъектілеріне </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаржылық емес ұйымдарға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+банктерге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туынды қаржы құралдары бойынша нетто ақшаның келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таяу күнтізбелік 30 (отыз) күнде ақшаның келуі күтілетін шарттар бойынша операциялардан түсетін өзге де ақшаның келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапасы жоғары өтімді активтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кейінгі күнтізбелік 30 (отыз) күн ішінде банктің операциялары бойынша ақша қаражатының нетто әкетілуі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтімділікті өтеу коэффициенті (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-______________________________________________ ______________________</w:t>
-[...13 lines deleted...]
-          тегі, аты, әкесінің аты (бар болса)           қолы</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Орындаушы _______  ________________________ ______  ___________</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-                лауазымы тегі, аты, әкесінің аты   қолы     телефон</w:t>
-[...13 lines deleted...]
-                              (бар болса)                   нөмірі</w:t>
+      Бiрiншi басшы (ол болмаған кезеңде – оның орнындағы тұлға)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Есепке қол қойылған күні 20___жылғы «_____»_____________</w:t>
+        <w:t>
+      ________________________________________________________ ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мөр орны (бар болса)</w:t>
+        <w:t>
+                тегі, аты, әкесінің аты (бар болса)                қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Әкімшілік деректер жинауға арналған нысанды толтыру бойынша түсіндірме осы нысанға қосымшада келтірілген</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> Әкімшілік деректер жинауға арналған нысанды толтыру бойынша түсіндірме Өтімділікті өтеу коэффициентінің талдамасы туралы есеп 1. Жалпы ережелер</w:t>
+        <w:t>
+            Бас бухгалтер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1. Осы түсіндірме (бұдан әрі – Түсіндірме) «Өтімділікті өтеу коэффициентінің талдамасы туралы есеп» әкімшілік деректер жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+        <w:t>
+      ______________________________________________ ______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Нысан «Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы» 2003 жылғы 4 шілдедегі Қазақстан Республикасы Заңының </w:t>
+                тегі, аты, әкесінің аты (бар болса)           қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            Орындаушы _______  ________________________ ______  ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                      лауазымы тегі, аты, әкесінің аты   қолы     телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                    (бар болса)                   нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепке қол қойылған күні 20___жылғы "_____"_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректер жинауға арналған нысанды толтыру бойынша түсіндірме осы нысанға қосымшада келтірілген</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтімділікті өтеу коэффициентінің талдамасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы есептің нысанына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректер жинауға арналған нысанды толтыру бойынша түсіндірме</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Өтімділікті өтеу коэффициентінің талдамасы туралы есеп</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме (бұдан әрі – Түсіндірме) "Өтімділікті өтеу коэффициентінің талдамасы туралы есеп" әкімшілік деректер жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нысан "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" 2003 жылғы 4 шілдедегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 6) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды екiншi деңгейдегі банктер ай сайын жасайды және есепті кезеңнің әрбір күнтізбелік күніне толтырады. Нысандағы деректер мың теңгемен толтырылады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға бірінші басшы (ол болмаған кезеңде – оның орнындағы тұлға), бас бухгалтер және орындаушы қол қояды.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2016 жылғы 1 шілде – 2017 жылғы 30 маусым аралығындағы кезең ішінде Қазақстан Республикасының Ұлттық Банкіне ұсынылғаннан кейін Нысаннан толық емес және (немесе) дәйексіз ақпарат анықталған жағдайда, екiншi деңгейдегi банк есептіліктегі қателер туралы ақпаратты қоса бере отырып, уәкілетті органды бұл туралы жазбаша хабардар етеді, бұл ретте пысықталған есептілікті ұсыну талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6. Нысан Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № тіркелген «Пруденциялық нормативтердің және сақталуға міндетті өзге де нормалар мен белгілі бір күнге банк капиталының мөлшері лимиттерінің нормативтік мәндерін және есептеу әдістемесін және Банктің ашық валюталық позициясын есептеу қағидаларын және лимиттерін белгілеу туралы» Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 147 қаулысына (бұдан әрі – Нормативтік мәндер) сәйкес толтырылады.</w:t>
+        <w:t>
+      6. Нысан Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № тіркелген "Пруденциялық нормативтердің және сақталуға міндетті өзге де нормалар мен белгілі бір күнге банк капиталының мөлшері лимиттерінің нормативтік мәндерін және есептеу әдістемесін және Банктің ашық валюталық позициясын есептеу қағидаларын және лимиттерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 147 қаулысына (бұдан әрі – Нормативтік мәндер) сәйкес толтырылады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Банктің сапасы жоғары өтімді активтері Нормативтік мәндердің 71-тармағында белгіленген операциялық талаптар ескеріле отырып және Нормативтік мәндердің </w:t>
+        <w:t xml:space="preserve">
+      7. Банктің сапасы жоғары өтімді активтері Нормативтік мәндердің 71-тармағында белгіленген операциялық талаптар ескеріле отырып және Нормативтік мәндердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген есепке алу коэффициенттері қолданыла отырып есептеледі. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. Ақшаның әкетілуі (келуі) Нормативтік мәндердің </w:t>
+        <w:t xml:space="preserve">
+      8. Ақшаның әкетілуі (келуі) Нормативтік мәндердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген әкетілу (келу) коэффициенттері қолданыла отырып кейінгі күнтізбелік 30 (отыз) күн ішіндегі ақшаның әкетілу (келу) сомасы ретінде есептеледі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Нысанды толтыру кезінде 48-жолда бірінші және екінші деңгейлердегі сапасы жоғары өтімді активтер бойынша деректер жинақталады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Нысанды толтыру кезінде 49-жолда есептеу Нормативтік мәндердің 75-тармағына сәйкес жүргізіледі. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Нысанды толтыру кезінде 50-жолда сапасы жоғары өтімді активтердің кейінгі күнтізбелік 30 (отыз) күн ішіндегі банктің операциялары бойынша ақша қаражатының нетто әкетілуіне пайыздық көрінісіндегі қатынасы көрсетіледі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Нысанды толтыру кезінде 4-бағанда 2-бағандағы баптардың атаулары бойынша сомалар 3-бағанда белгіленген есепке алу коэффициенттері қолданыла отырып есепті айдың әрбір күні үшін көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -25765,63 +24092,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26143,35 +24492,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>