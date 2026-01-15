--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="644dddf" w14:textId="644dddf">
+    <w:p w14:paraId="d9ba738" w14:textId="d9ba738">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -783,2044 +783,2190 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық Банкінің Басқармасының</w:t>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2016 жылғы 30 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 140 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бекітілді</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру бойынша сақтандыру сыйлықақысын есептеу үшін "бонус-малус" жүйесі бойынша коэффициентті есептеу және қолдану қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 87</w:t>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін үш ай өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру бойынша сақтандыру сыйлықақысын есептеу үшін "бонус-малус" жүйесі бойынша коэффициентті есептеу және қолдану қағидалары (бұдан әрі – Қағида) "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) 43-бабының </w:t>
+      1. Осы Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру бойынша сақтандыру сыйлықақысын есептеу үшін "бонус-малус" жүйесі бойынша коэффициентті есептеу және қолдану қағидалары (бұдан әрі – Қағидалар) "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) 43-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және "Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы" Қазақстан Республикасының Заңы (бұдан әрі – Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы заңы) 19-бабының </w:t>
+        <w:t xml:space="preserve"> және "Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы заңы) 19-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру (бұдан әрі – көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру) бойынша сақтандыру сыйлықақысын есептеу үшін "бонус-малус" жүйесі бойынша коэффициентті есептеу және қолдану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидаларда пайдаланылатын ұғымдар мен терминдер Заңда және Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы заңда көрсетілген мағыналарда қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+        <w:t xml:space="preserve">
+      "Бонус-малус" жүйесі бойынша коэффициенттерді (бұдан әрі – коэффициент) белгілеу мақсатында көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шартын (бұдан әрі – міндетті сақтандыру шарты) жасасу кезінде азаматтығы және (немесе) жеке басы төмендегі құжаттармен расталатын және (немесе) куәландырылатын адам Қазақстан Республикасының резидент-жеке тұлғасы болып танылады: </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы азаматтының жеке куәлігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы азаматының паспорты;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасында туылғаны туралы куәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шетелдіктің Қазақстан Республикасында тұруына ықтиярхат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) азаматтығы жоқ адамның куәлігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Міндетті сақтандыру шартын жасасу кезінде сақтанушыға (сақтандырылушыға) Қағидаларға қосымшаға сәйкес коэффициенттер (бұдан әрі – коэффициент) белгіленіп, тиісті сыныптар (бұдан әрі – сынып) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтандырушының коэффициенттерді қолдануы үшін сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы (сақтандыру жағдайлары) туралы ақпарат не сақтандыру жағдайы (сақтандыру жағдайлары) туралы ақпараттың болмауы, сондай-ақ сақтандыру жөніндегі бірыңғай дерекқордан (бұдан әрі – дерекқор) және (немесе) мемлекеттік дерекқорлардан сақтандырушы алған, Қағидаларда көзделген өзге де ақпарат негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Бонус-малус" жүйесі бойынша коэффициенттерді есептеу және беру үшін қажетті мемлекеттік дерекқорлардан алынған мәліметтерді сақтандырушы дерекқорға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақпарат беруші болып табылатын сақтандырушы ақпарат беру жөніндегі талаптарды орындамағаны немесе тиісінше орындамағаны үшін Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сақтанушыға (сақтандырылушыға) сақтандыру сыныбы берілген кезде оның кінәсінен болған сақтандыру жағдайы (сақтандыру жағдайлары), сондай-ақ жасалған міндетті сақтандыру шарттарының санына қарамастан, сыныптың алдыңғы өзгерген күнінен бастап міндетті сақтандыру шарты бойынша сақтанушының (сақтандырылушының) азаматтық-құқықтық жауапкершілігі сақтандырылған күндер және Қағидаларда көзделген өзге де ақпарат есепке алынуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайының (сақтандыру жағдайларының) басталуы және ол (олар) бойынша сақтандыру төлемі жүзеге асырылған, Қағидалардың 7, 10, 11, 12, 13 және 14-тармақтарында белгіленген талаптар ескеріле отырып, Қағидаларға қосымшаға сәйкес сақтанушының (сақтандырылушының) сыныбының төмендеуіне әкеп соғады. Бұл жағдайда ең төменгі сынып M2 сыныбы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыныпты одан жоғары сыныпқа өзгерту бір уақытта мынадай шарттар орындалған кезде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерекқорды қалыптастыруды және жүргізуді жүзеге асыратын ұйымда сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы (сақтандыру жағдайлары) туралы және сыныптың соңғы өзгерген сәтінен бастап дерекқорда есепке алынған ақпараттың болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кемінде күнтізбелік екі жүз жетпіс күн мерзімге сақтанушының (сақтандырылушының) азаматтық-құқықтық жауапкершілігін үздіксіз сақтандыру туралы ақпараттың болуы талап етілетін Қағидалардың 4 және 5-тармақтарында көзделген жағдайларды қоспағанда, жасалған міндетті сақтандыру шарттарының санына қарамастан, сақтанушының (сақтандырылушының) міндетті сақтандыру шарты бойынша азаматтық-құқықтық жауапкершілігі сақтандырылған сыныптың соңғы өзгерген күнінен бастап кемінде күнтізбелік екі жүз жетпіс күн туралы дерекқорда ақпараттың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлік құралдарын басқару құқығынан айырылған адамдар үшін сыныптар бұл құқықтан айыру мерзімі ішінде көтерілмейді. Сыныпты неғұрлым жоғары сыныпқа өзгерту үшін көлік құралын басқару құқығынан айырылған жағдайда, көлік құралдарын басқару құқығынан айырылған күнге дейін жасалған міндетті сақтандыру шарттарының санына қарамастан, сақтанушының (сақтандырылушының) міндетті сақтандыру шарты бойынша азаматтық-құқықтық жауапкершілігі сақтандырылған сыныптың соңғы өзгерген күнінен бастап күндер есепке алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың төртінші бөлігінде және Қағидалардың 7, 8, 9, 12, 13, 14-тармақтарында көрсетілген ақпарат есептеу күннің алдындағы күні ақпарат болмаған жағдайда, осы ақпаратқа сақтандыру жөніндегі бірыңғай дерекқорға қолжетімділік не оны ағымдағы күнгі жағдай бойынша мемлекеттік дерекқорлармен интеграциялау арқылы алу мүмкіндігі болған кезде бонус-малус коэффициенттерін есептеу кезінде қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Міндетті сақтандыру шартын жасасу кезінде Қағидалардың 5 және 6-тармақтарында көзделген жағдайларды қоспағанда, сақтанушыға (сақтандырылушыға) алғаш рет көтеретін жиырма пайыз коэффициенті қолданыла отырып, 3-сынып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Егер дерекқорда сақтанушының (сақтандырылушының) азаматтық-құқықтық жауапкершілігін міндетті сақтандыру шарты бойынша кемінде күнтізбелік екі жүз жетпіс күн мерзімге бұрын үздіксіз сақтандырылғанның болуы туралы ақпарат болмаған жағдайда, міндетті сақтандыру шарты алғаш рет жасалған болып есептеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мотокөлік құралының иесімен алғаш рет міндетті сақтандыру шартын жасасу кезінде Қағидалардың 6-тармағында көзделген жағдайды қоспағанда, сақтанушыға (сақтандырылушыға) 3-сынып беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер дерекқорда сақтанушының (сақтандырылушының) азаматтық-құқықтық жауапкершілігін міндетті сақтандыру шарты бойынша кемінде екі жүз жетпіс күнтізбелік күн мерзімге бұрын үздіксіз сақтандырылғанның болуы туралы ақпарат болмаған жағдайда, міндетті сақтандыру шарты алғаш рет жасалған болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Қазақстан Республикасында туу туралы куәлік;</w:t>
+      6. Қазақстан Республикасының аумағына уақытша кірген (әкелінген) көлік құралдарының иелерімен міндетті сақтандыру шартын жасасу кезінде 13-сынып беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) шетелдіктің Қазақстан Республикасында тұруына ықтиярхат;</w:t>
+      7. Сақтанушының (сақтандырылушының) кінәсінен болған және қаза табуға әкеп соққан және сақтандыру төлемі жүзеге асырылған сақтандыру жағдайының басталуы Қағидалардың 6, 8 және 9-тармақтарында көзделген жағдайларды қоспағанда, сақтанушының (сақтандырылушының) сыныбын ең төменгі сыныпқа – М2 төмендетуге әкеп соғады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) азаматтығы жоқ адамның куәлігі.</w:t>
+      8. Қағидалардың 6 және 9-тармақтарында көзделген адамдарды қоспағанда, заңды тұлғамен, дара кәсіпкермен және шаруа қожалығымен міндетті сақтандыру шартын жасасу кезінде 3-сынып беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Сақтандыру шарты жасалған кезде тиісті сыныпты (бұдан әрі – сынып) бере отырып, "бонус – малус" жүйесі бойынша коэффициенттер (бұдан әрі – коэффициент) Қағидаларға қосымшаға сәйкес сақтанушы (сақтандырылушы) үшін белгіленеді.</w:t>
+      9. Қағидалардың 6-тармағында көзделген жағдайларды қоспағанда, экономикалық қызмет түрлерінің жалпы жіктеуіші жеңіл автомобильдер мен жеңіл автокөлік құралдарын жалға беру, жеңіл автомобильдер мен жеңіл автокөлік құралдарын лизингке беру, автобустармен тасымалдау, сондай-ақ такси қызметін жүзеге асыру жөніндегі қызметтерге сәйкес келетін заңды тұлғамен, дара кәсіпкермен және шаруа қожалығымен міндетті сақтандыру шартын жасасу кезінде көтеретін сексен пайыз коэффициентін қолдана отырып, 3-сынып беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      10. Сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайын Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-2-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сақтандыру жағдайын реттеудің оңайлатылған тәртібі арқылы реттеу кезінде сақтанушыға (сақтандырылушыға) Қағидаларға қосымшада көзделген сыныптан 1 сыныпқа артық сынып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінің ережесі мынадай: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сақтанушының (сақтандырылушының) кінәсінен болған екі немесе одан да көп сақтандыру жағдайлары басталған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      егер сақтанушының (сақтандырылушының) сынып алатын сәтінде қолданыстағы сыныбы М1 немесе М2 болған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Сақтандырушының коэффициенттерді қолдануы үшін сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы (сақтандыру жағдайлары) туралы ақпарат не сақтандыру жағдайы (сақтандыру жағдайлары) туралы ақпараттың болмауы, сондай-ақ сақтандырушы сақтандыру жөніндегі бірыңғай дерекқордан (бұдан әрі – дерекқор) және (немесе) дерекқор арқылы мемлекеттік дерекқордан сақтандырушы алған, Қағидаларда көзделген өзге де ақпарат негіз болып табылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+      Қағидалардың 14-тармағының ережелері қолданған жағдайларда қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Сақтанушыға (сақтандырылушыға) сынып тағайындалған кезде оның кінәсінен болған сақтандыру жағдайы (сақтандыру жағдайлары), сондай-ақ осының алдында сынып өзгертілген күннен бастап жасалған міндетті сақтандыру шарттарының санына қарамастан, көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру шарты бойынша (бұдан әрі – міндетті сақтандыру шарты) сақтанушының (сақтандырылушының) азаматтық-құқықтық жауапкершілігі сақтандырылған күндер және Қағидаларда көзделген өзге ақпарат есепке алынуға тиіс.</w:t>
+      11. Сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайының нәтижесінде жәбірленушінің (жәбірленушілердің) мүлкі бойынша сақтандыру төлемінің сомасы екі жүз айлық есептік көрсеткіштен аспайтын сақтандыру жағдайы басталған кезде сақтанушыға (сақтандырылушыға) осы Қағидаларға қосымшада көзделген сыныптан 1 сыныпқа артық сынып беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінің ережесі мынадай: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сақтанушының (сақтандырылушының) кінәсінен болған екі немесе одан да көп сақтандыру жағдайлары басталған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      егер сақтанушының (сақтандырылушының) сынып алатын сәтінде қолданыстағы сыныбы М1 немесе М2 болған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      егер сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы жойылуға әкеп соқтырған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-2-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сақтандыру жағдайын реттеудің оңайлатылған тәртібі қолданылған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалардың 14-тармағының ережелері қолданған жағдайларда қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      12. Сақтандыру төлемі жүзеге асырылған сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы көлік құралын тіркеу аумағынан тыс жерде басталған кезде сақтанушыға (сақтандырылушыға) Қағидаларға қосымшада көзделген сыныптан 1 сыныпқа кем сынып беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінің ережесі мынадай: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      егер міндетті сақтандыру шартын жасасу сәтінде көлік құралын тіркеу аумағына сәйкес келетін түзету коэффициентін есептегенде көлік құралын тіркеу аумағы бойынша коэффициенттің мөлшері сақтандыру жағдайының басталу аумағына сәйкес келетін түзету коэффициентін есептегенде көлік құралының сақтандыру жағдайының басталу аумағы бойынша коэффициенттің мөлшерінен артық болған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайының (сақтандыру жағдайларының) болуы Қағидалардың 6, 9, 10, 11, 12 және 13-тармақтарында белгіленген талаптарды ескере отырып, Қағидаларға қосымшаға сәйкес сақтанушының (сақтандырылушының) сыныбының төмендеуіне әкеп соғады. Бұл жағдайда ең төменгі сынып M2 сыныбы болып табылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      міндетті сақтандыру шарты бойынша сақтанушының (сақтандырылушының) кінәсінен болған екі немесе одан да көп сақтандыру жағдайлары басталған жағдайларда қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың мақсаттары үшін көлік құралын тіркеу аумағы бойынша коэффициент Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы заңның 19-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген мәндерде қолданылады, түзету коэффициенті Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті орган бекіткен мәндерде қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сыныпты одан жоғары сыныпқа өзгерту бір уақытта мынадай шарттар орындалған кезде жүзеге асырылады:</w:t>
+        <w:t xml:space="preserve">
+      13. Сақтанушының (сақтандырылушының) кінәсінен болған және сақтандыру төлемі жүзеге асырылған сақтандыру (сақтандыру) жағдайы (жағдайлары) басталған кезде және сақтанушының (сақтандырылушының) жиынтығында Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Кодекс) жауапкершілік көзделген мынадай жол жүру қағидаларын үш және одан да көп бұзу болған кезде сақтанушыға (сақтандырылушыға) Қағидаларға қосымшада көзделген сыныптан 1 сыныпқа кем сынып беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      дерекқорды қалыптастыруды және жүргізуді жүзеге асыратын ұйымда сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы (сақтандыру жағдайлары) туралы және сыныптың соңғы өзгерген сәтінен бастап дерекқорда есепке алынған ақпараттың болмауы;</w:t>
+        <w:t xml:space="preserve">
+      1) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>592-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-бөлігінде жауапкершілік көзделген көлік құралының белгіленген қозғалыс жылдамдығын сағатына қырықтан алпыс километрге дейінгі шамаға арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      жасалған міндетті сақтандыру шарттарының санына қарамастан, сақтанушының (сақтандырылушының) міндетті сақтандыру шарты бойынша азаматтық-құқықтық жауапкершілігі сақтандырылған сыныптың соңғы өзгерген күнінен бастап кемінде күнтізбелік 270 (екі жүз жетпіс) күн туралы дерекқорда ақпараттың болуы.</w:t>
+        <w:t xml:space="preserve">
+      2) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>592-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1-бөлігінде жауапкершілік көзделген көлік құралының белгіленген қозғалыс жылдамдығын сағатына алпыс және одан да көп километрден астам шамаға арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Көлік құралдарын басқару құқығынан айырылған адамдар үшін сыныптар бұл құқықтан айыру мерзімі ішінде көтерілмейді.</w:t>
+        <w:t xml:space="preserve">
+      3) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>592-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-бөлігінде жауапкершілік көзделген әкімшілік жаза қолданылғаннан кейін бір жыл ішінде қайталап жасалған көлік құралының белгіленген қозғалыс жылдамдығын сағатына жиырмадан қырық километрге немесе сағатына қырықтан алпыс километрге дейінгі шамаға арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Көлік құралын басқару құқығынан айырылған жағдайда сыныпты неғұрлым жоғары сыныпқа өзгерту үшін міндетті сақтандыру шарты бойынша сақтанушының (сақтандырылушының) азаматтық-құқықтық жауапкершілігі, жасалған міндетті сақтандыру шарттарының санына қарамастан, көлік құралдарын басқару құқығынан айырылған күнге дейін сақтандырылған сыныптың соңғы өзгерген күнінен бастап күндер ескеріледі.</w:t>
+        <w:t xml:space="preserve">
+      4) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>592-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бөлігінде жауапкершілік көзделген әкімшілік жаза қолданылғаннан кейін бір жыл ішінде қайталап жасалған көлік құралының белгіленген қозғалыс жылдамдығын сағатына алпыс және одан да көп километрден астам шамаға арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Міндетті сақтандыру шартын жасасу кезінде Қағидалардың 5-тармағында көзделген жағдайды қоспағанда, сақтанушыға (сақтандырылушыға) алғаш рет А сыныбы беріледі.</w:t>
+        <w:t xml:space="preserve">
+      5) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>596-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-бөлігінде жауапкершілік көзделген, жол жүрiсi қағидаларында тыйым салынған жағдайларда, жолдың жүру бөлiгiнiң қарсы бағытта жүруге арналған жағына, оның ішінде кері бұрылып немесе бұрылыс жасап шығу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Егер дерекқорда сақтанушы (сақтандырылушы) бұрын жасасқан міндетті сақтандыру шарттары туралы ақпарат болмаса, міндетті сақтандыру шарты алғаш рет жасалған болып есептеледі.</w:t>
+        <w:t xml:space="preserve">
+      6) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>599-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде жауапкершілігі көзделген, Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>607-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде көзделген жағдайларды қоспағанда, бағдаршамның тыйым салу сигналына немесе реттеушінің тыйым салу қимылына жол жүру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Қазақстан Республикасының аумағына уақытша кірген (алып келінген) көлік құралдарының иелерімен міндетті сақтандыру шартын жасасу кезінде 13-сынып беріледі.</w:t>
+        <w:t xml:space="preserve">
+      7) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>599-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бөлігінде жауапкершілік көзделген, әкімшілік жаза қолданылғаннан кейін бір жыл ішінде қайталап жасалған, Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>607-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде көзделген жағдайларды қоспағанда, бағдаршамның тыйым салу сигналына немесе реттеушінің тыйым салу қимылына жол жүру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Зардап шегушінің қайтыс болуына әкеп соққан сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайының болуы сақтанушының (сақтандырылушының) сыныбының ең төменгі сыныпқа – М2-ге төмендеуіне әкеп соғады.</w:t>
+        <w:t xml:space="preserve">
+      8) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>600-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде жауапкершілік көзделген, қозғалыста артықшылыққа ие көлік құралдарының жүргізушілерін қоспағанда, жаяу жүргіншілерге немесе жол жүрісіне өзге де қатысушыларға жол беру туралы жол жүрісі қағидаларының талаптарын орындамау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Қағидалардың 8-тармағында көзделген адамдарды қоспағанда, заңды тұлғамен, жеке кәсіпкермен және шаруа қожалығымен міндетті сақтандыру шартын жасасу кезінде 3-сынып беріледі.</w:t>
+        <w:t xml:space="preserve">
+      9) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>600-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бөлігінде жауапкершілік көзделген, әкімшілік жаза қолданылғаннан кейін бір жыл ішінде қайталап жасалған, Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>600-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде жауапкершілік көзделген, қозғалыста артықшылыққа ие көлік құралдарының жүргізушілерін қоспағанда, жаяу жүргіншілерге немесе жол жүрісіне өзге де қатысушыларға жол беру туралы жол жүрісі қағидаларының талаптарын орындамау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. Экономикалық қызмет түрлерінің жалпы жіктеуіші жеңіл автомобильдер мен жеңіл автокөлік құралдарын жалдау, жеңіл автомобильдер мен жеңіл автокөлік құралдарының лизингі, автобуспен тасымалдау, сондай-ақ такси қызметін жүзеге асыру жөніндегі қызметтерге сәйкес келетін заңды тұлғамен, жеке кәсіпкермен және шаруа қожалығымен міндетті сақтандыру шартын жасасу кезінде А сыныбы беріледі.</w:t>
+        <w:t xml:space="preserve">
+      10) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>606-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде жауапкершілік көзделген, жол жүрісіне қатысушының авариялық жағдай туғызуға әкеп соққан жол жүрісі қағидаларын бұзуы, яғни қозғалыстың басқа қатысушыларын қозғалыс жылдамдығын, бағытын күрт өзгертуге мәжбүрлеуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайын Көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы заңның 22-2-бабына сәйкес реттеудің оңайлатылған тәртібі арқылы реттеу кезінде сақтанушыға (сақтандырылушыға) Қағидаларға қосымшада көзделген сыныптан 1 сыныпқа артық сынып беріледі.</w:t>
+        <w:t xml:space="preserve">
+      11) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>606-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бөлігінде жауапкершілік көзделген, әкімшілік жаза қолданылғаннан кейін бір жыл ішінде қайталап жасалған, Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>606-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде жауапкершілік көзделген, жол жүрісіне қатысушының авариялық жағдай туғызуға әкеп соққан жол жүрісі қағидаларын бұзуы, яғни қозғалыстың басқа қатысушыларын қозғалыс жылдамдығын, бағытын күрт өзгертуге мәжбүрлеуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Осы тармақтың бірінші бөлігінің ережесі мынадай:</w:t>
+        <w:t xml:space="preserve">
+      12) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>590-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бөлігінде жауапкершілік көзделген, Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>590-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-бөлігінде көрсетілген жағдайларды қоспағанда, техникалық регламенттердің, ұлттық стандарттардың талаптарына жауап бермейтін көлік құралдарын басқару, сондай-ақ көлік құралдарын пайдалануға тыйым салынатын ақаулар немесе жағдайлар болған кезде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      13) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>590-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-бөлігінде жауапкершілік көзделген, тежегіш жүйесінің, рульдік басқарудың, тартқыш-тіркеме құрылғысының ақаулары бар көлік құралдарын басқару.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      бір міндетті сақтандыру шарты шеңберінде сақтанушының (сақтандырылушының) кінәсінен болған екі немесе одан да көп сақтандыру жағдайлары болған жағдайда;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      Осы тармақтың ережелерін қолдану үшін әкімшілік құқық бұзушылық туралы іс бойынша қаулылар және (немесе) айыппұл төлеу қажеттілігі туралы нұсқамалар алдыңғы сыныптың өзгерген күнінен бастап, міндетті сақтандыру келісімдерінің санына қарамастан, заңды күшіне енген мерзімде ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың ережесі сақтанушының (сақтандырылушының) кінәсінен болған екі немесе одан да көп сақтандыру жағдайлары туындаған кезде қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      сақтанушының (сақтандырылушының) қолданыстағы сыныбы М1 немесе М2 болған жағдайда;</w:t>
+        <w:t xml:space="preserve">
+      14. Сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы (жағдайлары) болған кезде және сақтанушыда (сақтандырылушыда) Кодекспен немесе Қазақстан Республикасының Қылмыстық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қылмыстық кодекс) бойынша жауапкершілік көзделген, мынадай жол жүрісі қағидаларының бірін бұзу орын алған кезде, сақтанушыға (сақтандырылушыға) ең төменгі сынып – М2 беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13-тармақтың ережелерін қолданған жағдайда қолданылмайды.</w:t>
+        <w:t xml:space="preserve">
+      1) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>608-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бөлігінде жауапкершілік көзделген, көлік құралын жүргізушінің алкогольдік, есірткілік және (немесе) уытқұмарлық масаң күйде басқаруы, сол сияқты көлік құралын басқаруды алкогольдік, есірткілік және (немесе) уытқұмарлық масаң күйде тұрған адамға беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. Нәтижесінде зардап шегушінің (зардап шегушілердің) мүлкі бойынша сақтандыру төлемінің сомасы 200 айлық есептік көрсеткіштен аспайтын сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы болған кезде сақтанушыға (сақтандырылушыға) Қағидаларға қосымшада көзделген сыныптан 1 сыныпқа артық сынып беріледі.</w:t>
+        <w:t xml:space="preserve">
+      2) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>608-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-бөлігінде жауапкершілік көзделген, көлік құралын алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйінде басқарған жүргізуші, сондай-ақ көлік құралын алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйіндегі адамға басқаруға беру нәтижесінде жәбірленушінің денсаулығына зиян келтіру немесе қылмыстық жазаланатын әрекет белгілері жоқ көлік құралдарына, жүктерге, жол және өзге де құрылыстарға не басқа да мүлікке зақым келтіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Осы тармақтың бірінші бөлігінің ережесі мынадай:</w:t>
+        <w:t xml:space="preserve">
+      3) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>608-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1-бөлігінде жауапкершілік көзделген, көлік құралын алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйінде басқарған жүргізуші, сондай-ақ көлік құралын алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйіндегі адамға басқаруға беру, әкімшілік жаза мерзімі өткеннен кейін бір жыл ішінде қайталап жасалған жағдайларда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      бір міндетті сақтандыру шарты шеңберінде сақтанушының (сақтандырылушының) кінәсінен болған екі немесе одан да көп сақтандыру жағдайлары болған жағдайда;</w:t>
+        <w:t xml:space="preserve">
+      4) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>608-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-2-бөлігінде жауапкершілік көзделген, көлік құралын алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйінде басқарған жүргізуші, сондай-ақ көлік құралын алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйіндегі адамға басқаруға беру нәтижесінде жәбірленушінің денсаулығына зиян келтіру немесе қылмыстық жазаланатын әрекет белгілері жоқ көлік құралдарына, жүктерге, жол және өзге де құрылыстарға не басқа да мүлікке зақым келтіру, әкімшілік жаза мерзімі өткеннен кейін бір жыл ішінде қайталап жасалған жағдайларда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      5) Қылмыстық кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>345-1-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауапкершілік көзделген, жол қозғалысы ережелерін немесе көлік құралдарын пайдалану ережелерін алкогольдік, есірткілік және (немесе) уытқұмарлық мас күйінде басқарған адамдардың бұзуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      сақтанушының (сақтандырылушының) қолданыстағы сыныбы М1 немесе М2 болған жағдайда;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      Осы тармақтың ережелерін қолдану үшін әкімшілік құқық бұзушылық туралы іс бойынша қаулылар және (немесе) айыппұл төлеу қажеттілігі туралы нұсқамалар алдыңғы сыныптың өзгерген күнінен бастап, міндетті сақтандыру келісімдерінің санына қарамастан, заңды күшіне енген мерзімде ескеріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      егер сақтанушының (сақтандырылушының) кінәсінен туындаған сақтандыру оқиғасы өлімге әкеп соқса;</w:t>
+      15. Қағидалардың 10, 11, 12 және 13-тармақтарында айқындалған бірнеше шарттарға сәйкес келетін сақтанушының (сақтандырылушының) кінәсінен болған сақтандыру жағдайы басталған кезде осы тармақтардың ережелері Қағидалардың 10, 11 және 12-тармақтарында көзделген ерекшеліктер ескеріле отырып, бірмезгілде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      көлік құралдары иелерінің жауапкершілігін міндетті сақтандыру туралы Заңның 22-2-бабына сәйкес сақтандыру жағдайын реттеудің оңайлатылған тәртібін қолданған жағдайда;</w:t>
+      16. 13-сыныпта 5 жылдан астам үздіксіз тұрған сақтанушы (сақтандырылушы) жеке тұлғалар үшін сақтандырушы тәуекелдерді және (немесе) деректер базасында қамтылған деректерді өзіндік бағалау негізінде айқындалатын коэффициентті қолданады. Бұл ретте қолданылатын коэффициент 13-сынып үшін Қағидаларға қосымшада белгіленген мәннен аспауы және нөлге тең болмауы тиіс .</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
-[...1119 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-сыныпта 5 жылдан астам үздіксіз тұрған сақтанушы (сақтандырылушы) жеке тұлғалар үшін сақтандырушының тәуекелдерін меншікті бағалау сақтандыру жағдайының туындау ықтималдығына әсер ететін параметрлерге негізделеді және сақтандырушының директорлар кеңесі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер 13-сыныпта 5 жылдан астам үздіксіз тұрған сақтанушы (сақтандырылушы) жеке тұлғалар үшін қолданылған коэффициент 13-сыныпқа арналған Қағидаларға қосымшада белгіленген коэффициенттің мәніне тең болмаған жағдайда, қолданылған коэффициентті сақтандырушы Қазақстан Республикасының заңнамасына сәйкес әрбір сақтанушы (сақтандырылушы) бойынша дерекқорға енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2854,339 +3000,357 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көлік құралдары иелерінің</w:t>
+              <w:t xml:space="preserve">Көлік құралдары иелерінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтық-құқықтық</w:t>
+              <w:t xml:space="preserve">азаматтық-құқықтық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жауапкершілігін міндетті</w:t>
+              <w:t xml:space="preserve">жауапкершілігін міндетті </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтандыру бойынша</w:t>
+              <w:t xml:space="preserve">сақтандыру бойынша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтандыру сыйлықақысын</w:t>
+              <w:t xml:space="preserve">сақтандыру сыйлықақысын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>есептеу үшін "бонус-малус"</w:t>
+              <w:t xml:space="preserve">есептеу үшін "бонус-малус" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүйесі бойынша есептеу</w:t>
+              <w:t xml:space="preserve">жүйесі бойынша есептеу және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және коэффициентті</w:t>
+              <w:t xml:space="preserve">коэффициентті қолдану </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолдану қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті сақтандыру шартын жасасу кезінде тиісті сыныпты бере отырып, "бонус-малус" жүйесі бойынша коэффициенттер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сынып</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Коэффициент мөлшері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коэффициент мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сақтанушының (сақтандырылушының)кінәсінен сақтандыру жағдайларының болуын есепке ала отырып, міндетті сақтандыру шартын жасасу кезіндегі сынып</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сақтанушының (сақтандырылушының)кінәсінен сақтандыру жағдайларының болуын есепке ала отырып, міндетті сақтандыру шартын жасасу кезіндегі сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3379,80 +3543,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="78"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3648,80 +3800,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z105" w:id="79"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М2 сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3917,80 +4057,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z113" w:id="80"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М1 сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4186,80 +4314,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z121" w:id="81"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4455,80 +4571,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z129" w:id="82"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4724,258 +4828,246 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="83"/>
-[...206 lines deleted...]
-M2</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4993,150 +5085,174 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="84"/>
-[...98 lines deleted...]
-2</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5165,86 +5281,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М1</w:t>
-            </w:r>
-[...34 lines deleted...]
-М2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5262,150 +5342,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="85"/>
-[...98 lines deleted...]
-3</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5531,222 +5599,210 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z161" w:id="86"/>
-[...170 lines deleted...]
-М</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5800,186 +5856,174 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="87"/>
-[...134 lines deleted...]
-2</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6007,51 +6051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М1</w:t>
+М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6069,222 +6113,210 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="88"/>
-[...170 lines deleted...]
-0</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 6-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6338,150 +6370,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z185" w:id="89"/>
-[...98 lines deleted...]
-7</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 7-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6607,222 +6627,210 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z193" w:id="90"/>
-[...170 lines deleted...]
-1</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 8-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6876,150 +6884,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z201" w:id="91"/>
-[...98 lines deleted...]
-9</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 9-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7083,51 +7079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7145,222 +7141,210 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z209" w:id="92"/>
-[...170 lines deleted...]
-2</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 10-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7414,150 +7398,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z217" w:id="93"/>
-[...98 lines deleted...]
-11</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 11-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7683,150 +7655,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="94"/>
-[...98 lines deleted...]
-12</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 12-сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7952,349 +7912,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z233" w:id="95"/>
-[...297 lines deleted...]
-          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 13-сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8605,51 +8284,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 140 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="97"/>
+    <w:bookmarkStart w:name="z12" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасының нормативтік</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -8658,92 +8337,92 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кейбір нормативтік құқықтық актілерінің құрылымдық</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z13" w:id="98"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z13" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру жөніндегі қызметті ұйымдастыруды және жүзеге асыруды реттейтін нормативтік құқықтық актілерді бекіту туралы" Қазақстан Республикасының Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау жөніндегі агенттігі басқармасының 2010 жылғы 1 наурыздағы № 27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6159 тіркелген, 2010 жылғы 7 шілдеде Қазақстан Республикасының орталық атқарушы және өзге де орталық мемлекеттік органдарының актілер жинағының № 12 жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z14" w:id="99"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z14" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне Қазақстан Республикасының Ұлттық Банкі көрсететін мемлекеттік қызметтердің бизнес-процестерін оңтайландыру және автоматтандыру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 24 желтоқсандағы № 261 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8758,52 +8437,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10211 тіркелген, 2015 жылғы 26 ақпанда "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының Ұлттық Банкі көрсететін мемлекеттік қызметтердің бизнес-процестерін оңтайландыру және автоматтандыру мәселелері бойынша Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z15" w:id="100"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z15" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының қаржы нарығы және қаржы ұйымдары мәселелері бойынша кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 28 қаңтардағы № 12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8818,51 +8497,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13308 тіркелген, 2016 жылғы 14 наурызда "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының қаржы нарығы және қаржы ұйымдары мәселелері жөніндегі нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>